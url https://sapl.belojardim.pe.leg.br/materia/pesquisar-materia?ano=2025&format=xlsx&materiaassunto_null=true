--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -10,74 +10,92 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1628" uniqueCount="699">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2443" uniqueCount="1026">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Poder Legislativo Municipal - CMBJ</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no_026.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui sobre a divulgação da listagem dos_x000D_
+medicamentos disponíveis e em falta na rede_x000D_
+pública de saúde no município de Belo Jardim, e_x000D_
+dá outras providências.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário</t>
   </si>
   <si>
     <t>Edson Silva_x000D_
 Poder Legislativo Municipal - CMBJ</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_004.2025_-_proibe_o_manuseio_utilizacao_queima_e_soltura_de_fogos_e_artefatos_de_alto_impacto._1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do manuseio, utilização,_x000D_
 queima e soltura de fogos de artifício e artefatos_x000D_
 pirotécnicos de alto impacto sonoro no Município_x000D_
 de Belo Jardim-PE e dá outras providências.</t>
   </si>
   <si>
     <t>Poder Executivo Municipal - PMBJ</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_006.pdf</t>
@@ -108,130 +126,121 @@
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE BELO JARDIM O MÊS DE CONSCIENTIZAÇÃO À SAÚDE MENTAL - JANEIRO BRANCO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Fabrício de Chagas_x000D_
 Poder Legislativo Municipal - CMBJ</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_n010.pdf</t>
   </si>
   <si>
     <t>Institui o programa de atividades físicas Projeto Belo Jardim em Movimento, em praças públicas e distritos no Município de Belo Jardim e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/907/altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Altera, suprime e revoga artigos da Lei Municipal nº 3.600/2024 e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/908/projeto_de_lei_025.2025.pdf</t>
   </si>
   <si>
     <t>Desafetação e Doação de Imóvel Urbano para o Sr. JOSÉ GENUINO DA SILVA FILHO e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/917/pl_025.2025_-_institui_o_programa_de_incentivo_a_regularizacao_fiscal_com_a_fazenda_publica_do_municipio_de_belo_jardim_denominado_refis_belo_jardim_2025_e_da_outras_providencias..pdf</t>
-[...17 lines deleted...]
-    <t>DISPÕE SOBRE A INSTITUIÇÃO DE FUNÇÕES GRATIFICADAS NA AUTARQUIA EDUCACIONAL DE ENSINO DE BELO JARDIM - AEB E DÁ OUTRAS PROVIDÊNCIAS</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/917/pl_027.2025.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI 027 - "Institui o Programa de Incentivo à Regularização Fiscal com a Fazenda Pública do Município de Belo Jardim, denominado “REFIS BELO JARDIM 2025”, e dá outras providências."</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_no____.2025_-_doacao_do_onix_a_sec._obras..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de veículo da Câmara Municipal de_x000D_
 Belo Jardim ao Município de Belo Jardim, afetado ao uso_x000D_
 exclusivo da Secretaria Municipal de Obras, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/930/pl_031.2025_-_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INSTITUIÇÃO DE FUNÇÕES GRATIFICADAS NA AUTARQUIA EDUCACIONAL DE ENSINO DE BELO JARDIM - AEB E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/932/pl_032.2025_-_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA EXECUTIVA DE DESENVOLVIMENTO ECONÔMICO E ECONOMIA CRIATIVA NO MUNICÍPIO DE BELO JARDIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Nilton Senhorinho_x000D_
 Poder Legislativo Municipal - CMBJ</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_n033.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n°3.365/2021 e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_034-2025dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>PL 034 - 2025 Dispõe sobre a Revogação da Lei Municipal nº 1.392 datada de 14 de novembro de 2000, relativa à doação de um terreno urbano e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/949/pojet._de_lei_036.2025_-_dispoe_sobre_a_politica_municipal_de_atendimento_dos_direitos_da_crianca_e_do_adolescente_e_da_outras_providencias._revoga_integralmente_a_lei_municipal_no_17152008_e_lei_no_13912000..pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/949/pojet._de_lei_036.2025.pdf</t>
   </si>
   <si>
     <t>PL 036.2025 - Dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente e dá outras providências. Revoga Integralmente a Lei Municipal n.º 1715/2008 e Lei n.º 1391/2000.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/950/pl_037.2025_-_dispoe_acerca_da_concessao_de_bolsas_de_estudo_para_servidores_efetivos_e_contratados_da_autarquia_educacional_de_belo_jardim_e_seus_filhos_ou_dependentes_economicos_e_da_outras_providencias.pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/950/pl_037.2025.pdf</t>
   </si>
   <si>
     <t>PL 037.2025 - DISPÕE ACERCA DA CONCESSÃO DE BOLSAS DE ESTUDO PARA SERVIDORES EFETIVOS E CONTRATADOS DA AUTARQUIA EDUCACIONAL DE BELO JARDIM E SEUS FILHOS OU DEPENDENTES ECONÔMICOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/956/pl_038.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_educadores_fisicos.pdf</t>
   </si>
   <si>
     <t>PL 038.2025 - Altera o Anexo Único do Quadro dos Cargos Efetivos da Lei Municipal nº 3.292.2019 e dá outras providências. - Educadores fisicos</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/957/pl_039.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_arquiteto.pdf</t>
   </si>
   <si>
     <t>PL 039.2025 - Altera o Anexo Único do Quadro dos Cargos Efetivos da Lei Municipal nº 3.292.2019 e dá outras providências. - Arquiteto</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/958/pl_040.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.188_datada_de_13_de_novembro_de_1997_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias..pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/958/pl_040.2025.pdf</t>
   </si>
   <si>
     <t>PL 040.2025 - Dispõe sobre a Revogação da Lei Municipal nº 1.188 datada de 13 de novembro de 1997, relativa à doação de um terreno urbano e dá outras providências.</t>
   </si>
   <si>
     <t>Claudemir_x000D_
 Poder Legislativo Municipal - CMBJ</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n044.2025.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de São Manoel da Paciência, e dá outras providências.</t>
   </si>
   <si>
     <t>Cristiano Cabeludo_x000D_
 Poder Legislativo Municipal - CMBJ</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/971/projeto_de_lei_n045.2025.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de São João do DISTRITO DE XUCURU, e dá outras providências.</t>
   </si>
   <si>
@@ -285,254 +294,599 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n056.2025.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município de Belo Jardim a Festa de São João de Vila Nova, reconhecendo-a como manifestação cultural imaterial e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n057.2025.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos do Município de Belo Jardim a Festa de São José, no Bairro COHAB II e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n058.2025.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos do Município de Belo Jardim a Festa de Nossa Senhora Aparecida, no Sítio Rodrigues e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/985/pl_060.2025_dispoe_sobre_a_criacao_do_museu_historico_e_cultural_de_belo_jardim_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Museu Histórico e Cultural de Belo Jardim, e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/986/pl_061.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.034-a_datada_de_18_de_marco_de_1994_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/986/pl_061.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revogação da Lei Municipal nº 1.034-A datada de 18 de março de 1994, relativa à doação de um terreno urbano e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/987/pl_062.2025_-_altera_o_artigo_2o_da_lei_municipal_no_3.0762016_de_19_de_janeiro_de_2016_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º da Lei Municipal nº 3.076/2016, de 19 de janeiro de 2016, e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/988/pl_063.2025_-_dispoe_sobre_a_regulamentacao_da_atividade_dos_guias_e_condutores_de_turismo_no_ambito_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da atividade dos guias e condutores de turismo no âmbito do Município de Belo Jardim e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1087/ilovepdf_merged_28.pdf</t>
+  </si>
+  <si>
+    <t>Considera de utilidade pública, sociedade pernambucana de combate ao câncer, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_n069.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui no Calendário Oficial de Eventos do Municipal de Belo Jardim, a Festa de Nossa Senhora de Fátima e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/994/minuta_final_do_projeto_de_lei_comjuve.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de_x000D_
 Juventude - COMJUVE e institui o Fundo Municipal de_x000D_
 Juventude - FUMJUVE, nos termos previstos na Lei Nº_x000D_
 12.852/2013.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1087/ilovepdf_merged_28.pdf</t>
-[...19 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1095/ilovepdf_merged_35.pdf</t>
   </si>
   <si>
     <t>Extingue, acresce e crias Cargos Efetivos do_x000D_
 anexo I, da Lei Municipal nº 1.222/1998 e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1096/projeto_de_lei_n075.2025.pdf</t>
   </si>
   <si>
     <t>Institui o pagamento de jeton de presença aos membros dos Conselhos Administrativo, Fiscal e do Comitê de Investimentos do Instituto de Previdência dos Servidores Públicos do Município de Belo Jardim – BELO JARDIM PREV, e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_lei_n_076.2025.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Belo Jardim o "Programa de Apoio ao Desenvolvimento Infantil e Inclusivo", para atender estudantes devidamente matriculados na Rede Municipal de Ensino das Modalidades Educação Infantil (Creche e Pré-Escola) e Educação Inclusiva (Estudantes com deficiências, síndromes ou mobilidade reduzida).</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/pl_077_dispoe_sobre_a_regularizacao_dos_debitos_educacionais_e_acordos_de_parcelamento_e_estabelece_as_diretrizes_para_cobranca_de_taxas_e_prestacao_de_servicos_academicos_da_autarquia_educacional_do_belo_jardim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização dos débitos educacionais e acordos de parcelamento, e estabelece as diretrizes para cobrança de taxas e prestação de serviços acadêmicos da Autarquia Educacional do Belo Jardim – AEB e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/projeto_de_lei_n078.2025.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município de Belo Jardim a Festa de Nossa Senhora das Cabeças, no Sítio Passagem, reconhecendo-a como manifestação cultural, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_no080.2025.pdf</t>
   </si>
   <si>
     <t>Inclui festividade cultural no dia da emancipação municipal de Belo Jardim e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_n081.2025.pdf</t>
-[...3 lines deleted...]
-responsáveis por crianças com Transtorno do Espectro Autista (TEA), Deficiência Intelectual (retardo mental), bem como outras condições neurodivergentes, tais como TDAH (Transtorno de Déficit de Atenção e Hiperatividade), dislexia, disgrafia, discalculia, síndrome de Tourette, entre outras, assegurando-lhes prioridade de atendimento, acesso a benefícios sociais e outras providências."</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ilovepdf_merged_51.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Atenção ás Mães Atípica, no âmbito do Município de Belo Jardim, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/ilovepdf_merged_52.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal “Cuidando de quem Lula”, destinada à valorização e ao apoio de mães, pais ou responsáveis de pessoas com deficiência ou condições que demandem cuidados especiais, no âmbito do Município de Belo Jardim e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n083.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano para a empresa MIGUEL ANGELO DOS SANTOS SILVA-ME e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/projeto_de_lei_n084.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da doação em face da beneficiária Maria do Socorro dos Santos, pelo descumprimento da Lei Municipal n° 3.551, datada de 28 de dezembro de 2023, relativa à doação de espaços públicos localizados na Praça de Alimentação e dá outras providências.</t>
   </si>
   <si>
     <t>Edson Silva</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_le_086_2025_estabelece_diretrizes_para_a_concessao_de_desconto_no_imposto_predial_e_territorial_urbano_iptu_a_pessoas_fisicas_que_adotarem_animais_resgatados_por_organizacoesi_-_edson_silva.pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_le_086_2025.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a concessão de desconto no Imposto Predial e Territorial Urbano (IPTU) a pessoas físicas que adotarem animais resgatados por organizações não governamentais (ONGs) cadastradas no Município de Belo Jardim ou por órgãos públicos municipais.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/projeto_de_lei_087.2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DA AUTARQUIA_x000D_
 EDUCACIONAL DE BELO JARDIM, A JORNADA DE_x000D_
 TRABALHO EM REGIME DE ESCALA 12X36 PARA OS_x000D_
 SERVIDORES OCUPANTES DO CARGO DE VIGIA,_x000D_
 ESTABELECE O PAGAMENTO DE ADICIONAL_x000D_
 NOTURNO E DE ADICIONAL DE PERICULOSIDADE, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_088.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE TERRENO URBANO PARA O SR. GENECI TEIXEIRA DE LIMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/pl._089-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jorge_felipe_da_silva_cacimiro_e_da_outra09092025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano para o Sr. JORGE FELIPE DA SILVA CACIMIRO e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/pl._090-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano para o Sr. JOSÉ CÍCERO DE AGUIAR e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ilovepdf_merged_51.pdf</t>
-[...10 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/ilovepdf_merged_53.pdf</t>
   </si>
   <si>
     <t>Denomina vias projetadas no Loteamento Marco Leite, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_098.2025_-dispoe_sobre_parcelamento_de_debitos_do_municipio_de_belo_jardim_para_com_o_seu_rpps_em_tudo_observado_o_disposto_nos_arts._115_e_117_dos_adct_com_a_redacao_dada_pela_ec_136_de_9_setembro_2025..pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_098.2025..pdf</t>
   </si>
   <si>
     <t>PL 098.2025 -Dispõe sobre Parcelamento de débitos do município de Belo Jardim para com o seu RPPS, em tudo observado o disposto nos ARTS. 115 e 117 dos ADCT, com a redação dada pela EC 136 de 9 setembro 2025.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_099.2025_-dispoe_sobre_doacao_de_terreno_para_a_sra._rosineide_nascimento_da_silva03102025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei 099.2025 -Dispõe sobre doação de terreno para a Sra. ROSINEIDE NASCIMENTO DA SILVA03102025</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_100.2025_-dispoe_sobre_a_lei_3551.2023_revogando__doacao_do_imovel_prevista_no_art._2o_e_reverte_o_bem_ao_dominio_publico_municipal_em_razao_do_descumprimento_dos_encargos_estabelecidos..pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_100.2025.pdf</t>
   </si>
   <si>
     <t>PL 100.2025 -Dispõe sobre a lei 3551.2023, revogando  doação do imóvel prevista no art. 2º, e reverte o bem ao domínio público municipal em razão do descumprimento dos encargos estabelecidos.</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/pl_104.2025_altera_a_redacao_dos_arts11_1o_e_172o_da_lei_municipal_3676.2025_que_dispoes_sobre_pol._mun_de_atendimentonda_crianca_e_do_adolescente..pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação dos Arts11, §1º  e 17, §2º, da Lei Municipal 3676.2025, que dispões sobre Política Municipal de Atendimento dos Direitos da Criança e do Adolescente</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/pl_105.2025_institui_o_programa_de_incentivo_a_regularizacao_e_a_implantacao_de_loteamentos_residenc08102025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Incentivo a regularização e a implantação de Loteamentos Residenciais no Município de Belo Jardim , e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_106.2025_-_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf</t>
+  </si>
+  <si>
+    <t>Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de Nossa Senhora do Bom Conselho, no bairro do Bom Conselho, em Belo Jardim, Reconhecendo-a como manifestação cultural e imaterial e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/oficio_009-2025_merged.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição do corte dos_x000D_
+serviços de fornecimento de energia_x000D_
+elétrica e água no município e dá outras_x000D_
+providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ilovepdf_merged_59.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece e declara de Utilidade Pública Municipal o Instituto PIPA – Primeira Infância, Plantar Amor Desenvolvimento Tecnológico, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/pl_109.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo II da Lei Municipal n 3.344/2021, visando extinguir o cargo comissionado de Assessor Técnico e criando cargo comissionado de Orientador de Trânsito, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/p.l_110.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_1014_de_29_de_abril_de_1994..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revogação da Lei Municipal 1043 de 29 de abril de 1994 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1229/ilovepdf_merged_60.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece denominação de praça_x000D_
+pública e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1230/ilovepdf_merged_61.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece denominação de Cozinha_x000D_
+Comunitária e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/pl_114.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as taxas municipais de prestação de serviços ambientais decorrentes das atividades administrativas de licenciamento ambiental, estabelece prazos de validade das licenças ambientais, institui o Termo de Compromisso Ambiental (TCA) conforme o Código Municipal de Meio Ambiente e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/ilovepdf_merged_62.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece denominação de espaço público e_x000D_
+dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/ilovepdf_merged_63.pdf</t>
+  </si>
+  <si>
+    <t>Considera de utilidade pública a Associação Anjos de Rua neste Município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/pl_117.2025_-_institui_o_novo_codigo_tributario.pdf</t>
+  </si>
+  <si>
+    <t>Institui o novo Código Tributário do Município de Belo Jardim, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/pl_119.2025_-_revogacao_da_lei_municipal_n3.068_de_31_de_dezembro_de_202514112025.pdf</t>
+  </si>
+  <si>
+    <t>PL 119.2025 - REVOGAÇÃO DA LEI MUNICIPAL N°3.068 DE 31 DE DEZEMBRO DE 202514112025</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_n_120_-_2025_-_cria_cargos_efetivos_cmbj_2.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO, AUTORIZA A REALIZAÇÃO DE CONCURSO PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_122.2025altera_os_incisos_iii_e_acrescenta_os_incisos_iv_aos_artigos_30_e_34_da_lei_municipal_no_1.601_de_30_de_abril_de_2004_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Altera os incisos III e acrescenta os incisos IV aos artigos 30 e 34 da Lei Municipal nº 1.601, de 30 de abril de 2004, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_123.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação dos incisos I e II e acrescenta o inciso III ao artigo 15 da Lei Municipal nº 1.601, de 12 de agosto de 2004, que dispõe sobre o Regime Próprio de Previdência Social dos Servidores Públicos do Município de Belo Jardim – BELO JARDIM PREV, para adequar as alíquotas de contribuição patronal e dos segurados à estrutura de segregação de massas e ao cálculo atuarial vigente.</t>
+  </si>
+  <si>
+    <t>Tenente</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/pl_124.2025_-_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_cavalgada_no_distrito_de_xucuru_e_da_outras_providencias1.pdf</t>
+  </si>
+  <si>
+    <t>Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Cavalgada no Distrito de Xucuru e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Nilton Senhorinho</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei125.2025_-_estrada_incio_ricarto_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI125.2025 - ESTRADA INACIO RICARTO DE SOUZA</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/projeto_de_lei_126.2025_-_altera_em_parte_o_artigo_1o_da_lei_municipal_no_3.5462023_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Altera em parte o artigo 1º da Lei Municipal nº 3.546/2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/projeto_de_lei_127.2025_institui_no_ambito_do_municipio_de_belo_jardim_o_programa_integra_comunidade_destinado_ao_atendimento_de_estudantes_dos_anos_iniciais_e_anos_finais_da_rede_municipal_de_ensino.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Belo Jardim, o “Programa Integra Comunidade”, destinado ao atendimento de estudantes dos Anos Iniciais e Anos Finais da Rede Municipal de Ensino, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_128.2025_institui_o_programa_alfabetiza_belo_jardim_no_ambito_da_rede_municipal_de_ensino_de_belo_jardim-pe_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Alfabetiza Belo Jardim no âmbito da Rede Municipal de Ensino de Belo Jardim-PE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/projeto_de_lei_129.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a Fundação Bitury e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/pl._130.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o inciso III do Artigo 1º da Lei Municipal nº 3.412/2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_131.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração em parte do artigo 2º da Lei Municipal nº 3.551, de 2023, alterando o CPF do beneficiário José Edilson Alves da Silva e da outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/pl_132.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa ALVORADA CONSTRUTORA &amp; SERVIÇOS LTDA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/pl_133.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa COMPANHIA PERNAMBUCANA DE SANEAMENTO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/pl_134.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa C3 ENGENHARIA E INCORPORAÇÕES LTDA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/pl_135.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa IGREJA EVANGELICA ASSEMBLEIA DE DEUS SEARA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/pl_136.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa ALFA ENGENHARIA ME e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/pl_137.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa EMPAC DO NORDESTE ARTEFATOS DE CONCRETO LTDA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/pl_138.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa DEFENSORIA PÚBLICA DO ESTADO DE PERNAMBUCO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/pl_139.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa INSTITUTO DE DESENVOLVIMENTOSOCIOCULTURAL DE PERNAMBUCO - IDESPE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/pl_140.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Selo Empresa Amiga dos Animais no município de Belo Jardim- PE e da outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_141.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Subprefeitura Distrital da Zona Rural de Serra dos Ventos, cria 01 (um) cargo de subprefeito, fixa forma de provimento, remuneração e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/pl_142.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a ASSOCIACAO DO DESENVOLVIMENTO COMUNITARIO DO BELO JARDIM-PE - ADECOBEJA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/pl_143.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_igreja_evangelica_trono_da_graca_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a IGREJA EVANGELICA TRONO DA GRACA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_144.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa 54.585.144 JOSE ROMILDO GOMES DE SANTANA-ME e dá outras providências.</t>
+  </si>
+  <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projetos de Resolução</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_resolucao_n003.2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA LEI FEDERAL N° 14.129/2021 (GOVERNO DIGITAL), NO ÂMBITO DA CÂMARA DE BELO JARDIM, PERNAMBUCO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/proj._de_decreto_001-_2025_-_cmbj17112025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Belo Jardim ao Sr. Raimundo Cordeiro de Freitas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/proj._de_decreto_002-_2025_-_cmbj17112025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título Honorífico de Cidadã Belo-Jardinense a Sra. Zuleide Oliveira da Silva e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/proj._de_decreto_003-_2025_-_cmbj17112025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título Honorário de Cidadão Belo-Jardinense ao Sr. Ricardo de Oliveira Paes Barreto e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/proj._de_decreto_004-_2025_-_cmbj17112025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Honorário de Belo Jardim ao Sr. DJALMA ANDRELINO NOGUEIRA JÚNIOR e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/proj._de_decreto_005-_2025_-_cmbj17112025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão belojardinense ao Sr. Evilázio dos Santos Rodrigues e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/proj._de_decreto_006-_2025_-_cmbj17112025.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título Honorário de Cidadão belojardinense ao Sr. Renato Duarte Gomes e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/oficio_033-2025_merged.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão de Belo Jardim ao Sr._x000D_
+MANOEL PEDRO CLEMENTE e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_decreto_009.2025.pdf</t>
   </si>
   <si>
     <t>Concede Título Honorífico de Cidadã Belo-Jardinense a Sra Deputada Estadual Débora Almeida e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_decreto_010.2025_titulo_de_cidadao_-_rosineide_lima.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título Honorário de Cidadã belo-jardinense a Sra. Rosineide Lima Lins Costa – Governadora do Distrito LA-3 do Lions Clube e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_decreto_011.2025_titulo_de_cidadao_-_coronel_meira.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título Honorário de Cidadão belo-jardinense ao Excelentíssimo Deputado Federal Sr. Luiz de França e Silva Meira (Coronel Meira) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>PI</t>
+  </si>
+  <si>
+    <t>Pedido de informação</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/947/resposta_do_pedido_de_informacao_verbal_no_0012025_sobre_informacoes_referentes_ao_pasep_do_ano_de_2023_dos_servidores_deste_municipio_do_prefeito_e_da_secretaria_de_gestao._lila.pdf</t>
+  </si>
+  <si>
+    <t>Resposta do Pedido de Informação Verbal n.º 001/2025 sobre informações referentes ao PASEP do ano de 2023 dos servidores deste município, do prefeito e da secretaria de gestão.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/pedido_de_informacao_002.2025.pdf</t>
+  </si>
+  <si>
+    <t>solicita ao Prefeito do Município e, extensivamente à Secretária Municipal de Gestão Pública todas as informações e justificativas à não execução_x000D_
+da emenda impositiva municipal no valor de R$ 35.000,00 (trinta e cinco mil reais) de repasse financeiro à Ong Laika Vitae para manutenção das ações de castrações dos animais.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/pedido_de_informacao_003.2025.pdf</t>
+  </si>
+  <si>
+    <t>solicitando ao Prefeito do Município e ao Secretário Municipal de Educação que enviem a esta Casa Legislativa todas as justificativas sobre a falta de cuidadores de crianças especiais e monitores nos ônibus escolares do Município desde о início do ano letivo. Vale salientar que muitos alunos especiais não estão indo à escola por falta de cuidadores.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/pedido_de_informacao_004.2025.pdf</t>
+  </si>
+  <si>
+    <t>solicitando ao Prefeito do Município e extensivamente ao Coordenador da Clínica Veterinária Municipal para que enviem a esta Casa Legislativa todas as_x000D_
+informações concernentes ao estoque de insumos para realização das castrações, contendo relatório detalhado, item por item, registros fotográficos dos insumos, bem como a quantidade de castrações realizadas desde a reabertura da Clínica até a presente data</t>
+  </si>
+  <si>
+    <t>Edson Silva_x000D_
+Lila_x000D_
+Tenente</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/pedido_de_informacao_006.2025.pdf</t>
+  </si>
+  <si>
+    <t>solicitando ao Prefeito e extensivamente à Secretaria de Infraestrutura e Urbanismo, que enviem a esta Casa Legislativa as seguintes informações referentes ao "Projeto Minha Rua é Top": a) Quantas ruas foram calçadas em sua totalidade? b) Quantas ruas ficaram inacabadas? c) Quais foram os bairros que foram contemplados com esse projeto e a relação das ruas que foram calçadas; d) Qual o valor gasto com esses calçamentos até a presente data</t>
+  </si>
+  <si>
+    <t>Zé Guri Jr</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/pedido_de_informacao_007.2025.pdf</t>
+  </si>
+  <si>
+    <t>olicitando que sejam enviadas a esta Casa Legislativa as seguintes informações referentes a limpeza do canal do Rio Bitury: 1) Quem realizou o serviço? 2) Quanto custou? 3) Se foi feito com iniciativa privada, apresentar o termo de cooperação técnica.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/pedido_de_informacao_008.2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Sr. Gilvandro Estrela de Oliveira, Prefeito e, extensivamente à Sra. Aline Cordeiro, Secretária Municipal de Saúde, que enviem todas as informações referentes a reforma da UPA, do Hospital Júlio Alves de Lira e do Bloco Cirúrgico, contendo notas fiscais, empenhos, comprovantes de pagamento e processos licitatórios.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/pedido_de_informacao_009.2025.pdf</t>
+  </si>
+  <si>
+    <t>solicita ao Exmo. Sr. Gilvandro Estrela de Oliveira, Prefeito do Município e, extensivamente, ao Sr. Filipe Vieira, na qualidade de Secretário de Cultura, Turismo, Eventos e Empreendedorismo as seguintes informações pertinentes à 56ª Edição da Festa das Marocas 2025.</t>
+  </si>
+  <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1012/1.2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a destinação de uma área municipal para construção de um Centro de Acolhimento e Recuperação de animais de rua.</t>
   </si>
   <si>
     <t>Jack Taboquinha</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1011/2.2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção e recuperação das seguintes estradas vicinais da zona rural de Belo Jardim: estrada principal da Vila de Taboquinha, estrada do Sítio Fundão do Monte, estrada do Sítio Vagem Grande, estrada do Sítio Patos, estrada do Sítio Balança, estrada da Comunidade Quilombola Barro Branco, estrada de Taboquinha de Cima, bem como a estrada que dá acesso aos Plantadores de Coentro, após a igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1010/3.2025.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da Rua Pedro Benevides, popularmente conhecida como Rua do Iraque, situada no Bairro Cohab II no Município de Belo Jardim.</t>
@@ -597,101 +951,95 @@
   <si>
     <t>Irmão Adriano</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/997/11.2025.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a pavimentação da estrada que liga o Bairro Maria Cristina até a PE 166.</t>
   </si>
   <si>
     <t>Lila</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1000/12.2025.pdf</t>
   </si>
   <si>
     <t>A revitalização em toda a extensão dos canteiros da Avenida Senador Paulo Guerra, terminando com a revitalização da Avenida Cinquentenário, situadas no Bairro Cohab I.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1001/13.2025.pdf</t>
   </si>
   <si>
     <t>A reforma em toda a estrutura física da Praça da Saúde, situada no Bairro Cohab I.</t>
   </si>
   <si>
-    <t>Nilton Senhorinho</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1002/14.2025.pdf</t>
   </si>
   <si>
     <t>A expansão do “Projeto Belo Jardim em Movimento” para todas as sedes dos Distritos ainda não contemplados, bem como as Vilas e Povoados que disponham de espaço e estrutura para receber as atividades.</t>
   </si>
   <si>
     <t>Fabrício de Chagas</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1031/15.2025.pdf</t>
   </si>
   <si>
     <t>A construção de uma nova sala de aula na Escola Municipal Manoel Jerônimo, localizada na Vila do Socorro, situada no distrito de Serra do Vento.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1030/16.2025.pdf</t>
   </si>
   <si>
     <t>A implantação em caráter de urgência de uma UBS - Unidade Básica de Saúde no Povoado Nossa Senhora Aparecida, mais conhecido como Cavalo Morto, utilizando o espaço da escola Deputado José Alves Bezerra, que atualmente encontra-se desativada.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1029/17.2025.pdf</t>
   </si>
   <si>
     <t>A reforma da UBS - Unidade Básica de Saúde José Estevão Filho, situada na Vila Raiz.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1028/18.2025.pdf</t>
   </si>
   <si>
     <t>A construção dos cemitérios no Distrito de Água Fria, Santa Luzia, na Vila Raiz e na Vila de Campo Novo.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1027/19.2025.pdf</t>
   </si>
   <si>
     <t>A construção de três praças no bairro Santo Antônio, e a título de sugestão as mesmas poderiam ser construída na Rua Josivaldo de Menezes, na Rua do Jardim, já nas proximidades da igreja São José e outra no terreno ao lado da escola Antenor Vieira.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1026/20.2025.pdf</t>
   </si>
   <si>
     <t>A execução da obra de saneamento e calçamento das seguintes localidades: Rua João do Arca I e II, Ruas 07 e 08, e a rua mais conhecida como Rua da Fazenda, todas situadas no Bairro Frei Damião; as seguintes localidades situadas no Bairro Bela Vista: Rua João Justino de Oliveira, Rua Antônio Casé Senhorinho, Rua Ester Andrade Cordeiro, Rua Maria Izabel Cordeiro e Rua Mariana Augusto, e a pavimentação asfáltica na Avenida Irene Maciel de Lira, situada entre o Bairro Bela Vista e o Frei Damião.</t>
   </si>
   <si>
-    <t>Zé Guri Jr</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1025/21.2025.pdf</t>
   </si>
   <si>
     <t>A construção e implantação de uma Escola Municipal no terreno onde funcionava a antiga cadeia situada na Rua Honório Torres de Melo, no Bairro Santo Antônio, pertencente ao nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1024/22.2025.pdf</t>
   </si>
   <si>
     <t>A pavimentação no complemento da Rua Antônia Josefa Alves, conhecida como Mãe Rainha, na Travessa José de Anchieta, na Rua Manoel Vitalino, e na Rua do Bar de Pernambucano, situada no Loteamento Bela Vista, todas pertencentes ao Distrito de Serra do Vento.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1023/23.2025.pdf</t>
   </si>
   <si>
     <t>A construção de uma via local dupla, para pedestres e ciclistas, dando acesso da cidade até a AEB - Autarquia Educacional de Belo jardim e ao Bairro Euno Andrade da Silva, mais conhecido como Viana &amp; Moura da Faculdade.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1022/24.2025.pdf</t>
   </si>
   <si>
     <t>O recapeamento asfáltico na Rua São Sebastião, situada no Bairro Cohab I.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1021/25.2025.pdf</t>
@@ -912,50 +1260,53 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1049/65.2025.pdf</t>
   </si>
   <si>
     <t>A reforma em toda a estrutura física da Praça José Justino situada no Distrito de Xucuru.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1048/66.2025.pdf</t>
   </si>
   <si>
     <t>A implantação de uma unidade de coleta de sangue de doadores para a Fundação de Hematologia e Hemoterapias de Pernambuco – HEMOPE.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1068/67.2025.pdf</t>
   </si>
   <si>
     <t>Para que sejam plantadas mudas de árvores nativas no canteiro da Avenida Cinquentenário no Bairro COHAB I.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1065/68.2025.pdf</t>
   </si>
   <si>
     <t>A execução da obra de macrodrenagem no entorno da Central de Abastecimento pertencente ao nosso Município.</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/</t>
+  </si>
+  <si>
     <t>Que seja feito o calçamento da Rua da Olaria no Bairro Frei Damião.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1066/70.2025.pdf</t>
   </si>
   <si>
     <t>O saneamento e calçamento da Rua Jessé Rodrigues Torres, situada no Bairro Floresta, bem como um estudo de viabilidade para a construção de uma passagem molhada na referida localidade.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1064/71.2025.pdf</t>
   </si>
   <si>
     <t>Que os valores arrecadados com a realização do Baile Municipal sejam revertidos em cestas básicas para atender as famílias carentes do nosso Município</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1063/72.2025.pdf</t>
   </si>
   <si>
     <t>A viabilidade de substituir a van com capacidade para 18 lugares que hora presta serviço ao TFD – Transporte Fora do Domicílio, levando nossos munícipes até Garanhuns, por um ônibus com capacidade para 45 lugares, de modo a atender a crescente demanda, garantindo que nenhum paciente fique sem o devido transporte para deslocamento.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1076/73.2025.pdf</t>
   </si>
   <si>
     <t>A execução da restauração no calçamento da Rua Capitão José Medeiros, situada no Bairro Floresta.</t>
@@ -1179,53 +1530,50 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/111.pdf</t>
   </si>
   <si>
     <t>Em caráter de urgência seja feito o saneamento básico completo da Rua Luiz Carlos da Silva, situada no Bairro Maria Cristina</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/112.pdf</t>
   </si>
   <si>
     <t>A execução da obra de calçamento na Rua José Alves Figueiredo, localizada no Bairro Boa Vista (mesma rua da creche Vovó Maria).</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/1132025.pdf</t>
   </si>
   <si>
     <t>Em caráter de urgência seja feito o saneamento da Rua João Goulart e Rua José Cadete situadas no Bairro Boa Vista, tendo em vista que o esgoto está a céu aberto, causando mau cheiro e proliferação de ratos e insetos.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1134/114.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento da Rua Josefa Germano Ferreira situada no Bairro São Pedro.</t>
   </si>
   <si>
-    <t>Tenente</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/115.pdf</t>
   </si>
   <si>
     <t>Que seja feita a reposição dos calçamentos ou a pavimentação asfáltica nas ruas que fazem o entorno da Igreja São Pedro e São Paulo Apóstolos situada na Vila Fernando de Abreu.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/116.pdf</t>
   </si>
   <si>
     <t>A extensão do Projeto "Cultura nas Praças" para os distritos do Município, promovendo atividades culturais que valorizam a música tradicional brasileira, a música local, a poesia popular, além de feiras de artesanato, apresentações culturais, atividades esportivas e momentos de lazer para as crianças, com atividades como funcional kids, jogos virtuais, brinquedos gigantes, animação com palhaços e distribuição gratuita de pipoca e algodão doce.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/117.pdf</t>
   </si>
   <si>
     <t>Que seja feita a manutenção do calçamento da Rua Boa Ventura Joaquim de Moura, situada no Bairro São Pedro.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/118.pdf</t>
   </si>
   <si>
     <t>Que o antigo matadouro situado no Distrito de Serra do Vento, seja transformado em um velório municipal, pois é um pedido da população local que precisa de um local digno e adequado para velar seus entes queridos. (RETIRADO)</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/119.pdf</t>
@@ -1479,75 +1827,513 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1164/indicacao_no_017_-_construcao_de_barragem_-_claudemir_.docx</t>
   </si>
   <si>
     <t>construção de uma barragem no Distrito de Xucuru, pertencente ao nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_no_018_-_pavimentacao_asfaltica_-_claudemir__-_copiar.docx</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação asfáltica tendo início na PE 213, indo até a PE 145, ligando o Distrito de Xucuru ao Município do Brejo da Madre de Deus.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_019-fiscalizar_venda_ilegal_de_chumbinho_-_de_da_cohab_.docx</t>
   </si>
   <si>
     <t>que haja uma ação conjunta no sentido de fiscalizar se alguns pontos comerciais do nosso Município estão vendendo de forma ilegal o agrotóxico que contém aldicarbi popularmente conhecido como chumbinho. As Leis federais nºs 7.802 de 1989 e a 9.605 de 1998, são bem claras e proíbem tanto a produção quanto a comercialização dessa substância em todo o território nacional, e ao comercializar esse tipo de produto os estabelecimentos estão cometendo infrações criminais</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/indicacao_no_020_-_tfd_-_lila.docx</t>
   </si>
   <si>
     <t>Envio de emendas parlamentares ao nosso Município com destinação para a área da saúde, na compra de um micro-ônibus para atendimento TFD – Transporte Fora do Domicílio, assim como emendas parlamentares destinadas para contratação de profissionais especializados para tratamento e terapia de crianças com necessidades especiais, a exemplo de fonoaudiólogos, neuropediatras, fisioterapeutas entre outros.</t>
   </si>
   <si>
-    <t>PLC</t>
-[...23 lines deleted...]
-    <t>Resposta do Pedido de Informação Verbal n.º 001/2025 sobre informações referentes ao PASEP do ano de 2023 dos servidores deste município, do prefeito e da secretaria de gestão.</t>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/mocao_de_aplauso_-__congresso_de_mulheres_-_irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Nossos aplausos e reconhecimento são direcionados ao Presidente da Convenção da Assembleia de Deus em Pernambuco, Pastor Ailton José Alves, ao Pastor Local de Belo Jardim, Edivaldo Rodrigues, bem como a toda a coordenação, que com dedicação e zelo desempenhou papel fundamental para que este congresso alcançasse tamanho impacto espiritual e social.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/mocao_de_aplauso_-__corrida_pe_na_obra__-_cristiano_cabeludo.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a Sra. Joedna Souza na qualidade de Secretária Municipal de Obras e, extensivamente a toda a sua equipe pelo brilhantismo na realização da Caminhada e Corrida Pé na Obra, que ocorreu no dia 24 de agosto do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/mocao_de_aplauso_-__despertarismo_-_jack_de_taboquinha_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Movimento Intelectual dos Pensadores “O Despertarismo”, criado em 08 de agosto de 2014, por Jefferson Freire dos Santos Macedo, desde sua fundação o movimento tem sido uma força motriz no incentivo à cultura, ao senso crítico e ao desenvolvimento artístico na Cidade de Belo Jardim.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_de_aplauso_-__festa_das_marocas_-_cristiano_cabeludo.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito Gilvandro Estrela e extensivamente ao Secretário de Cultura, Turismo e Empreendedorismo, pelo brilhantismo na realização da 56ª Festa das Marocas 2025.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/mocao_de_aplauso_-__formacao_de_policiais_-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos novos policiais militares da Turma CHP 24, formados no Curso de Formação da Polícia Militar de Pernambuco, em especial, aos novos policiais Belo Jardinenses, que concluíram com esmero, disciplina e mérito o Curso de Formação, sendo oficialmente formados no dia 12 de agosto de 2025. Esses homens e mulheres aceitaram o chamado de servir à sociedade, mesmo diante dos riscos e desafios que a profissão impõe. São eles: Alisson Alves da Silva, Andreza Karina de Lima Silva, José Henrique Santos de Melo, Isaac Rocha Lins Silva, Jamisson Souza Lima, João Pedro dos Santos, Maria Mayara de Lima Silva, Maria Mayana de Lima Silva, Mateus Alexandre Correia da Silva, Pedro Lopes de Araújo Júnior, Sandriel Felipe Macedo de Oliveira e Vinícius Ferreira Torres.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/mocao_de_aplauso_-_aa_-_de_da_cohab_i_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Grupo Jardim da Paz Alcoólicos Anônimos em Belo Jardim – PE pelo excelente trabalho e pela organização da instituição, sendo uma irmandade que oferece apoio e ajuda as pessoas com problemas de alcoolismo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_de_aplauso_-_adorarte_-_daniel_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a todos os organizadores pelo brilhantismo na realização do evento intitulado “Adorarte 2025” que ocorreu no dia 26 de abril do corrente ano em nosso Município e que atraiu um enorme público.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_de_aplauso_-_agape_-_edson_silva_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Sr. Geneci Aluízio da Silva, e demais empresários por implantar em nosso Município o Centro de Memórias Vivas e Cemitério Ágape, sendo o ecossistema de franquia funerária do Brasil e o primeiro cemitério bioseguro climatizado do Estado de Pernambuco.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/mocao_de_aplauso_-_amara_torres_-_irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, à Sra. Amara Torres da Silva, mais conhecida como Dona Nega, ao Sr. José Adelmo Torres da Silva, mais conhecido como Adelmo Pedreiro e extensivamente a todos os organizadores pela realização da Festa de Dia das Mães, que ocorreu no dia 11 de maio do corrente ano no Bairro do Pontilhão.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mocao_de_aplauso_-_amor_a_bike_-_de_da_cohab_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a Faculdade de Belo Jardim – FBJ, aos organizadores parceiros, expositores e participantes da II Feira do Empreendedor, realizada no dia 05 de junho de 2025, na Praça Padre Cícero, em reconhecimento ao relevante papel do evento no incentivo à cultura empreendedora, à inovação, à inclusão econômica e ao desenvolvimento regional.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/mocao_de_aplauso_-_antonio_habib_-_fabricio_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito e, extensivamente ao Sr. Antônio Henrique Habib Carvalho, na qualidade de Diretor Presidente da AEB – Autarquia Educacional de Belo Jardim, pelas comemorações alusivas aos 50 anos de fundação da instituição mencionada, e pela realização do evento comemorativo que ocorreu no dia 06 de maio do corrente ano e que culminou com a inauguração da quadra poliesportiva Valter Pereira dos Santos e a realização da 1ª Expofit – Educação Física: Movimento e empreendedorismo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_de_aplauso_-_antonio_habib_-_nilton_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Sr. Antônio Habib, na qualidade de Gestor da FBJ – Faculdade de Belo Jardim, extensivamente aos diretores, professores e demais servidores pelo transcurso do jubileu de ouro da instituição, comemorando seus 50 anos com muita alegria e entusiasmo, fazendo a história educacional do nosso Município com muito brilhantismo, garra e perseverança.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/mocao_de_aplauso_-_baile.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito do Município, ao Secretário Municipal de Cultura, Turismo e Empreendedorismo, extensivamente a todos os organizadores pelo brilhantismo na realização do 23º Baile Municipal, que este ano teve como temática a Magia das Cores, trazendo para os foliões atrações a nível nacional e estadual, como Fulô de mandacaru, Marcão 90 e Renan Cruz, ao mesmo tempo em que valorizaram os músicos de nossa terra, com belíssimas apresentações culturais a exemplo do Bloco Boi da Gente, Grupo Percussivo da Escola de Artes Integradas do Instituto Conceição Moura e as Orquestras de Frevo Malungo e Phoenix.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/mocao_de_aplauso_-_blocos_carnavalescos_-_fabricio.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a todos os Blocos Carnavalescos que, com muita animação, cultura e tradição, enriqueceram a programação da semana que antecedeu o carnaval em nossa cidade.</t>
+  </si>
+  <si>
+    <t>Claudemir_x000D_
+Cristiano Cabeludo_x000D_
+Daniel Lopes_x000D_
+Dé da Cohab I_x000D_
+Fabrício de Chagas_x000D_
+Irmão Adriano_x000D_
+Nilton Senhorinho_x000D_
+Pitomba da Lotação</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_de_aplauso_-_blocos_carnavalescos_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito e extensivamente à Secretaria de Educação, pela belíssima iniciativa e o excelente trabalho desempenhado com toda a equipe de diretores, professores e coordenadores, ao levar dois mil alunos da rede municipal de ensino de forma gratuita para assistir ao espetáculo da “Paixão de Cristo” em Nova Jerusalém/PE</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplauso_-_bombeiros_-_edson___.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a toda a equipe da Defesa Civil e aos Bombeiros Civis do Grupamento Arcanjos pelos trabalhos realizados nas fortes chuvas que atingiram nosso Município na sexta-feira dia 11 de abril do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/mocao_de_aplauso_-_bras_sapateiro_-_irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Sr. Brás Elias Monteiro, mais conhecido como Brás Sapateiro pela sua longa e digna trajetória como profissional e cidadão exemplar, exercendo sua profissão há mais de 50 anos sendo referência de honestidade, trabalho e tradição.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/mocao_de_aplauso_-_ciclistas_-_irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos ciclistas do Distrito de Serra do Vento, que com determinação, espírito de equipe e fé, realizaram um percurso de bicicleta até Nova Jerusalém, onde acompanharam o espetáculo da Paixão de Cristo, no maior teatro ao ar livre do mundo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/mocao_de_aplauso_-_copa_png_de_volei__-_cristiano_araujo_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao cidadão Izânio e equipe pela realização da 3ª Copa PNG Feminina de Vôlei que ocorreu no dia 27 de abril do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/mocao_de_aplauso_-_corpo_docente_joaquim_medeiros_-_daniel_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a todo o Corpo Docente e Discente da Escola Municipal Vereador Joaquim Medeiros, situada no Distrito de Água Fria pelo transcurso de seus 40 anos de existência, sempre realizando um trabalho primoroso e zelando pela excelência na educação.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/mocao_de_aplauso_-_dia_do_circo_-_rui_nunes.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito do Município, extensivamente à Sra. Adriana Perboire, Secretária de Ação Social e a Sra. Regislânia Thamyres (Coordenadora do Serviço de Convivência e Fortalecimento de Vínculos da Assistência Social de Belo Jardim), pela homenagem em alusão ao dia do Circo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/mocao_de_aplauso_-_encontro_de_sanfoneiros_-_cristiano_araujo_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos Srs. Arthur Moto Táxi e Antony Berg, pelo brilhantismo na realização do 1º Encontro de Sanfoneiros que ocorreu no dia 05 de outubro do corrente ano e contou com a participação de 28 sanfoneiros de Belo Jardim e municípios vizinhos, aproveitando a ocasião para homenagear os nossos grandes sanfoneiros Dema Santos e Galego da Tapera.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_de_aplauso_-_escola_julio_magalhaes_-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, para o corpo docente e discente da Escola Municipal Professor Júlio Magalhães (COHAB 1) pelo brilhantismo na realização do Desfile Cívico realizado no dia 11 de setembro na Avenida Deputado José Mendonça e também pelo desfile realizado na COHAB 1 no último dia 25 do corrente mês em alusão ao aniversário de 15 anos da Escola.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_de_aplauso_-_escola_tenente_joao_cordeiro_-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, para o corpo docente e discente da Escola Municipal Tenente João Cordeiro da Vila Raiz pelo brilhantismo na realização dos Desfiles Cívicos realizados nos dias 11 de setembro em comemoração a Emancipação Política de nosso Município e no dia 28 de setembro (último domingo) na Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/mocao_de_aplauso_-_festa_das_criancas_-__fabricio_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos organizadores Rosineide e Aparecido, pela realização da Festa das Crianças, ocorrida neste domingo, 12 de outubro, no Sítio Caboclo, que neste ano completou 15 anos de tradição.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/mocao_de_aplauso_-_festa_das_maes-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito, extensivamente, a Sra. Adriana Perboire e demais organizadores pelo brilhantismo na realização da Festa em Homenagem ao Dia das Mães que ocorreu no dia 09 de maio do corrente ano e contou com a participação de aproximadamente 300 mães.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/mocao_de_aplauso_-_festa_de_agua_fria.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito do Município, ao Secretário Municipal de Cultura, Turismo e Empreendedorismo, a todos os organizadores pelo brilhantismo na realização da tradicional Festa de São Sebastião, que ocorreu no Distrito de Água Fria, nos dias 15 e 16 de fevereiro do corrente ano e contou com grandes atrações que abrilhantaram ainda mais o evento.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/mocao_de_aplauso_-_festa_de_nossa_senhora_aparecida_-__fabricio_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos senhores Joana e Alexandre, pela brilhante realização da Festa da Padroeira Nossa Senhora Aparecida, ocorrida no último sábado, dia 11 de outubro, na comunidade de Cavalo Morto.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/mocao_de_aplauso_-_gal_da_padaria_-_de_da_cohab_i_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a todos os organizadores e em especial ao aniversariante Cláudio Vitorino mais conhecido como Gal da Padaria, pelo transcurso de seu aniversário que ocorreu no dia 01 de maio do corrente ano, o qual foi comemorado com muito entusiasmo ao lado de amigos e familiares.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/mocao_de_aplauso_-_guarda_municipal.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a toda a Guarda Municipal pelo excelente trabalho que vem desenvolvendo em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/mocao_de_aplauso_-_heleno_-_irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Sr. Heleno em reconhecimento pela sua admirável dedicação à prática de atividades físicas, especialmente à corrida de rua, mesmo aos 88 anos de idade, é um exemplo de saúde, vitalidade e inspiração para toda a comunidade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/mocao_de_aplauso_-_ii_feira_do_empreendedor_-_fabricio_.docx</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_de_aplauso_-_lucas_paulo_barbosa_-_cristiano_araujo.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Sr. Lucas Paulo Barbosa, por ter vencido em 1º lugar a primeira meia maratona de 21 km, evento que faz parte do calendário de turismo esportivo em Salvador na Bahia. Cerca de cinco mil pessoas participaram do evento, contando com atletas dos Estados Unidos, Argentina, Áustria, Guiana Francesa, China, Itália, Paraguai e Portugal.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_de_aplauso_-_nossa_senhora_das_cabecas_-_daniel_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos organizadores da Festa de Nossa Senhora das Cabeças no Sítio Passagem, sendo eles: Ademilson Patrício de Carvalho; Geneilza Maria da Silva; Maria Gleysiely da Silva Carvalho e Gerson Allan da Silva Carvalho, pelo brilhantismo na realização do evento religioso, onde é realizado um terço na capela de Nossa Senhora das Cabeças.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/mocao_de_aplauso_-_pastor_-_rui_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Pastor Anderson de Oliveira e a Missionária Pollyana, pela celebração do 4º aniversário da Igreja Nacional Fruto da Fé, comemorado no último sábado, dia 19 de abril do corrente ano, na Avenida Deputado José Mendonça Bezerra, quando na ocasião reuniu uma expressiva quantidade de fiéis.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_de_aplauso_-_patrimonios_de__pernambuco_-_jonas_chagas_torres_pitomba.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Sr. Mano Casado representante da FUNDARPE, e extensivamente ao Prefeito e, ao Secretário de Cultura, Turismo e Empreendedorismo, pela implantação do projeto itinerante “Patrimônios de Pernambuco”, apresentando painéis sobre o patrimônio cultural do nosso Estado, reunindo bens materiais, imateriais, patrimônios vivos e o patrimônio ferroviário, contando com recursos interativos e acessibilidade, aproximando a população ao processo de preservação e valorização cultural.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_de_aplauso_-_policia_militar_-_cristiano_araujo.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a Polícia Militar do Estado de Pernambuco pelas comemorações alusivas aos 200 anos da instituição, tendo sido criada em 11 de junho de 1825 por Decreto de Dom Pedro I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/mocao_de_aplauso_-_pontos_culturais_-_nilton_senhorinho.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos mais novos Pontos de Cultura de Belo Jardim, reconhecidos pelo Ministério da Cultura na última semana.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/mocao_de_aplauso_-_sao_francisco_de_assis_-_daniel_lopes.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, aos organizadores pelo brilhantismo na realização da Festa de São Francisco de Assis, localizada na comunidade São Francisco de Assis, mais conhecida como Lagoa da Chave, que ocorreu no último sábado, dia 04 de outubro do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/mocao_de_aplauso_-_time_de_manchester_-_irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a todo o time do Manchester, que com dedicação e esforço vem fazendo história! Nosso respeito e admiração à diretoria, em especial a Tarcísio, diretor presidente, e aos grandes nomes que contribuem para o sucesso da equipe: Ronny Cds, Lucas Torres, Alan Guimarães, Renato, Everton Lins e Flaviano Lima.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_de_aplauso_-_ubs_pontilhao_-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito do Município e, extensivamente a Secretária de Saúde e toda a equipe pela entrega das novas instalações da UBS – Unidade Básica de Saúde Severino Bernardino da Silva, que ocorreu no dia 05 de setembro do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/mocao_de_aplauso_-_zenit_-_fabricio_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, à Equipe de Futsal Zenit pela brilhante conquista do Título da Liga Agreste de Futsal 2025.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_de_aplauso_-clube_de_desbravadores_e_aventureiros_desfile_civico-irmao_adriano_1.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Clube de Desbravadores e ao Clube de Aventureiros da Igreja Adventista do Sétimo Dia, em reconhecimento ao brilhantismo e à excelência demonstrados na participação do Desfile Cívico de 11 de setembro de 2025, por ocasião das comemorações do aniversário de 97 anos de Belo Jardim.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/mocao_de_aplauso_-desfile_civico-irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito do Município e, extensivamente ao Secretário Municipal de Educação, Esporte e Tecnologia, Sr. Renato Duarte, em reconhecimento ao brilhante trabalho realizado na organização e condução do Desfile Cívico das Escolas Municipais, promovido por ocasião das comemorações do aniversário de 97 anos de nossa cidade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/mocao_de_aplauso_-festa_da_emancipacao-cristiano_cabeludo.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, ao Prefeito e, extensivamente ao Secretário de Cultura, Turismo e Empreendedorismo, pelo brilhantismo na realização da “Festa da Emancipação”, que ocorreu no dia 11 de setembro do corrente ano, cotando com shows artísticos celebrando os 97 anos de emancipação política de Belo Jardim.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_de_aplauso_-festa_de_nossa_senhora_aparecida_-_daniel_.docx</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso, a todos os organizadores da Festa de Nossa Senhora Aparecida que ocorreu no Sítio Rodrigues no período de 06 a 08 de novembro de 2025</t>
+  </si>
+  <si>
+    <t>VP</t>
+  </si>
+  <si>
+    <t>Voto de pesar</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/voto_de_pesar_-_alberto_sena_-_euno_andrade.doc</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. José Alberto Pereira de Araújo mais conhecido como Alberto Sena, pelo seu falecimento ocorrido no dia 02/02/25 na Cidade de Caruaru</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/nota_de_pesar_-_sandro_taxista.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Sandro Simão, mais conhecido como Sandro Taxista pelo seu falecimento ocorrido no dia 14 de fevereiro do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/nota_de_pesar_-_joao_batista.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. João Batista, mais conhecido como Doia pelo seu falecimento ocorrido no dia 14 de fevereiro do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/nota_de_pesar_-_geneci_soares_da_silva_-_daniel_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Geneci Soares da Silva, pelo seu falecimento ocorrido no dia 02 de março do corrente ano no Estado da Bahia.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/nota_de_pesar_-_cicero_cabeleireiro_-_daniel__.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Cícero Alves da Silva, mais conhecido como Cícero Cabeleireiro, pelo seu falecimento ocorrido no dia 01 de março do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/nota_de_pesar_-_clovis_geraldo_barbosa_-_cristiano_araujo.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Clóvis Geraldo Barbosa, pelo seu falecimento ocorrido no dia 06 de março do corrente ano, no Distrito de Água Fria.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/voto_de_pesar_-_maria_do_carmo_-pitomba.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, ao casal de empresários Sra. Sandra e Sr. Robson Cordeiro, extensivamente aos demais familiares, pelo falecimento do jovem engenheiro Higor Gustavo, ocorrido no dia 08 de abril do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/voto_de_pesar_-_higor_gustavo.docx</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/nota_de_pesar_-_mario_mariano_-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Mário Mariano da Silva, pelo seu falecimento ocorrido na noite do dia 20 de abril do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/nota_de_pesar_-_joao_matheus_-_ze_gury_jr_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do jovem João Matheus de Oliveira pelo seu falecimento ocorrido no dia 04 de maio do corrente ano. Ele vinha lutando há 1 ano e 08 meses contra um câncer no sangue (leucemia).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/nota_de_pesar_-_anaelson_-_ze_gury_jr__.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Anaelson Nelson de Deus (mais conhecido como Mozin), pelo seu falecimento ocorrido no dia 1º de maio do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/nota_de_pesar_-_robson_regis_-_irmao_adriano_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do jovem Robson Régis de Araújo Lima, pelo seu falecimento ocorrido no dia 04 de maio do corrente ano no Município de Brejo da Madre de Deus.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/nota_de_pesar_-_marluce_maria_-_nilton_senhorinho_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada da Sra. Marluce Maria de Oliveira, mais conhecida como Professora Marluce, pelo seu falecimento ocorrido no dia 09 de maio do corrente ano. Ela era uma professora dedicada e deixou um legado na educação das redes municipal e estadual.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/nota_de_pesar_-_sandra_aragao_-_nilton_senhorinho_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada da Sra. Sandra Aragão, ex-prefeita do Município de Tacaimbó, seu falecimento ocorreu no dia 08 de maio do corrente ano</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/nota_de_pesar_-_neuza_nogueira_-_cristiano_araujo_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada da Sra. Neuza Nogueira de Queiroz, pelo seu falecimento ocorrido no dia 13 de maio do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/nota_de_pesar_-_maria_lauriza_-_daniel_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada da Sra. Maria Lauriza da Costa, pelo seu falecimento ocorrido no dia 22 de maio do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/nota_de_pesar_-_jose_araujo_franklin_-_nilton_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. José Araújo Franklin (Zequinha), pelo seu falecimento ocorrido no dia 23 de maio do corrente ano na Cidade do Recife.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/nota_de_pesar_-_maria_lucia_da_conceicao_-_edson_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada da Sra. Maria Lúcia da Conceição Leite, mais conhecida como Dona Lúcia, pelo seu falecimento ocorrido no dia 28 de maio do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/nota_de_pesar_-_josenilson_-_tenente_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Josenilson da Silva, pelo seu falecimento ocorrido no dia 30 de maio do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/nota_de_pesar_-_neto_senhorinho_-_fabricio_de_chagas.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Neto Senhorinho (irmão do Vereador Nilton Senhorinho) pelo seu falecimento ocorrido no dia 11 de junho do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/nota_de_pesar_-_josenildo_-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Josenildo Sebastião de Araújo, mais conhecido como Nildo de Zé de Bastiana, pelo seu falecimento ocorrido no dia 01 de junho do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/nota_de_pesar_-_abdoral_gomes_-_pitomba.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Empresário Sr. Abdoral Gomes, pelo seu falecimento ocorrido no dia 29 de julho do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>Claudemir_x000D_
+Cristiano Cabeludo_x000D_
+Daniel Lopes_x000D_
+Dé da Cohab I_x000D_
+Edson Silva_x000D_
+Euno Andrade_x000D_
+Fabrício de Chagas_x000D_
+Irmão Adriano_x000D_
+Jack Taboquinha_x000D_
+Lila_x000D_
+Nilton Senhorinho_x000D_
+Pitomba da Lotação_x000D_
+Rui Nunes_x000D_
+Tenente_x000D_
+Zé Guri Jr</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/nota_de_pesar_-_antonio_ferreira_-_toda_a_casa.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Antônio Ferreira dos Santos, mais conhecido como Antônio da Monark, pelo seu falecimento ocorrido no dia 04 de agosto do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/nota_de_pesar_-_jorge_soares-_pitomba_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Radialista Sr. Jorge Soares, pelo seu falecimento ocorrido no dia 28 de julho do corrente ano em nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nota_de_pesar_-_pai_doido_-_nilton_senhorinho_.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Jurandir Bezerra de Araújo, conhecido carinhosamente como “Pai Doido”, pelo seu falecimento ocorrido no dia 25 de agosto do corrente ano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/nota_de_pesar_-_fabio_cachacaria_bitury_-_cristiano_araujo.docx</t>
+  </si>
+  <si>
+    <t>Voto de Pesar, à família enlutada do Sr. Antônio Fábio Alves de Freitas, mais conhecido como Fábio da Cachaçaria Bitury, pelo seu falecimento ocorrido no dia 04 de outubro do corrente ano em nosso Município.</t>
   </si>
   <si>
     <t>Of</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/902/reunioes_do_comdema_2025.pdf</t>
   </si>
   <si>
     <t>Reuniões do COMDEMA.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/895/plano_de_sustentabilidade_2025.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Plano de Sustentabilidade referente ao projeto para execução de obras de pavimentação.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/903/envio_da_base_de_dados_para_confeccionar_a_avaliacao_atuarial_-_belo_jardim_prev.pdf</t>
   </si>
@@ -1657,176 +2443,208 @@
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/961/resposta_oficio_no_2092025_-_secm_fabricio.pdf</t>
   </si>
   <si>
     <t>RESPOSTA OFÍCIO Nº 209/2025 - SECM</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/962/resposta_oficio_no_1432025_-_secm_euno.pdf</t>
   </si>
   <si>
     <t>RESPOSTA OFÍCIO Nº 143/2025 - SECM</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/963/veto_ao_pl_0262025_de_autoria_do_poder_legislativo_municipal_que_possui_como_ementa_respectivamente.pdf</t>
   </si>
   <si>
     <t>Veto ao PL 026/2025 de autoria do Poder Legislativo Municipal, que possui como ementa:_x000D_
  “Institui sobre a divulgação da listagem dos medicamentos disponíveis e em falta na rede pública de saúde no município de Belo Jardim, e dá outras providências”.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/972/oficio_ref._a_n.f._no_143-2025.pdf</t>
   </si>
   <si>
     <t>Ofício, ref. a N.F. n.º 143/2025</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/resposta_oficio_no_9632025_-_secm.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA OFÍCIO Nº 963/2025 - SECM</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/resposta_oficio_no_9932025_-_secm_cristiano.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA OFÍCIO Nº 993/2025 - SECM</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/resposta_oficio_no_9082025_-_secm_fabricio.pdf</t>
+  </si>
+  <si>
+    <t>RESPOSTA OFÍCIO Nº 908/2025 - SECM</t>
+  </si>
+  <si>
+    <t>VT</t>
+  </si>
+  <si>
+    <t>VETO</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/969/veto.pdf</t>
+  </si>
+  <si>
+    <t>Veto ao PL 026/2025 de autoria do Poder Legislativo Municipal, que possui como ementa:_x000D_
+Institui sobre a divulgação da listagem dos medicamentos disponíveis e em falta na rede pública de saúde no município de Belo Jardim, e dá outras providências._x000D_
+VETO MANTIDO.</t>
+  </si>
+  <si>
     <t>LM</t>
   </si>
   <si>
     <t>Leis Municipais</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/928/lei_complementar_no_0032025_altera_a_redacao_do_1o_do_artigo_2o_da_lei_municipal_no_3.401_de_24_de_dezembro_de_2021_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei Complementar n.º 003/2025: "Altera a redação do §1º do artigo 2º da Lei Municipal n.º 3.401, de 24 de dezembro de 2021, e dá outras providências</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/929/lei_complementar_no_0042025_altera_a_redacao_do_4o_do_artigo_3o_da_lei_complementar_no_001_de_23_de_outubro_de_2024_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Complementar nº 004/2025: "Altera a redação do §4º do artigo 3º da Lei Complementar nº 001, de 23 de outubro de 2024, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/891/lei_3.6382024.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.638/2024, cuja ementa: "Estabelece diretrizes para arborização urbana e disciplina a gestão e manejo das áreas verdes e logradouros arborizados no Município de Belo Jardim."</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/892/lei_3.639.2025_-_dispoe_sobre_a_coleta_seletiva_publica_no_municipio_de_belo_jardim-pe..pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.639/2025, cuja ementa: "Dispõe sobre a coleta seletiva pública no Município de Belo Jardim-PE".</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/893/lei_3.640.2025_-_dispoe_sobre_a_alteracao_dos_simbolos_municipais_o_brasao_a_bandeira_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.640/2025, cuja ementa: "Dispõe sobre a alteração dos símbolos municipais: o Brasão, a Bandeira e dá outras providências.".</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/894/lei_3.6412025_-_denomina_o_loteamento_santo_antonio_de_heleno_jose_barbosa_e_da_outras_providencias...pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.641/2025, cuja ementa: "Denomina o Loteamento Santo Antônio de “Heleno José Barbosa” e dá outras providências.".</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/933/lei_no_3658.2025_denomina_a_rua_projetada_01_do_loteamento_jardim_america_pertencente_ao_nosso_municipio_de_rozilda_maria_da_silva_lucio_e_da_outras_providencias.pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/896/lein36_1.pdf</t>
+  </si>
+  <si>
+    <t>Lei nº 3.642/2025;  Institui o Incentivo de Desempenho da Vigilância em Saúde (IDVS) para os profissionais avaliados pelo Município de Belo Jardim de acordo com o cumprimento das metas do Programa de Qualificação das Ações de Vigilância em Saúde (PQA-VS) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/897/lei_no_3643.2025_-_autoriza_o_poder_executivo_municipal_a_conceder_os_incentivos_fiscais_que_especifica_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Lei nº 3.643.2025 Autoriza o Poder Executivo Municipal a conceder os incentivos fiscais que especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/898/lei_no_3.6462025.pdf</t>
+  </si>
+  <si>
+    <t>Lei nº 3.646/2025, cuja ementa: Dispõe sobre a alteração do valor da Cota para o Exercício da Atividade Parlamentar Municipal (CEAPM) prevista na Lei Municipal nº 3.475/2023, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/911/lei_no_3.647.2025_altera_a_redacao_do_art._1o_e_revoga_o_art._6o_da_lei_municipal_no_3.640_de_03_de_janeiro_de_2025_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei nº 3.647.2025: "Altera a redação do art. 1º e revoga o art. 6º da Lei Municipal nº 3.640, de 03 de janeiro de 2025, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/912/lei_no_3.648.2025_-_altera_o_anexo_unico_da_lei_municipal_no_2.081_de_12_de_dezembro_de_2013.pdf</t>
+  </si>
+  <si>
+    <t>Lei nº 3.648/2025: "Altera o Anexo Único da Lei Municipal nº 2.081, de 12 de dezembro de 2013"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/918/lei_municipal_no_3.650-2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_nossa_senhora_da_saude_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal n.º 3.650/2025: "Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de Nossa Senhora da Saúde, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/919/lei_municipal_no_3.651.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.462.2001_de_17_de_abril_de_2001_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal n.º 3.651/2025: "Dispõe sobre a revogação da Lei Municipal n.º 1.462/2001, de 17 de abril de 2001, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/920/lei_municipal_no_3.6522025institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_a_saude_mental__janeiro_branco_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.652/2025:"Institui no Calendário Oficial do Município de Belo Jardim o mês de Conscientização à Saúde Mental — Janeiro Branco, e dá outras providências",</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/921/lei_municipal_no_3.6532025_estabelece_diretrizes_para_a_criacao_do_projeto_belo_jardim_em_movimento_visando_incentivar_a_pratica_de_atividades_fisicas_em_pracas_publicas_e_distritos_no_municipio_de_belo_jardim.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.653/2025: "Estabelece diretrizes para a criação do Projeto Belo Jardim em Movimento, visando incentivar a prática de atividades físicas em praças públicas e distritos no Município de Belo Jardim, e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/922/lei_municipal_no_3.6542025_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_lupus_fibromialgia_doenca_de_alzheimer_e_leucemia__fevereiro_roxo_e_laranja_e_da_outras_pro.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.654/2025: "Institui no Calendário Oficial do Município de Belo Jardim o Mês de Conscientização sobre Lúpus, Fibromialgia, Doença de Alzheimer e Leucemia – Fevereiro Roxo e Laranja, e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/923/lei_municipal_no_3.6552025_dispoe_sobre_a_criacao_da_secretaria_de_politicas_publicas_para_a_mulher_e_juventude_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.655/2025: "Dispõe sobre a criação da Secretaria de Políticas Públicas para a Mulher e Juventude e dá outras providências"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/924/lei_municipal_no_3.6562025_dispoe_sobre_o_valor_do_salario_minimo_no_ambito_do_municipio_de_belo_jardimpe_instituido_atraves_do_decreto_federal_no_12.342_de_30_trinta_de_dezembro_de_2024_e_da_outras_providen.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.656/2025: "Dispõe sobre o valor do salário mínimo no âmbito do Município de Belo Jardim/PE, instituído através do Decreto Federal nº 12.342, de 30 (trinta) de dezembro de 2024, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/925/lei_municipal_no_3.6572025_dispoe_sobre_a_concessao_de_reajuste_salarial_aos_professores_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.657/2025: "Dispõe sobre a concessão de reajuste salarial aos professores da Rede Municipal de Ensino e dá outras providências"</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/933/lei_no_3658.2025.pdf</t>
   </si>
   <si>
     <t>Lei nº 3.658.2025 Denomina a Rua Projetada 01 do Loteamento Jardim América pertencente ao nosso Município de “Rozilda Maria da Silva Lúcio” e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/891/lei_3.6382024_-_estabelece_diretrizes_para_arborizacao_urbana_e_disciplina_a_gestao_e_manejo_das_areas_verdes_e_logradouros_arborizados_no_municipio_de_belo_jardim..pdf</t>
-[...88 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/934/lei_no_3.6592025_dispoe_sobre_a_instituicao_do_programa_saude_e_lazer_na_avenida_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei nº 3.659/2025: Dispõe sobre a instituição do Programa Saúde e Lazer na Avenida e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/935/lei_no_3.6602025_institui_o_dia_municipal_do_pastor_evangelico_e_da_pastora_evangelica_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim.pdf</t>
   </si>
   <si>
     <t>Lei nº 3.660/2025: Institui o Dia Municipal do Pastor Evangélico e da Pastora Evangélica no Calendário Oficial de Eventos do Município de Belo Jardim</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/936/lei_no_3.6612025_-_modifica_a_redacao_do_art._1o_da_lei_municipal_no_2.026_de_03_de_junho_de_2013_adequando-o_as_disposicoes_da_lei_federal_no_12.3282010.pdf</t>
   </si>
   <si>
     <t>Lei nº 3.661/2025 - Modifica a redação do art. 1º da Lei Municipal nº 2.026, de 03 de junho de 2013, adequando-o às disposições da Lei Federal nº 12.328/2010.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/937/lei_no_3.6622025_-__altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei nº 3.662/2025 -  Altera, suprime e revoga artigos da Lei Municipal nº 3.600/2024 e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/940/lei_no_3.6632025_dispoe_sobre_a_desafetacao_e_a_doacao_de_imovel_urbano_para_o_senhor_jose_genuino_da_silva_filho_e_da_outras_providencias.pdf</t>
@@ -1882,60 +2700,60 @@
   <si>
     <t>Lei nº 3.671/2025: Dispõe sobre a devolução voluntária e excepcional de saldo financeiro resultante de economia e consequente não utilização integral de duodécimos do exercício 2025, para auxiliar o Poder Executivo na aquisição de cestas básicas a serem doadas à população hipossuficiente por ocasião da Semana Santa, e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/974/lei_no_3672.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n__3.292.2019_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera o Anexo Único do Quadro dos Cargos Efetivos da Lei Municipal nº 3.292/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/975/lei_no_3.673.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n_3.292.2019_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/989/lei_municipal_no_3.6742025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL Nº 3.674/2025: Dispõe sobre a Revogação da Lei Municipal nº 1.392 datada de 14 de novembro de 2000, relativa à doação de um terreno urbano e dá outras providências,</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/990/lei_municipal_no_3.6752025_estabelece_denominacao_de_orgao_publico_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL Nº 3.675/2025: Estabelece denominação de órgão público e dá outras providências</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/992/lei_municipal_no_3.6762025.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.676/2025 (Ementa: Dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente e dá outras providências. Revoga Integralmente a Lei Municipal nº 1715/2008 e Lei nº 1391/2000)</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/991/lei_municipal_no_3.6772025_denomina_o_predio_do_anexo_ii_da_camara_municipal_de_belo_jardim_de_cicero_alves_da_silva_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei MUNICIPAL nº 3.677/2025: Denomina o Prédio do Anexo II da Câmara Municipal de Belo Jardim de “Cícero Alves da Silva” e dá outras providências</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei Municipal nº 3.676/2025 (Ementa: Dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente e dá outras providências. Revoga Integralmente a Lei Municipal nº 1715/2008 e Lei nº 1391/2000)</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/995/lei_municipal_3.678.2025_dispoe_acerca_da_concessao_de_bolsas_de_estudo_para_servidores_efetivos_e_contratados_da_autarquia_educacional_de_belo_jardim_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA CONCESSÃO DE BOLSAS DE_x000D_
 ESTUDO PARA SERVIDORES EFETIVOS E CONTRATADOS DA_x000D_
 AUTARQUIA EDUCACIONAL DE BELO JARDIM E SEUS FILHOS_x000D_
 OU DEPENDENTES ECONÔMICOS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/996/lei_municipal_3.679.2025_estabelece_denominacao_de_praca_publica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Estabelece denominação de praça pública_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/998/lei_3.680.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_manoel_da_paciencia_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de_x000D_
 Eventos do Município de Belo Jardim, a_x000D_
 Festa de São Manoel da Paciência, e dá_x000D_
@@ -2017,56 +2835,50 @@
   </si>
   <si>
     <t>Estabelece denominação de Via Pública_x000D_
 e dá outras providências. Denomina a Rua_x000D_
 Projetada 08 do Loteamento Sol Nascente II, no_x000D_
 Bairro Euno Andrade da Silva de “Rua Gislaine_x000D_
 Almeida Ferreira de Araújo Ângelo.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1093/lei_municipal_n3.693.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Museu_x000D_
 Histórico e Cultural de Belo Jardim, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_municipal_n3.694.2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 2º da Lei Municipal nº_x000D_
 3.076/2016, de 19 de janeiro de 2016, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1098/lei_municipal_no_3.6942025.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_municipal_no_3.6952025.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.695/2025 - Ementa: Institui e inclui no Calendário Oficial de Eventos do Município de Belo Jardim a Festa de São Pedro da Vila do Socorro, reconhecendo-a como manifestação cultural imaterial, e dá outras providências.;</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_municipal_no_3.6962025.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.696/2025 - Ementa: Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de Nossa Senhora Aparecida no Sítio Rodrigues e dá outras providências;</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_municipal_no_3.6972025.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.697/2025 - Ementa: Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de São José e dá outras providências;</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1102/lei_municipal_no_3.6982025.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.698/2025 - Ementa: Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de São Pedro no Sítio Palha de Xucuru e dá outras providências;</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_municipal_no_3.6992025.pdf</t>
@@ -2111,115 +2923,317 @@
     <t>Lei Municipal nº 3.705/2025 - Ementa: Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de São José, no Sítio Muquém, reconhecendo-a como manifestação cultural e imaterial e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_municipal_no_3.7062025.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.706/2025 - Ementa: Institui a identidade visual institucional do Instituto de Previdência dos Servidores Públicos do Município de Belo Jardim – BELO JARDIM PREV, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_municipal_no_3.7072025.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.707/2025 - Ementa: Institui o pagamento de jeton de presença aos membros dos Conselhos Administrativo, Fiscal e do Comitê de Investimentos do Instituto de Previdência dos Servidores Públicos do Município de Belo Jardim – BELO JARDIM PREV, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1112/lei_3708.2025_-_dispoe_sobre_o_programa_de_apoio_ao_desenvolvimento_infantil_e_nclusivo_educacao.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Belo Jardim o “Programa de Apoio ao Desenvolvimento Infantil e Inclusivo”, para atender estudantes devidamente matriculados na Rede Municipal de Ensino das Modalidades Educação Infantil (Creche e Pré-Escola) e Educação Inclusiva (Estudantes com deficiências, síndromes ou mobilidade reduzida).</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1113/lei_3709.2025_-_loteamento_alto_limpo.pdf</t>
   </si>
   <si>
     <t>LOTEAMENTO ALTO LIMPO</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/pldo_2026_-_final_merged.pdf</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/lei_no_3.710.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização dos_x000D_
 débitos educacionais e acordos de_x000D_
 parcelamento, e estabelece as diretrizes para_x000D_
 cobrança de taxas e prestação de serviços_x000D_
 acadêmicos da Autarquia Educacional do_x000D_
 Belo Jardim – AEB e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1189/lei_3.711.2025.pdf</t>
-[...4 lines deleted...]
-providências - LDO.</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/pldo_2026_-_final_merged.pdf</t>
+  </si>
+  <si>
+    <t>PLDO 2026</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/lei_n_3712.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano para a_x000D_
 empresa MIGUEL ANGELO DOS SANTOS SILVA-ME e dá_x000D_
 outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/lei_3713.2025.pdf</t>
+  </si>
+  <si>
+    <t>Lei 3713.2025 - Institui e inclui no Calendário Oficial de Eventos do Município de Belo Jardim a Festa de Nossa Senhora das Cabeças, no Sítio Passagem, reconhecendo-a como manifestação cultural, e dá outras providências.</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/lei_3714.2025_inclui_festividade_cultural_no_dia_da_emancipacao_municipal_de_belo_jardim_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>LEI 3714.2025 - Inclui festividade cultural no dia da Emancipação Municipal de Belo Jardim e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/lei_3713.2025_institui_e_inclui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_nossa_senhora_das_cabecas_no_sitio_passagem_reconhecendo-a_como_manifestacao_cultural..pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/lei-n-3-715-institui-o-regime-de-escala-12x36_aeb..pdf</t>
   </si>
   <si>
     <t>lei-n-3-715-institui-o-regime-de-escala-12x36 AEB.</t>
   </si>
   <si>
-    <t>VT</t>
-[...10 lines deleted...]
-VETO MANTIDO.</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/ilovepdf_merged_56.pdf</t>
+  </si>
+  <si>
+    <t>Denomina vias projetadas no Loteamento_x000D_
+Marco Leite, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1231/3719.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 3.357, de 25 de junho de 2021, e suas alterações posteriores (Leis Municipais nº 3.344/2021, nº 3.495/2023, nº 3.503/2023 e nº 3.649/2025), para dispor sobre a vinculação administrativa, orçamentária e financeira da Unidade Executora de Controle Interno do Instituto de Previdência dos Servidores Públicos do Município de Belo Jardim – UECIBPREV, bem como para atualizar as Tabelas I-B e II-B, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/3720.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.544_de_27_de_dezembro_de_2023_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Revogação da Lei Municipal nº 3.544 de 27 de dezembro de 2023 e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/3721.2025_.pdf</t>
+  </si>
+  <si>
+    <t>3721.2025   Dispõe sobre a Alteração da Lei Municipal 951 de 19 de maio de 1993 criação, regularização e provimento dos cargos de Professor de Artes no Município de Belo Jardim, Estado de Pernambuco</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/3722.2025.pdf</t>
+  </si>
+  <si>
+    <t>Denomina a rua Principal da Vila Campo Novo, zona rural de Belo Jardim,  de “Rua Tânia Caze de Arruda Rodrigues”, em homenagem a senhora Sebastiana Caze de Arruda Rodrigues, e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/3723.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização ao Poder Executivo para doar espaço público localizado na Praça de Alimentação, situado no Pátio da Feira, a Sra. ROSINEIDE NASCIMENTO DA SILVA e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/3724.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração a Lei Municipal nº 3.551, de 2023, revogando de doação de imóvel prevista em seu artigo 2º, exclusivamente em relação a beneficiária Maria do Socorro dos Santos, e reverte o bem especifico ao domínio público municipal em razão do descumprimento dos encargos estabelecidos</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/3725.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação dos arts. 11 §§ 1º e 2º  e 17, § 2º, da Lei Municipal nº 3.676/2025, que dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/lei_3726_doacao_de_terreno_bernardino_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para o Sr. BERNARDINO DE OLIVEIRA SILVA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/lei_3728_alteracao_cargo_de_assessor_tecnicoe_criando_o_cargo_de_orientador_de_tansito.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo II da Lei Municipal nº 3.344/2021, visando extinguir o cargo comissionado de Assessor Técnico e criando cargo comissionado de Orientador de Trânsito, e dá outras providências._x000D_
+O</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/lei_3.729_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf</t>
+  </si>
+  <si>
+    <t>Institui no Calendário Oficial de Eventos do Município de Belo Jardim, a Festa de Nossa Senhora do Bom Conselho, no bairro do Bom Conselho. Reconhecendo-a como manifestação cultural e imaterial e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/lei_3.730.2025_reconhece_e_declara_de_utilidade_publica_municipal_o_instituto_pipa.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece e declara de Utilidade Pública Municipal o Instituto PIPA</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/lei_n_3_731_doacao_de_terreno_jorge_felipe_.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/lei_3732.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/lei_3733.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.043_de_29_de_abril_de_1994_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Revogação da Lei Municipal nº 1.043 de 29 de abril de 1994 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/lei_n_3_734_estabelece_denominacao_de_cozinha_comunitaria_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>“Estabelece denominação de Cozinha Comunitária e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/lei_3735.2025_-_dispoe_sobre_a_proibicao_do_corte_dos_servicos_de_fornecimento_de_energia_eletrica_e_agua_no_municipio_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição do corte dos serviços de fornecimento de energia elétrica e água no município e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/lei_municipal_no_3.736.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_empresa_adilson_antonio_de_assuncao-me_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.736/2025 - Ementa:“Dispõe sobre a doação de terreno urbano para a empresa ADILSON ANTONIO DE ASSUNÇÃO-ME e dá outras providências."</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/lei_municipal_3.737.2025.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal Nº 3.737/2025 - Dispõe sobre as taxas municipais de prestação de serviços ambientais decorrentes das atividades administrativas de licenciamento ambiental, estabelece prazos de validade das licenças ambientais, institui o Termo de Compromisso Ambiental (TCA) conforme o Código Municipal de Meio Ambiente e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/lei_municipal_no_3738.2025_-_institui_o_novo_codigo_tributario_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal Nº 3.738/2025 - Institui o novo Código Tributário do Município de Belo Jardim, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/lei_municipal_no_3.739.2025__dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026_-_2029_e_da_outras_providencias._ppa.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.739/2025 - Ementa:"Dispõe sobre o Plano Plurianual para o quadriênio 2026- 2029, e dá outras providências. "</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/lei_municipal_no_3.740.2025_estabelece_denominacao_de_espaco_publico_e_da_outras_providencias_praca_ailton_vieira_cintra..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.740/2025- Ementa: "Estabelece denominação de espaço público e dá outras providências."</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/lei_municipal_no_3.742.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.069_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.742/2025 - Ementa:"Dispõe sobre a Revogação da Lei Municipal nº 3.069 de 31 de dezembro de 2015 e dá outras providências. "</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/lei_municipal_no_3.743.2025__-__dispoe_sobre_a_revogacao_da_lei_municipal_no_3.068_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.743/2025  - Ementa:"Dispõe sobre a Revogação da Lei Municipal nº 3.068 de 31 de dezembro de 2015 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/lei_municipal_no_3.744.2025_-_ementa_estima_a_receita_e_fixa_a_despesa_do_municipio_para_o_exercicio_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.744/2025 - Ementa: Estima a RECEITA e fixa a DESPESA do Município para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/lei_municipal_no_3.745.025_-_altera_a_redacao_dos_incisos_i_e_ii_e_acrescenta_o_inciso_iii_ao_artigo_15_da_lei_municipal_no_1.601_de_12_de_agosto_de_2004_que_dispoe_sobre_o_regime_proprio_de_previdencia.pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.745/2025 - Ementa: Altera a redação dos incisos I e II e acrescenta o inciso III ao artigo 15 da Lei Municipal nº 1.601, de 12 de agosto de 2004, que dispõe sobre o Regime Próprio de Previdência Social dos Servidores Públicos do Município de Belo Jardim – BELO JARDIM PREV, para adequar as alíquotas de contribuição patronal e dos segurados à estrutura de segregação de massas e ao cálculo atuarial vigente.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/lei_municipal_3.746.2025.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_municipal_3.747.2025.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_municipal_3.748.20025.pdf</t>
+  </si>
+  <si>
+    <t>Considera de Utilidade Pública, a Associação Atlética Belo Jardinense – AABJ, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_municipal_no_3.7492025_-_ementa_denomina_vias_projetadas_no_loteamento_sol_nascente_3_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.749/2025 - Ementa: Denomina vias projetadas no Loteamento Sol Nascente 3, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/lei_municipal_no_3.7502025_-_ementa_estabelece_denominacao_de_estrada_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.750/2025 - Ementa: Estabelece denominação de estrada e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/lei_municipal_3751.2025.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/lei_municipal_3.752.2025.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/lei_municipal_3.753.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/lei_municipal_no_3.7542025_-_ementa_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal nº 3.754/2025 - Ementa: Dispõe sobre a doação de terreno urbano para a Fundação Bitury e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/3755.2025_dispoe_sobre_a_doacao_de_terreno_urbano_paraalvorada_construcoes.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/lei_3757.2025_-__altera_a_lei_3412_2022_altera_o_inciso_iii_do_artigo_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera o inciso III do Artigo 1º da Lei Municipal nº 3.412/2022 e dá outras providências</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/lei_3758.2025_-_doacao_defensoria_publica.pdf</t>
+  </si>
+  <si>
+    <t>Lei_n_3_758_Doacao_Defensoria_Publica</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/lei_n_3_759_doacao_alfa_engenharia.pdf</t>
+  </si>
+  <si>
+    <t>Lei_n_3_759_Doacao_Alfa_Engenharia</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/lei_n_3_760_doacao_c3_engenharia.pdf</t>
+  </si>
+  <si>
+    <t>Lei_n_3_760_Doacao_C3_Engenharia</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/lei_municipal_no_3.761.2025.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/lei_municipal_no_3762.2025.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2523,8517 +3537,12777 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_004.2025_-_proibe_o_manuseio_utilizacao_queima_e_soltura_de_fogos_e_artefatos_de_alto_impacto._1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_n009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_n010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/907/altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/908/projeto_de_lei_025.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/917/pl_025.2025_-_institui_o_programa_de_incentivo_a_regularizacao_fiscal_com_a_fazenda_publica_do_municipio_de_belo_jardim_denominado_refis_belo_jardim_2025_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/926/projeto_de_lei_029-2025_dispoe_sobre_a_criacao_da_secretaria_executiva_de_industria_e_comercio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/930/pl_031.2025_-_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_no____.2025_-_doacao_do_onix_a_sec._obras..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/932/pl_032.2025_-_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_n033.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_034-2025dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/949/pojet._de_lei_036.2025_-_dispoe_sobre_a_politica_municipal_de_atendimento_dos_direitos_da_crianca_e_do_adolescente_e_da_outras_providencias._revoga_integralmente_a_lei_municipal_no_17152008_e_lei_no_13912000..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/950/pl_037.2025_-_dispoe_acerca_da_concessao_de_bolsas_de_estudo_para_servidores_efetivos_e_contratados_da_autarquia_educacional_de_belo_jardim_e_seus_filhos_ou_dependentes_economicos_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/956/pl_038.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_educadores_fisicos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/957/pl_039.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_arquiteto.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/958/pl_040.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.188_datada_de_13_de_novembro_de_1997_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n044.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/971/projeto_de_lei_n045.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/973/pl_046.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.309_datada_de_15_de_junho_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_lei_n047.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_lei_n048.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_049.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_lei_n_050.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_lei_n051.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n052.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n056.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n057.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n058.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/985/pl_060.2025_dispoe_sobre_a_criacao_do_museu_historico_e_cultural_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/986/pl_061.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.034-a_datada_de_18_de_marco_de_1994_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/987/pl_062.2025_-_altera_o_artigo_2o_da_lei_municipal_no_3.0762016_de_19_de_janeiro_de_2016_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/988/pl_063.2025_-_dispoe_sobre_a_regulamentacao_da_atividade_dos_guias_e_condutores_de_turismo_no_ambito_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/994/minuta_final_do_projeto_de_lei_comjuve.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1087/ilovepdf_merged_28.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_n069.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1095/ilovepdf_merged_35.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1096/projeto_de_lei_n075.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_lei_n_076.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/pl_077_dispoe_sobre_a_regularizacao_dos_debitos_educacionais_e_acordos_de_parcelamento_e_estabelece_as_diretrizes_para_cobranca_de_taxas_e_prestacao_de_servicos_academicos_da_autarquia_educacional_do_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/projeto_de_lei_n078.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_no080.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1172/projeto_de_lei_n081.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n083.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/projeto_de_lei_n084.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_le_086_2025_estabelece_diretrizes_para_a_concessao_de_desconto_no_imposto_predial_e_territorial_urbano_iptu_a_pessoas_fisicas_que_adotarem_animais_resgatados_por_organizacoesi_-_edson_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/projeto_de_lei_087.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_088.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/pl._089-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jorge_felipe_da_silva_cacimiro_e_da_outra09092025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/pl._090-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ilovepdf_merged_51.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/ilovepdf_merged_52.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/ilovepdf_merged_53.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_098.2025_-dispoe_sobre_parcelamento_de_debitos_do_municipio_de_belo_jardim_para_com_o_seu_rpps_em_tudo_observado_o_disposto_nos_arts._115_e_117_dos_adct_com_a_redacao_dada_pela_ec_136_de_9_setembro_2025..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_099.2025_-dispoe_sobre_doacao_de_terreno_para_a_sra._rosineide_nascimento_da_silva03102025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_100.2025_-dispoe_sobre_a_lei_3551.2023_revogando__doacao_do_imovel_prevista_no_art._2o_e_reverte_o_bem_ao_dominio_publico_municipal_em_razao_do_descumprimento_dos_encargos_estabelecidos..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_resolucao_n003.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1012/1.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1011/2.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1010/3.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1009/4.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1008/5.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1007/06.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1006/7.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1005/8.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1004/09.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1003/10.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/997/11.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1000/12.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1001/13.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1002/14.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1031/15.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1030/16.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1029/17.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1028/18.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1027/19.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1026/20.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1025/21.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1024/22.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1023/23.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1022/24.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1021/25.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1020/26.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1019/27.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1018/28.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1017/29.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1016/30.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1015/31.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1014/32.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1013/33.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1040/34.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1039/35.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1038/36.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1037/37.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1036/38.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1035/40.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1034/41.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1033/42.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1032/43.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1047/44.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1046/45.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1045/46.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1044/47.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1043/48.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1042/49.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1041/50.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1059/53.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1058/54.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1057/55.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1056/56.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1055/59.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1054/60.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1053/61.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1052/62.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1051/63.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1050/64.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1049/65.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1048/66.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1068/67.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1065/68.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1066/70.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1064/71.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1063/72.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1076/73.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1075/74.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1074/75.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1073/76.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1072/77.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1071/78.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1070/79-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1069/80.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1114/812025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/822025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/832025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/842025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/852025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/862025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/8472025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/882025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/892025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/902025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/91.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/92.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/94.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/95.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/96.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/97.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/92025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/99.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/100.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/101.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/102.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/103.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/104.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/105.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/106.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/107.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/108.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/109.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1130/10.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/111.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/112.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/1132025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1134/114.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/115.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/116.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/117.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/118.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/119.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/120.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/req_121.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/req_122.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento_no_123.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1180/req_124.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/requerimento_no_125.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1182/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_n_129.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_130-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_132-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/requerimento_133-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/requerimento_134-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/requerimento_135-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/requerimento_136-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/requerimento_137-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/requerimento_138-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_139-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_140-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_141-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/requerimento_142-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/requerimento_143-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_144-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_145-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/requerimento_146-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_147-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_148-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n004.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/indicacao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/indicacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/indicacao_no_008_-_envio_de_semente_para_os_agricutores_-_cristiano.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_no_009_-_reativacao_de_posto_polical_em_serra_dos_ventos_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_n_010_-_cristiano_-_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_n_011_-_everaldo_-_passarelas.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_012_-__claudemir_-_estacao_de_tratamento_de_xucuru_.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_015_-_departamento_de_estradas_-_fabricio___.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_016_-_cozinha_comunitaria_-_rui_nunes__.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1164/indicacao_no_017_-_construcao_de_barragem_-_claudemir_.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_no_018_-_pavimentacao_asfaltica_-_claudemir__-_copiar.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_019-fiscalizar_venda_ilegal_de_chumbinho_-_de_da_cohab_.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/indicacao_no_020_-_tfd_-_lila.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/947/resposta_do_pedido_de_informacao_verbal_no_0012025_sobre_informacoes_referentes_ao_pasep_do_ano_de_2023_dos_servidores_deste_municipio_do_prefeito_e_da_secretaria_de_gestao._lila.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/902/reunioes_do_comdema_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/895/plano_de_sustentabilidade_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/903/envio_da_base_de_dados_para_confeccionar_a_avaliacao_atuarial_-_belo_jardim_prev.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/904/oficio_001.2025_faculdade_pitagoras.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_ao_oficio_no_0172025_-_secm_-_construcao_de_quadra_poliesportiva..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/914/resposta_oficio_no_0252025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/915/resposta_oficio_no_0282025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/916/resposta_oficio_no_0312025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/927/reativaacao_posto_policial_xucuru..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/941/resposta_oficio_no0892025_-_secm_vereador_elias_henrique.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/942/resposta_oficio_no2852025_-_secm_ze_guri.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/943/resposta_oficio_no_2582025_-_secm_helias_henrique.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/944/resposta_oficio_no_1482025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/945/resposta_oficio_no0682025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/946/resposta_oficio_no0392025_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/954/resposta_oficio_no_0702025_-_secm_-_daniel_lopes.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/955/resposta_oficio_no_205_2025_-_secm_adriano.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/959/resposta_oficio_no_2352025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/960/resposta_oficio_no_1182025_-_secm_cristiano.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/961/resposta_oficio_no_2092025_-_secm_fabricio.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/962/resposta_oficio_no_1432025_-_secm_euno.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/963/veto_ao_pl_0262025_de_autoria_do_poder_legislativo_municipal_que_possui_como_ementa_respectivamente.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/972/oficio_ref._a_n.f._no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/928/lei_complementar_no_0032025_altera_a_redacao_do_1o_do_artigo_2o_da_lei_municipal_no_3.401_de_24_de_dezembro_de_2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/892/lei_3.639.2025_-_dispoe_sobre_a_coleta_seletiva_publica_no_municipio_de_belo_jardim-pe..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/893/lei_3.640.2025_-_dispoe_sobre_a_alteracao_dos_simbolos_municipais_o_brasao_a_bandeira_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/894/lei_3.6412025_-_denomina_o_loteamento_santo_antonio_de_heleno_jose_barbosa_e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/933/lei_no_3658.2025_denomina_a_rua_projetada_01_do_loteamento_jardim_america_pertencente_ao_nosso_municipio_de_rozilda_maria_da_silva_lucio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/891/lei_3.6382024_-_estabelece_diretrizes_para_arborizacao_urbana_e_disciplina_a_gestao_e_manejo_das_areas_verdes_e_logradouros_arborizados_no_municipio_de_belo_jardim..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/896/lein36_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/897/lei_no_3643.2025_-_autoriza_o_poder_executivo_municipal_a_conceder_os_incentivos_fiscais_que_especifica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/898/lei_no_3.6462025_cuja_ementa_dispoe_sobre_a_alteracao_do_valor_da_cota_para_o_exercicio_da_atividade_parlamentar_municipal_ceapm_prevista_na_lei_municipal_no_3.4752023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/911/lei_no_3.647.2025_altera_a_redacao_do_art._1o_e_revoga_o_art._6o_da_lei_municipal_no_3.640_de_03_de_janeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/912/lei_no_3.648.2025_-_altera_o_anexo_unico_da_lei_municipal_no_2.081_de_12_de_dezembro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/918/lei_municipal_no_3.650-2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_nossa_senhora_da_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/919/lei_municipal_no_3.651.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.462.2001_de_17_de_abril_de_2001_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/920/lei_municipal_no_3.6522025institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_a_saude_mental__janeiro_branco_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/921/lei_municipal_no_3.6532025_estabelece_diretrizes_para_a_criacao_do_projeto_belo_jardim_em_movimento_visando_incentivar_a_pratica_de_atividades_fisicas_em_pracas_publicas_e_distritos_no_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/922/lei_municipal_no_3.6542025_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_lupus_fibromialgia_doenca_de_alzheimer_e_leucemia__fevereiro_roxo_e_laranja_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/923/lei_municipal_no_3.6552025_dispoe_sobre_a_criacao_da_secretaria_de_politicas_publicas_para_a_mulher_e_juventude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/924/lei_municipal_no_3.6562025_dispoe_sobre_o_valor_do_salario_minimo_no_ambito_do_municipio_de_belo_jardimpe_instituido_atraves_do_decreto_federal_no_12.342_de_30_trinta_de_dezembro_de_2024_e_da_outras_providen.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/925/lei_municipal_no_3.6572025_dispoe_sobre_a_concessao_de_reajuste_salarial_aos_professores_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/929/lei_complementar_no_0042025_altera_a_redacao_do_4o_do_artigo_3o_da_lei_complementar_no_001_de_23_de_outubro_de_2024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/934/lei_no_3.6592025_dispoe_sobre_a_instituicao_do_programa_saude_e_lazer_na_avenida_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/935/lei_no_3.6602025_institui_o_dia_municipal_do_pastor_evangelico_e_da_pastora_evangelica_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/936/lei_no_3.6612025_-_modifica_a_redacao_do_art._1o_da_lei_municipal_no_2.026_de_03_de_junho_de_2013_adequando-o_as_disposicoes_da_lei_federal_no_12.3282010.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/937/lei_no_3.6622025_-__altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/940/lei_no_3.6632025_dispoe_sobre_a_desafetacao_e_a_doacao_de_imovel_urbano_para_o_senhor_jose_genuino_da_silva_filho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/951/lei_municipal_no_3.664.2025_institui_o_programa_de_parcerias_publico-privadas_e_de_concessoes_do_municipio_de_belo_jardim-pe_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/952/lei_municipal_no_3.665.2025_institui_o_programa_de_incentivo_a_regularizacao_fiscal_com_a_fazenda_publica_do_municipio_de_belo_jardim_denominado_refis_belo_jardim_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/953/lei_municipal_no_3.6662025_dispoe_sobre_a_doacao_de_veiculo_da_camara_municipal_de_belo_jardim_ao_municipio_de_belo_jardim_afetado_ao_uso_exclusivo_da_secretaria_municipal_de_obras_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/964/lei_no_3.667.2025_denomina_o_novo_auditorio_da_secretaria_de_educacao_de_belo_jardim_de_quiteria_maria_cordeiro_de_lucena_monteiro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/965/lei_no_3.668.2025_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/966/lei_no_3.6692025_ementa_altera_a_redacao_da_lei_no_3.3652021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/968/lei_no_3.6702025_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/967/lei_no_3.6712025_dispoe_sobre_a_devolucao_voluntaria_e_excepcional_de_saldo_financeiro_resultante_de_economia_e_consequente_nao_utilizacao_integral_de_duodecimos_do_exercicio_2025_para_auxiliar_o_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/974/lei_no_3672.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n__3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/975/lei_no_3.673.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n_3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/989/lei_municipal_no_3.6742025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/990/lei_municipal_no_3.6752025_estabelece_denominacao_de_orgao_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/991/lei_municipal_no_3.6772025_denomina_o_predio_do_anexo_ii_da_camara_municipal_de_belo_jardim_de_cicero_alves_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/992/lei_municipal_no_3.6762025_ementa_dispoe_sobre_a_politica_municipal_de_atendimento_dos_direitos_da_crianca_e_do_adolescente_e_da_outras_providencias._revoga_integralmente_a_lei_municipal_no_17152008_e_lei_no_139.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/995/lei_municipal_3.678.2025_dispoe_acerca_da_concessao_de_bolsas_de_estudo_para_servidores_efetivos_e_contratados_da_autarquia_educacional_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/996/lei_municipal_3.679.2025_estabelece_denominacao_de_praca_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/998/lei_3.680.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_manoel_da_paciencia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/999/lei_3.681.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_xucuru_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1080/lei_no_3.6832025ementa_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.188_datada_de_13_de_novembro_de_1997_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1081/lei_no_3.6842025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_agua_fria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1082/lei_no_3.6852025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_santo_antonio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1083/lei_no_3.6862025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_autismo__abril_azul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_no_3.6872025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_cancer_bucal__maio_vermelho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1085/lei_no_3.6882025_ementa_altera_o_4_lei_municipal_no_3.4422022_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1086/lei_no_3.6892025_ementa_denomina_a_unidade_basica_de_saude_ubs_do_bairro_do_pontilhao_de_severino_bernardino_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1090/lei_municipal_n3.690.2025_-_inclui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_o_sao_joao_de_santa_luzia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1091/lei_municipal_n_3.691.2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1092/lei_municipal_n3.692.2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1093/lei_municipal_n3.693.2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_municipal_n3.694.2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1098/lei_municipal_no_3.6942025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_municipal_no_3.6952025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_municipal_no_3.6962025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_municipal_no_3.6972025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1102/lei_municipal_no_3.6982025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_municipal_no_3.6992025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1104/lei_municipal_no_3.7002025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1105/lei_municipal_no_3.7012025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1106/lei_municipal_no_3.7022025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1107/lei_municipal_no_3.7032025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1108/lei_municipal_no_3.7042025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1109/lei_municipal_no_3.7052025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_municipal_no_3.7062025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_municipal_no_3.7072025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1112/lei_3708.2025_-_dispoe_sobre_o_programa_de_apoio_ao_desenvolvimento_infantil_e_nclusivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1113/lei_3709.2025_-_loteamento_alto_limpo.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/pldo_2026_-_final_merged.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/lei_no_3.710.2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1189/lei_3.711.2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/lei_n_3712.2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/lei_3714.2025_inclui_festividade_cultural_no_dia_da_emancipacao_municipal_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/lei_3713.2025_institui_e_inclui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_nossa_senhora_das_cabecas_no_sitio_passagem_reconhecendo-a_como_manifestacao_cultural..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/lei-n-3-715-institui-o-regime-de-escala-12x36_aeb..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/969/veto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_004.2025_-_proibe_o_manuseio_utilizacao_queima_e_soltura_de_fogos_e_artefatos_de_alto_impacto._1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_n009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_n010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/907/altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/908/projeto_de_lei_025.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/917/pl_027.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_no____.2025_-_doacao_do_onix_a_sec._obras..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/930/pl_031.2025_-_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/932/pl_032.2025_-_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_n033.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_034-2025dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/949/pojet._de_lei_036.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/950/pl_037.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/956/pl_038.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_educadores_fisicos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/957/pl_039.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_arquiteto.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/958/pl_040.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n044.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/971/projeto_de_lei_n045.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/973/pl_046.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.309_datada_de_15_de_junho_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_lei_n047.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_lei_n048.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_049.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_lei_n_050.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_lei_n051.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n052.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n056.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n057.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n058.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/985/pl_060.2025_dispoe_sobre_a_criacao_do_museu_historico_e_cultural_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/986/pl_061.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/987/pl_062.2025_-_altera_o_artigo_2o_da_lei_municipal_no_3.0762016_de_19_de_janeiro_de_2016_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/988/pl_063.2025_-_dispoe_sobre_a_regulamentacao_da_atividade_dos_guias_e_condutores_de_turismo_no_ambito_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1087/ilovepdf_merged_28.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_n069.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/994/minuta_final_do_projeto_de_lei_comjuve.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1095/ilovepdf_merged_35.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1096/projeto_de_lei_n075.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_lei_n_076.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/pl_077_dispoe_sobre_a_regularizacao_dos_debitos_educacionais_e_acordos_de_parcelamento_e_estabelece_as_diretrizes_para_cobranca_de_taxas_e_prestacao_de_servicos_academicos_da_autarquia_educacional_do_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/projeto_de_lei_n078.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_no080.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ilovepdf_merged_51.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/ilovepdf_merged_52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n083.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/projeto_de_lei_n084.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_le_086_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/projeto_de_lei_087.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_088.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/pl._089-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jorge_felipe_da_silva_cacimiro_e_da_outra09092025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/pl._090-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/ilovepdf_merged_53.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_098.2025..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_099.2025_-dispoe_sobre_doacao_de_terreno_para_a_sra._rosineide_nascimento_da_silva03102025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_100.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/pl_104.2025_altera_a_redacao_dos_arts11_1o_e_172o_da_lei_municipal_3676.2025_que_dispoes_sobre_pol._mun_de_atendimentonda_crianca_e_do_adolescente..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/pl_105.2025_institui_o_programa_de_incentivo_a_regularizacao_e_a_implantacao_de_loteamentos_residenc08102025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_106.2025_-_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/oficio_009-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ilovepdf_merged_59.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/pl_109.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/p.l_110.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_1014_de_29_de_abril_de_1994..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1229/ilovepdf_merged_60.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1230/ilovepdf_merged_61.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/pl_114.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/ilovepdf_merged_62.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/ilovepdf_merged_63.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/pl_117.2025_-_institui_o_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/pl_119.2025_-_revogacao_da_lei_municipal_n3.068_de_31_de_dezembro_de_202514112025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_n_120_-_2025_-_cria_cargos_efetivos_cmbj_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_122.2025altera_os_incisos_iii_e_acrescenta_os_incisos_iv_aos_artigos_30_e_34_da_lei_municipal_no_1.601_de_30_de_abril_de_2004_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_123.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/pl_124.2025_-_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_cavalgada_no_distrito_de_xucuru_e_da_outras_providencias1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei125.2025_-_estrada_incio_ricarto_de_souza.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/projeto_de_lei_126.2025_-_altera_em_parte_o_artigo_1o_da_lei_municipal_no_3.5462023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/projeto_de_lei_127.2025_institui_no_ambito_do_municipio_de_belo_jardim_o_programa_integra_comunidade_destinado_ao_atendimento_de_estudantes_dos_anos_iniciais_e_anos_finais_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_128.2025_institui_o_programa_alfabetiza_belo_jardim_no_ambito_da_rede_municipal_de_ensino_de_belo_jardim-pe_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/projeto_de_lei_129.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/pl._130.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_131.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/pl_132.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/pl_133.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/pl_134.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/pl_135.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/pl_136.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/pl_137.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/pl_138.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/pl_139.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/pl_140.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_141.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/pl_142.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/pl_143.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_igreja_evangelica_trono_da_graca_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_144.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_resolucao_n003.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/proj._de_decreto_001-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/proj._de_decreto_002-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/proj._de_decreto_003-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/proj._de_decreto_004-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/proj._de_decreto_005-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/proj._de_decreto_006-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/oficio_033-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_decreto_010.2025_titulo_de_cidadao_-_rosineide_lima.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_decreto_011.2025_titulo_de_cidadao_-_coronel_meira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/947/resposta_do_pedido_de_informacao_verbal_no_0012025_sobre_informacoes_referentes_ao_pasep_do_ano_de_2023_dos_servidores_deste_municipio_do_prefeito_e_da_secretaria_de_gestao._lila.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/pedido_de_informacao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/pedido_de_informacao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/pedido_de_informacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/pedido_de_informacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/pedido_de_informacao_007.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/pedido_de_informacao_008.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/pedido_de_informacao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1012/1.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1011/2.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1010/3.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1009/4.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1008/5.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1007/06.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1006/7.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1005/8.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1004/09.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1003/10.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/997/11.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1000/12.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1001/13.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1002/14.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1031/15.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1030/16.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1029/17.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1028/18.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1027/19.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1026/20.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1025/21.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1024/22.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1023/23.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1022/24.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1021/25.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1020/26.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1019/27.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1018/28.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1017/29.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1016/30.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1015/31.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1014/32.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1013/33.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1040/34.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1039/35.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1038/36.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1037/37.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1036/38.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1035/40.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1034/41.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1033/42.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1032/43.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1047/44.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1046/45.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1045/46.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1044/47.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1043/48.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1042/49.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1041/50.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1059/53.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1058/54.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1057/55.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1056/56.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1055/59.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1054/60.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1053/61.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1052/62.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1051/63.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1050/64.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1049/65.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1048/66.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1068/67.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1065/68.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1066/70.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1064/71.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1063/72.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1076/73.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1075/74.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1074/75.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1073/76.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1072/77.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1071/78.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1070/79-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1069/80.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1114/812025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/822025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/832025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/842025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/852025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/862025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/8472025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/882025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/892025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/902025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/91.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/92.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/94.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/95.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/96.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/97.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/92025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/99.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/100.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/101.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/102.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/103.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/104.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/105.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/106.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/107.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/108.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/109.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1130/10.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/111.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/112.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/1132025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1134/114.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/115.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/116.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/117.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/118.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/119.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/120.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/req_121.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/req_122.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento_no_123.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1180/req_124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/requerimento_no_125.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1182/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_n_129.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_130-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_132-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/requerimento_133-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/requerimento_134-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/requerimento_135-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/requerimento_136-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/requerimento_137-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/requerimento_138-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_139-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_140-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_141-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/requerimento_142-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/requerimento_143-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_144-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_145-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/requerimento_146-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_147-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_148-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n004.2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/indicacao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/indicacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/indicacao_no_008_-_envio_de_semente_para_os_agricutores_-_cristiano.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_no_009_-_reativacao_de_posto_polical_em_serra_dos_ventos_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_n_010_-_cristiano_-_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_n_011_-_everaldo_-_passarelas.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_012_-__claudemir_-_estacao_de_tratamento_de_xucuru_.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_015_-_departamento_de_estradas_-_fabricio___.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_016_-_cozinha_comunitaria_-_rui_nunes__.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1164/indicacao_no_017_-_construcao_de_barragem_-_claudemir_.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_no_018_-_pavimentacao_asfaltica_-_claudemir__-_copiar.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_019-fiscalizar_venda_ilegal_de_chumbinho_-_de_da_cohab_.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/indicacao_no_020_-_tfd_-_lila.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/mocao_de_aplauso_-__congresso_de_mulheres_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/mocao_de_aplauso_-__corrida_pe_na_obra__-_cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/mocao_de_aplauso_-__despertarismo_-_jack_de_taboquinha_.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_de_aplauso_-__festa_das_marocas_-_cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/mocao_de_aplauso_-__formacao_de_policiais_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/mocao_de_aplauso_-_aa_-_de_da_cohab_i_.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_de_aplauso_-_adorarte_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_de_aplauso_-_agape_-_edson_silva_.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/mocao_de_aplauso_-_amara_torres_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mocao_de_aplauso_-_amor_a_bike_-_de_da_cohab_.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/mocao_de_aplauso_-_antonio_habib_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_de_aplauso_-_antonio_habib_-_nilton_.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/mocao_de_aplauso_-_baile.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/mocao_de_aplauso_-_blocos_carnavalescos_-_fabricio.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_de_aplauso_-_blocos_carnavalescos_.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplauso_-_bombeiros_-_edson___.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/mocao_de_aplauso_-_bras_sapateiro_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/mocao_de_aplauso_-_ciclistas_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/mocao_de_aplauso_-_copa_png_de_volei__-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/mocao_de_aplauso_-_corpo_docente_joaquim_medeiros_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/mocao_de_aplauso_-_dia_do_circo_-_rui_nunes.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/mocao_de_aplauso_-_encontro_de_sanfoneiros_-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_de_aplauso_-_escola_julio_magalhaes_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_de_aplauso_-_escola_tenente_joao_cordeiro_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/mocao_de_aplauso_-_festa_das_criancas_-__fabricio_.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/mocao_de_aplauso_-_festa_das_maes-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/mocao_de_aplauso_-_festa_de_agua_fria.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/mocao_de_aplauso_-_festa_de_nossa_senhora_aparecida_-__fabricio_.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/mocao_de_aplauso_-_gal_da_padaria_-_de_da_cohab_i_.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/mocao_de_aplauso_-_guarda_municipal.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/mocao_de_aplauso_-_heleno_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/mocao_de_aplauso_-_ii_feira_do_empreendedor_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_de_aplauso_-_lucas_paulo_barbosa_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_de_aplauso_-_nossa_senhora_das_cabecas_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/mocao_de_aplauso_-_pastor_-_rui_.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_de_aplauso_-_patrimonios_de__pernambuco_-_jonas_chagas_torres_pitomba.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_de_aplauso_-_policia_militar_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/mocao_de_aplauso_-_pontos_culturais_-_nilton_senhorinho.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/mocao_de_aplauso_-_sao_francisco_de_assis_-_daniel_lopes.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/mocao_de_aplauso_-_time_de_manchester_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_de_aplauso_-_ubs_pontilhao_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/mocao_de_aplauso_-_zenit_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_de_aplauso_-clube_de_desbravadores_e_aventureiros_desfile_civico-irmao_adriano_1.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/mocao_de_aplauso_-desfile_civico-irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/mocao_de_aplauso_-festa_da_emancipacao-cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_de_aplauso_-festa_de_nossa_senhora_aparecida_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/voto_de_pesar_-_alberto_sena_-_euno_andrade.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/nota_de_pesar_-_sandro_taxista.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/nota_de_pesar_-_joao_batista.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/nota_de_pesar_-_geneci_soares_da_silva_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/nota_de_pesar_-_cicero_cabeleireiro_-_daniel__.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/nota_de_pesar_-_clovis_geraldo_barbosa_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/voto_de_pesar_-_maria_do_carmo_-pitomba.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/voto_de_pesar_-_higor_gustavo.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/nota_de_pesar_-_mario_mariano_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/nota_de_pesar_-_joao_matheus_-_ze_gury_jr_.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/nota_de_pesar_-_anaelson_-_ze_gury_jr__.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/nota_de_pesar_-_robson_regis_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/nota_de_pesar_-_marluce_maria_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/nota_de_pesar_-_sandra_aragao_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/nota_de_pesar_-_neuza_nogueira_-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/nota_de_pesar_-_maria_lauriza_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/nota_de_pesar_-_jose_araujo_franklin_-_nilton_.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/nota_de_pesar_-_maria_lucia_da_conceicao_-_edson_.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/nota_de_pesar_-_josenilson_-_tenente_.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/nota_de_pesar_-_neto_senhorinho_-_fabricio_de_chagas.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/nota_de_pesar_-_josenildo_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/nota_de_pesar_-_abdoral_gomes_-_pitomba.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/nota_de_pesar_-_antonio_ferreira_-_toda_a_casa.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/nota_de_pesar_-_jorge_soares-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nota_de_pesar_-_pai_doido_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/nota_de_pesar_-_fabio_cachacaria_bitury_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/902/reunioes_do_comdema_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/895/plano_de_sustentabilidade_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/903/envio_da_base_de_dados_para_confeccionar_a_avaliacao_atuarial_-_belo_jardim_prev.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/904/oficio_001.2025_faculdade_pitagoras.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_ao_oficio_no_0172025_-_secm_-_construcao_de_quadra_poliesportiva..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/914/resposta_oficio_no_0252025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/915/resposta_oficio_no_0282025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/916/resposta_oficio_no_0312025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/927/reativaacao_posto_policial_xucuru..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/941/resposta_oficio_no0892025_-_secm_vereador_elias_henrique.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/942/resposta_oficio_no2852025_-_secm_ze_guri.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/943/resposta_oficio_no_2582025_-_secm_helias_henrique.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/944/resposta_oficio_no_1482025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/945/resposta_oficio_no0682025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/946/resposta_oficio_no0392025_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/954/resposta_oficio_no_0702025_-_secm_-_daniel_lopes.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/955/resposta_oficio_no_205_2025_-_secm_adriano.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/959/resposta_oficio_no_2352025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/960/resposta_oficio_no_1182025_-_secm_cristiano.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/961/resposta_oficio_no_2092025_-_secm_fabricio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/962/resposta_oficio_no_1432025_-_secm_euno.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/963/veto_ao_pl_0262025_de_autoria_do_poder_legislativo_municipal_que_possui_como_ementa_respectivamente.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/972/oficio_ref._a_n.f._no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/resposta_oficio_no_9632025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/resposta_oficio_no_9932025_-_secm_cristiano.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/resposta_oficio_no_9082025_-_secm_fabricio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/969/veto.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/928/lei_complementar_no_0032025_altera_a_redacao_do_1o_do_artigo_2o_da_lei_municipal_no_3.401_de_24_de_dezembro_de_2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/929/lei_complementar_no_0042025_altera_a_redacao_do_4o_do_artigo_3o_da_lei_complementar_no_001_de_23_de_outubro_de_2024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/891/lei_3.6382024.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/892/lei_3.639.2025_-_dispoe_sobre_a_coleta_seletiva_publica_no_municipio_de_belo_jardim-pe..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/893/lei_3.640.2025_-_dispoe_sobre_a_alteracao_dos_simbolos_municipais_o_brasao_a_bandeira_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/894/lei_3.6412025_-_denomina_o_loteamento_santo_antonio_de_heleno_jose_barbosa_e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/896/lein36_1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/897/lei_no_3643.2025_-_autoriza_o_poder_executivo_municipal_a_conceder_os_incentivos_fiscais_que_especifica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/898/lei_no_3.6462025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/911/lei_no_3.647.2025_altera_a_redacao_do_art._1o_e_revoga_o_art._6o_da_lei_municipal_no_3.640_de_03_de_janeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/912/lei_no_3.648.2025_-_altera_o_anexo_unico_da_lei_municipal_no_2.081_de_12_de_dezembro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/918/lei_municipal_no_3.650-2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_nossa_senhora_da_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/919/lei_municipal_no_3.651.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.462.2001_de_17_de_abril_de_2001_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/920/lei_municipal_no_3.6522025institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_a_saude_mental__janeiro_branco_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/921/lei_municipal_no_3.6532025_estabelece_diretrizes_para_a_criacao_do_projeto_belo_jardim_em_movimento_visando_incentivar_a_pratica_de_atividades_fisicas_em_pracas_publicas_e_distritos_no_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/922/lei_municipal_no_3.6542025_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_lupus_fibromialgia_doenca_de_alzheimer_e_leucemia__fevereiro_roxo_e_laranja_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/923/lei_municipal_no_3.6552025_dispoe_sobre_a_criacao_da_secretaria_de_politicas_publicas_para_a_mulher_e_juventude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/924/lei_municipal_no_3.6562025_dispoe_sobre_o_valor_do_salario_minimo_no_ambito_do_municipio_de_belo_jardimpe_instituido_atraves_do_decreto_federal_no_12.342_de_30_trinta_de_dezembro_de_2024_e_da_outras_providen.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/925/lei_municipal_no_3.6572025_dispoe_sobre_a_concessao_de_reajuste_salarial_aos_professores_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/933/lei_no_3658.2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/934/lei_no_3.6592025_dispoe_sobre_a_instituicao_do_programa_saude_e_lazer_na_avenida_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/935/lei_no_3.6602025_institui_o_dia_municipal_do_pastor_evangelico_e_da_pastora_evangelica_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/936/lei_no_3.6612025_-_modifica_a_redacao_do_art._1o_da_lei_municipal_no_2.026_de_03_de_junho_de_2013_adequando-o_as_disposicoes_da_lei_federal_no_12.3282010.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/937/lei_no_3.6622025_-__altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/940/lei_no_3.6632025_dispoe_sobre_a_desafetacao_e_a_doacao_de_imovel_urbano_para_o_senhor_jose_genuino_da_silva_filho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/951/lei_municipal_no_3.664.2025_institui_o_programa_de_parcerias_publico-privadas_e_de_concessoes_do_municipio_de_belo_jardim-pe_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/952/lei_municipal_no_3.665.2025_institui_o_programa_de_incentivo_a_regularizacao_fiscal_com_a_fazenda_publica_do_municipio_de_belo_jardim_denominado_refis_belo_jardim_2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/953/lei_municipal_no_3.6662025_dispoe_sobre_a_doacao_de_veiculo_da_camara_municipal_de_belo_jardim_ao_municipio_de_belo_jardim_afetado_ao_uso_exclusivo_da_secretaria_municipal_de_obras_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/964/lei_no_3.667.2025_denomina_o_novo_auditorio_da_secretaria_de_educacao_de_belo_jardim_de_quiteria_maria_cordeiro_de_lucena_monteiro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/965/lei_no_3.668.2025_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/966/lei_no_3.6692025_ementa_altera_a_redacao_da_lei_no_3.3652021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/968/lei_no_3.6702025_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/967/lei_no_3.6712025_dispoe_sobre_a_devolucao_voluntaria_e_excepcional_de_saldo_financeiro_resultante_de_economia_e_consequente_nao_utilizacao_integral_de_duodecimos_do_exercicio_2025_para_auxiliar_o_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/974/lei_no_3672.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n__3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/975/lei_no_3.673.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n_3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/989/lei_municipal_no_3.6742025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/990/lei_municipal_no_3.6752025_estabelece_denominacao_de_orgao_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/992/lei_municipal_no_3.6762025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/991/lei_municipal_no_3.6772025_denomina_o_predio_do_anexo_ii_da_camara_municipal_de_belo_jardim_de_cicero_alves_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/995/lei_municipal_3.678.2025_dispoe_acerca_da_concessao_de_bolsas_de_estudo_para_servidores_efetivos_e_contratados_da_autarquia_educacional_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/996/lei_municipal_3.679.2025_estabelece_denominacao_de_praca_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/998/lei_3.680.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_manoel_da_paciencia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/999/lei_3.681.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_xucuru_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1080/lei_no_3.6832025ementa_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.188_datada_de_13_de_novembro_de_1997_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1081/lei_no_3.6842025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_agua_fria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1082/lei_no_3.6852025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_santo_antonio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1083/lei_no_3.6862025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_autismo__abril_azul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_no_3.6872025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_cancer_bucal__maio_vermelho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1085/lei_no_3.6882025_ementa_altera_o_4_lei_municipal_no_3.4422022_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1086/lei_no_3.6892025_ementa_denomina_a_unidade_basica_de_saude_ubs_do_bairro_do_pontilhao_de_severino_bernardino_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1090/lei_municipal_n3.690.2025_-_inclui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_o_sao_joao_de_santa_luzia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1091/lei_municipal_n_3.691.2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1092/lei_municipal_n3.692.2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1093/lei_municipal_n3.693.2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_municipal_n3.694.2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_municipal_no_3.6952025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_municipal_no_3.6962025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_municipal_no_3.6972025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1102/lei_municipal_no_3.6982025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_municipal_no_3.6992025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1104/lei_municipal_no_3.7002025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1105/lei_municipal_no_3.7012025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1106/lei_municipal_no_3.7022025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1107/lei_municipal_no_3.7032025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1108/lei_municipal_no_3.7042025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1109/lei_municipal_no_3.7052025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_municipal_no_3.7062025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_municipal_no_3.7072025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1112/lei_3708.2025_-_dispoe_sobre_o_programa_de_apoio_ao_desenvolvimento_infantil_e_nclusivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1113/lei_3709.2025_-_loteamento_alto_limpo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/lei_no_3.710.2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/pldo_2026_-_final_merged.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/lei_n_3712.2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/lei_3713.2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/lei_3714.2025_inclui_festividade_cultural_no_dia_da_emancipacao_municipal_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/lei-n-3-715-institui-o-regime-de-escala-12x36_aeb..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/ilovepdf_merged_56.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1231/3719.2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/3720.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.544_de_27_de_dezembro_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/3721.2025_.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/3722.2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/3723.2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/3724.2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/3725.2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/lei_3726_doacao_de_terreno_bernardino_oliveira.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/lei_3728_alteracao_cargo_de_assessor_tecnicoe_criando_o_cargo_de_orientador_de_tansito.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/lei_3.729_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/lei_3.730.2025_reconhece_e_declara_de_utilidade_publica_municipal_o_instituto_pipa.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/lei_n_3_731_doacao_de_terreno_jorge_felipe_.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/lei_3732.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/lei_3733.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.043_de_29_de_abril_de_1994_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/lei_n_3_734_estabelece_denominacao_de_cozinha_comunitaria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/lei_3735.2025_-_dispoe_sobre_a_proibicao_do_corte_dos_servicos_de_fornecimento_de_energia_eletrica_e_agua_no_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/lei_municipal_no_3.736.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_empresa_adilson_antonio_de_assuncao-me_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/lei_municipal_3.737.2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/lei_municipal_no_3738.2025_-_institui_o_novo_codigo_tributario_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/lei_municipal_no_3.739.2025__dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026_-_2029_e_da_outras_providencias._ppa.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/lei_municipal_no_3.740.2025_estabelece_denominacao_de_espaco_publico_e_da_outras_providencias_praca_ailton_vieira_cintra..pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/lei_municipal_no_3.742.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.069_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/lei_municipal_no_3.743.2025__-__dispoe_sobre_a_revogacao_da_lei_municipal_no_3.068_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/lei_municipal_no_3.744.2025_-_ementa_estima_a_receita_e_fixa_a_despesa_do_municipio_para_o_exercicio_de_2026..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/lei_municipal_no_3.745.025_-_altera_a_redacao_dos_incisos_i_e_ii_e_acrescenta_o_inciso_iii_ao_artigo_15_da_lei_municipal_no_1.601_de_12_de_agosto_de_2004_que_dispoe_sobre_o_regime_proprio_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/lei_municipal_3.746.2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_municipal_3.747.2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_municipal_3.748.20025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_municipal_no_3.7492025_-_ementa_denomina_vias_projetadas_no_loteamento_sol_nascente_3_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/lei_municipal_no_3.7502025_-_ementa_estabelece_denominacao_de_estrada_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/lei_municipal_3751.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/lei_municipal_3.752.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/lei_municipal_3.753.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/lei_municipal_no_3.7542025_-_ementa_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/3755.2025_dispoe_sobre_a_doacao_de_terreno_urbano_paraalvorada_construcoes.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/lei_3757.2025_-__altera_a_lei_3412_2022_altera_o_inciso_iii_do_artigo_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/lei_3758.2025_-_doacao_defensoria_publica.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/lei_n_3_759_doacao_alfa_engenharia.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/lei_n_3_760_doacao_c3_engenharia.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/lei_municipal_no_3.761.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/lei_municipal_no_3762.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H325"/>
+  <dimension ref="A1:H490"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H4" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="H5" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>905</v>
+        <v>901</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H9" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>917</v>
+        <v>908</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H10" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>926</v>
+        <v>917</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H11" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F13" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>932</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>938</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15">
         <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H15" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>948</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16">
         <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H16" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>949</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>950</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>956</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="H19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>957</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H20" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>958</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H21" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>970</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22">
         <v>44</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>971</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
         <v>45</v>
       </c>
       <c r="D23" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H23" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>973</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
         <v>46</v>
       </c>
       <c r="D24" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H24" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>976</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
         <v>47</v>
       </c>
       <c r="D25" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F25" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H25" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>977</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
         <v>48</v>
       </c>
       <c r="D26" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="H26" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>980</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
         <v>49</v>
       </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F27" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H27" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>978</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
         <v>50</v>
       </c>
       <c r="D28" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H28" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>979</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
         <v>51</v>
       </c>
       <c r="D29" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F29" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H29" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>981</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30">
         <v>52</v>
       </c>
       <c r="D30" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F30" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H30" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>982</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31">
         <v>56</v>
       </c>
       <c r="D31" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F31" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H31" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>983</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32">
         <v>57</v>
       </c>
       <c r="D32" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H32" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>984</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33">
         <v>58</v>
       </c>
       <c r="D33" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F33" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H33" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>985</v>
       </c>
       <c r="B34">
         <v>2025</v>
       </c>
       <c r="C34">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D34" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H34" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>986</v>
       </c>
       <c r="B35">
         <v>2025</v>
       </c>
       <c r="C35">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D35" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>987</v>
       </c>
       <c r="B36">
         <v>2025</v>
       </c>
       <c r="C36">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D36" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>988</v>
       </c>
       <c r="B37">
         <v>2025</v>
       </c>
       <c r="C37">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D37" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H37" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>994</v>
+        <v>1087</v>
       </c>
       <c r="B38">
         <v>2025</v>
       </c>
       <c r="C38">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D38" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H38" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B39">
         <v>2025</v>
       </c>
       <c r="C39">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D39" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F39" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H39" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>1088</v>
+        <v>994</v>
       </c>
       <c r="B40">
         <v>2025</v>
       </c>
       <c r="C40">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F40" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H40" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>1089</v>
+        <v>1095</v>
       </c>
       <c r="B41">
         <v>2025</v>
       </c>
       <c r="C41">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D41" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F41" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="B42">
         <v>2025</v>
       </c>
       <c r="C42">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D42" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H42" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B43">
         <v>2025</v>
       </c>
       <c r="C43">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D43" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H43" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>1097</v>
+        <v>1153</v>
       </c>
       <c r="B44">
         <v>2025</v>
       </c>
       <c r="C44">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D44" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H44" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>1153</v>
+        <v>1170</v>
       </c>
       <c r="B45">
         <v>2025</v>
       </c>
       <c r="C45">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D45" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H45" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B46">
         <v>2025</v>
       </c>
       <c r="C46">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D46" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F46" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H46" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>1171</v>
+        <v>1214</v>
       </c>
       <c r="B47">
         <v>2025</v>
       </c>
       <c r="C47">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D47" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F47" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H47" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>1172</v>
+        <v>1215</v>
       </c>
       <c r="B48">
         <v>2025</v>
       </c>
       <c r="C48">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D48" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F48" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H48" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>1173</v>
       </c>
       <c r="B49">
         <v>2025</v>
       </c>
       <c r="C49">
         <v>83</v>
       </c>
       <c r="D49" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H49" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>1175</v>
       </c>
       <c r="B50">
         <v>2025</v>
       </c>
       <c r="C50">
         <v>84</v>
       </c>
       <c r="D50" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H50" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>1176</v>
       </c>
       <c r="B51">
         <v>2025</v>
       </c>
       <c r="C51">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D51" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F51" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H51" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>1186</v>
       </c>
       <c r="B52">
         <v>2025</v>
       </c>
       <c r="C52">
         <v>87</v>
       </c>
       <c r="D52" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H52" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>1187</v>
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53">
         <v>88</v>
       </c>
       <c r="D53" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H53" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>1191</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54">
         <v>89</v>
       </c>
       <c r="D54" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H54" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>1192</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55">
         <v>90</v>
       </c>
       <c r="D55" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H55" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56">
         <v>91</v>
       </c>
       <c r="D56" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F56" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H56" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D57" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F57" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H57" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D58" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F58" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H58" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="D59" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H59" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D60" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H60" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="D61" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H61" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>1060</v>
+        <v>1224</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62">
-        <v>3</v>
+        <v>106</v>
       </c>
       <c r="D62" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" t="s">
+        <v>10</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="F62" t="s">
-[...2 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>1174</v>
+        <v>1225</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63">
-        <v>9</v>
+        <v>107</v>
       </c>
       <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" t="s">
+        <v>10</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H63" t="s">
         <v>146</v>
-      </c>
-[...10 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>1012</v>
+        <v>1227</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
       <c r="C64">
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="D64" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F64" t="s">
-        <v>119</v>
+        <v>10</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="H64" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>1011</v>
+        <v>1226</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
       <c r="C65">
-        <v>2</v>
+        <v>109</v>
       </c>
       <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" t="s">
+        <v>18</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H65" t="s">
         <v>150</v>
-      </c>
-[...10 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>1010</v>
+        <v>1228</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66">
-        <v>3</v>
+        <v>110</v>
       </c>
       <c r="D66" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="F66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H66" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>1009</v>
+        <v>1229</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67">
-        <v>4</v>
+        <v>111</v>
       </c>
       <c r="D67" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F67" t="s">
-        <v>159</v>
+        <v>10</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="H67" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>1008</v>
+        <v>1230</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68">
-        <v>5</v>
+        <v>112</v>
       </c>
       <c r="D68" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F68" t="s">
-        <v>162</v>
+        <v>10</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="H68" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>1007</v>
+        <v>1238</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69">
-        <v>6</v>
+        <v>114</v>
       </c>
       <c r="D69" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F69" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="H69" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>1006</v>
+        <v>1239</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
       <c r="C70">
-        <v>7</v>
+        <v>115</v>
       </c>
       <c r="D70" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F70" t="s">
-        <v>167</v>
+        <v>10</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="H70" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>1005</v>
+        <v>1260</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71">
-        <v>8</v>
+        <v>116</v>
       </c>
       <c r="D71" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F71" t="s">
-        <v>170</v>
+        <v>10</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="H71" t="s">
-        <v>172</v>
+        <v>162</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>1004</v>
+        <v>1244</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="D72" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F72" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="H72" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>1003</v>
+        <v>1250</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
       <c r="C73">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="D73" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F73" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="H73" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>997</v>
+        <v>1246</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
       <c r="C74">
-        <v>11</v>
+        <v>120</v>
       </c>
       <c r="D74" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F74" t="s">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="H74" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>1000</v>
+        <v>1264</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
       <c r="C75">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="D75" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F75" t="s">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>182</v>
+        <v>169</v>
       </c>
       <c r="H75" t="s">
-        <v>183</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>1001</v>
+        <v>1266</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
       <c r="C76">
+        <v>123</v>
+      </c>
+      <c r="D76" t="s">
         <v>13</v>
       </c>
-      <c r="D76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F76" t="s">
-        <v>181</v>
+        <v>18</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>184</v>
+        <v>171</v>
       </c>
       <c r="H76" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>1002</v>
+        <v>1270</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77">
+        <v>124</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
         <v>14</v>
       </c>
-      <c r="D77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="H77" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>1031</v>
+        <v>1265</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="D78" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F78" t="s">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="H78" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>1030</v>
+        <v>1330</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="D79" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F79" t="s">
-        <v>189</v>
+        <v>18</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="H79" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>1029</v>
+        <v>1331</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="D80" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F80" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="H80" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>1028</v>
+        <v>1332</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
       <c r="C81">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="D81" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F81" t="s">
-        <v>162</v>
+        <v>18</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="H81" t="s">
-        <v>197</v>
+        <v>184</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>1027</v>
+        <v>1333</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="D82" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F82" t="s">
-        <v>167</v>
+        <v>18</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="H82" t="s">
-        <v>199</v>
+        <v>186</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>1026</v>
+        <v>1339</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83">
-        <v>20</v>
+        <v>130</v>
       </c>
       <c r="D83" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F83" t="s">
-        <v>167</v>
+        <v>18</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>200</v>
+        <v>187</v>
       </c>
       <c r="H83" t="s">
-        <v>201</v>
+        <v>188</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>1025</v>
+        <v>1340</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84">
-        <v>21</v>
+        <v>131</v>
       </c>
       <c r="D84" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F84" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="H84" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>1024</v>
+        <v>1341</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85">
-        <v>22</v>
+        <v>132</v>
       </c>
       <c r="D85" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F85" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="H85" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>1023</v>
+        <v>1371</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86">
-        <v>23</v>
+        <v>133</v>
       </c>
       <c r="D86" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F86" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>207</v>
+        <v>193</v>
       </c>
       <c r="H86" t="s">
-        <v>208</v>
+        <v>194</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>1022</v>
+        <v>1372</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="D87" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F87" t="s">
-        <v>119</v>
+        <v>18</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>209</v>
+        <v>195</v>
       </c>
       <c r="H87" t="s">
-        <v>210</v>
+        <v>196</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>1021</v>
+        <v>1373</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88">
-        <v>25</v>
+        <v>135</v>
       </c>
       <c r="D88" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F88" t="s">
-        <v>119</v>
+        <v>18</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>211</v>
+        <v>197</v>
       </c>
       <c r="H88" t="s">
-        <v>212</v>
+        <v>198</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>1020</v>
+        <v>1374</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="D89" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F89" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>213</v>
+        <v>199</v>
       </c>
       <c r="H89" t="s">
-        <v>214</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>1019</v>
+        <v>1375</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="D90" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F90" t="s">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>215</v>
+        <v>201</v>
       </c>
       <c r="H90" t="s">
-        <v>216</v>
+        <v>202</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>1018</v>
+        <v>1378</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91">
-        <v>28</v>
+        <v>138</v>
       </c>
       <c r="D91" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F91" t="s">
-        <v>217</v>
+        <v>18</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="H91" t="s">
-        <v>219</v>
+        <v>204</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>1017</v>
+        <v>1393</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="D92" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F92" t="s">
-        <v>220</v>
+        <v>18</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="H92" t="s">
-        <v>222</v>
+        <v>206</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>1016</v>
+        <v>1395</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="D93" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F93" t="s">
-        <v>173</v>
+        <v>120</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="H93" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>1015</v>
+        <v>1396</v>
       </c>
       <c r="B94">
         <v>2025</v>
       </c>
       <c r="C94">
-        <v>31</v>
+        <v>141</v>
       </c>
       <c r="D94" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F94" t="s">
-        <v>173</v>
+        <v>18</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="H94" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>1014</v>
+        <v>1387</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95">
-        <v>32</v>
+        <v>142</v>
       </c>
       <c r="D95" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F95" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="H95" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>1013</v>
+        <v>1388</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
       <c r="C96">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="D96" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F96" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="H96" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>1040</v>
+        <v>1398</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97">
-        <v>34</v>
+        <v>144</v>
       </c>
       <c r="D97" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>151</v>
+        <v>14</v>
       </c>
       <c r="F97" t="s">
-        <v>159</v>
+        <v>18</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="H97" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>1039</v>
+        <v>1060</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98">
-        <v>35</v>
+        <v>3</v>
       </c>
       <c r="D98" t="s">
-        <v>150</v>
+        <v>217</v>
       </c>
       <c r="E98" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="F98" t="s">
+        <v>10</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H98" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>1038</v>
+        <v>1252</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="D99" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E99" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="H99" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>1037</v>
+        <v>1255</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="D100" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E100" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>222</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="H100" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>1036</v>
+        <v>1256</v>
       </c>
       <c r="B101">
         <v>2025</v>
       </c>
       <c r="C101">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="D101" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E101" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>222</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="H101" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>1035</v>
+        <v>1257</v>
       </c>
       <c r="B102">
         <v>2025</v>
       </c>
       <c r="C102">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="D102" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E102" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="H102" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>1034</v>
+        <v>1258</v>
       </c>
       <c r="B103">
         <v>2025</v>
       </c>
       <c r="C103">
-        <v>41</v>
+        <v>5</v>
       </c>
       <c r="D103" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E103" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="H103" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>1033</v>
+        <v>1259</v>
       </c>
       <c r="B104">
         <v>2025</v>
       </c>
       <c r="C104">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="D104" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E104" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="H104" t="s">
-        <v>246</v>
+        <v>234</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>1032</v>
+        <v>1240</v>
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="D105" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E105" t="s">
-        <v>151</v>
+        <v>222</v>
       </c>
       <c r="F105" t="s">
-        <v>173</v>
+        <v>10</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>247</v>
+        <v>235</v>
       </c>
       <c r="H105" t="s">
-        <v>248</v>
+        <v>236</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>1047</v>
+        <v>1174</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="D106" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E106" t="s">
-        <v>151</v>
+        <v>222</v>
       </c>
       <c r="F106" t="s">
-        <v>167</v>
+        <v>10</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="H106" t="s">
-        <v>250</v>
+        <v>238</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>1046</v>
+        <v>1389</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E107" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
       <c r="H107" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>1045</v>
+        <v>1390</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="D108" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E108" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="H108" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>1044</v>
+        <v>947</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
-        <v>47</v>
+        <v>1</v>
       </c>
       <c r="D109" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E109" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F109" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="H109" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>1043</v>
+        <v>1376</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="D110" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E110" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F110" t="s">
-        <v>189</v>
+        <v>120</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
       <c r="H110" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>1042</v>
+        <v>1377</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111">
-        <v>49</v>
+        <v>3</v>
       </c>
       <c r="D111" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E111" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F111" t="s">
-        <v>189</v>
+        <v>120</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="H111" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>1041</v>
+        <v>1379</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="D112" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E112" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F112" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="H112" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>1059</v>
+        <v>1380</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
       <c r="C113">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="D113" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E113" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F113" t="s">
-        <v>159</v>
+        <v>253</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="H113" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>1058</v>
+        <v>1381</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
       <c r="C114">
-        <v>54</v>
+        <v>7</v>
       </c>
       <c r="D114" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E114" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F114" t="s">
-        <v>159</v>
+        <v>256</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="H114" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>1057</v>
+        <v>1382</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115">
-        <v>55</v>
+        <v>8</v>
       </c>
       <c r="D115" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E115" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F115" t="s">
-        <v>189</v>
+        <v>256</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="H115" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>1056</v>
+        <v>1383</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="D116" t="s">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="E116" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F116" t="s">
-        <v>189</v>
+        <v>256</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="H116" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>1055</v>
+        <v>1012</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
-        <v>59</v>
+        <v>1</v>
       </c>
       <c r="D117" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E117" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F117" t="s">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="H117" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>1054</v>
+        <v>1011</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="D118" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E118" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F118" t="s">
-        <v>170</v>
+        <v>267</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="H118" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>1053</v>
+        <v>1010</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
-        <v>61</v>
+        <v>3</v>
       </c>
       <c r="D119" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E119" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F119" t="s">
-        <v>162</v>
+        <v>267</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="H119" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>1052</v>
+        <v>1009</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="D120" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E120" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F120" t="s">
-        <v>167</v>
+        <v>272</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="H120" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>1051</v>
+        <v>1008</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
-        <v>63</v>
+        <v>5</v>
       </c>
       <c r="D121" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E121" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F121" t="s">
-        <v>167</v>
+        <v>275</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="H121" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>1050</v>
+        <v>1007</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="D122" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E122" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F122" t="s">
-        <v>154</v>
+        <v>275</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="H122" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>1049</v>
+        <v>1006</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
-        <v>65</v>
+        <v>7</v>
       </c>
       <c r="D123" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E123" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F123" t="s">
-        <v>217</v>
+        <v>280</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="H123" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>1048</v>
+        <v>1005</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="D124" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E124" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F124" t="s">
-        <v>159</v>
+        <v>283</v>
       </c>
       <c r="G124" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H124" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>1068</v>
+        <v>1004</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="D125" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E125" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F125" t="s">
-        <v>159</v>
+        <v>286</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H125" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>1065</v>
+        <v>1003</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="D126" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E126" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F126" t="s">
-        <v>167</v>
+        <v>286</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>289</v>
       </c>
       <c r="H126" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>1067</v>
+        <v>997</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
-        <v>69</v>
+        <v>11</v>
       </c>
       <c r="D127" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E127" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F127" t="s">
-        <v>119</v>
+        <v>291</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>99</v>
+        <v>292</v>
       </c>
       <c r="H127" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>1066</v>
+        <v>1000</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="D128" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E128" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F128" t="s">
-        <v>119</v>
+        <v>294</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="H128" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>1064</v>
+        <v>1001</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="D129" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E129" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F129" t="s">
-        <v>202</v>
+        <v>294</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="H129" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>1063</v>
+        <v>1002</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
-        <v>72</v>
+        <v>14</v>
       </c>
       <c r="D130" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E130" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F130" t="s">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="H130" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>1076</v>
+        <v>1031</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="D131" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E131" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F131" t="s">
-        <v>159</v>
+        <v>301</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="H131" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>1075</v>
+        <v>1030</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="D132" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E132" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F132" t="s">
-        <v>178</v>
+        <v>301</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H132" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>1074</v>
+        <v>1029</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="D133" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E133" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F133" t="s">
-        <v>178</v>
+        <v>275</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="H133" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>1073</v>
+        <v>1028</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E134" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F134" t="s">
-        <v>189</v>
+        <v>275</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="H134" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>1072</v>
+        <v>1027</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="D135" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E135" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F135" t="s">
-        <v>189</v>
+        <v>280</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="H135" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>1071</v>
+        <v>1026</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
       <c r="C136">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="D136" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E136" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F136" t="s">
-        <v>119</v>
+        <v>280</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="H136" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>1070</v>
+        <v>1025</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
       <c r="C137">
-        <v>79</v>
+        <v>21</v>
       </c>
       <c r="D137" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E137" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F137" t="s">
-        <v>119</v>
+        <v>256</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="H137" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>1069</v>
+        <v>1024</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="D138" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E138" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F138" t="s">
-        <v>162</v>
+        <v>291</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="H138" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>1114</v>
+        <v>1023</v>
       </c>
       <c r="B139">
         <v>2025</v>
       </c>
       <c r="C139">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="D139" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E139" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F139" t="s">
-        <v>162</v>
+        <v>291</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="H139" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>1115</v>
+        <v>1022</v>
       </c>
       <c r="B140">
         <v>2025</v>
       </c>
       <c r="C140">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="D140" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E140" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F140" t="s">
-        <v>167</v>
+        <v>120</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="H140" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>1116</v>
+        <v>1021</v>
       </c>
       <c r="B141">
         <v>2025</v>
       </c>
       <c r="C141">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="D141" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E141" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F141" t="s">
-        <v>217</v>
+        <v>120</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="H141" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>1117</v>
+        <v>1020</v>
       </c>
       <c r="B142">
         <v>2025</v>
       </c>
       <c r="C142">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="D142" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E142" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F142" t="s">
-        <v>178</v>
+        <v>267</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="H142" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>1118</v>
+        <v>1019</v>
       </c>
       <c r="B143">
         <v>2025</v>
       </c>
       <c r="C143">
-        <v>85</v>
+        <v>27</v>
       </c>
       <c r="D143" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E143" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F143" t="s">
-        <v>178</v>
+        <v>267</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H143" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>1119</v>
+        <v>1018</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144">
-        <v>86</v>
+        <v>28</v>
       </c>
       <c r="D144" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E144" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F144" t="s">
-        <v>189</v>
+        <v>328</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="H144" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>1120</v>
+        <v>1017</v>
       </c>
       <c r="B145">
         <v>2025</v>
       </c>
       <c r="C145">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="D145" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E145" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F145" t="s">
-        <v>173</v>
+        <v>331</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="H145" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>1121</v>
+        <v>1016</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146">
-        <v>88</v>
+        <v>30</v>
       </c>
       <c r="D146" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E146" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F146" t="s">
-        <v>173</v>
+        <v>286</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="H146" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>1122</v>
+        <v>1015</v>
       </c>
       <c r="B147">
         <v>2025</v>
       </c>
       <c r="C147">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="D147" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E147" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F147" t="s">
-        <v>162</v>
+        <v>286</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="H147" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>1123</v>
+        <v>1014</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="D148" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E148" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F148" t="s">
-        <v>159</v>
+        <v>283</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="H148" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>1147</v>
+        <v>1013</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="D149" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E149" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F149" t="s">
-        <v>173</v>
+        <v>283</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H149" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>1148</v>
+        <v>1040</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="D150" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E150" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F150" t="s">
-        <v>119</v>
+        <v>272</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="H150" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>1149</v>
+        <v>1039</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="D151" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E151" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F151" t="s">
-        <v>189</v>
+        <v>331</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="H151" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>1150</v>
+        <v>1038</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
       <c r="C152">
-        <v>95</v>
+        <v>36</v>
       </c>
       <c r="D152" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E152" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F152" t="s">
-        <v>189</v>
+        <v>331</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="H152" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>1151</v>
+        <v>1037</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="D153" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E153" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F153" t="s">
-        <v>178</v>
+        <v>301</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="H153" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>1152</v>
+        <v>1036</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="D154" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E154" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F154" t="s">
-        <v>178</v>
+        <v>280</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="H154" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>1140</v>
+        <v>1035</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="D155" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E155" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F155" t="s">
-        <v>173</v>
+        <v>291</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="H155" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>1141</v>
+        <v>1034</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
       <c r="C156">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="D156" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E156" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F156" t="s">
-        <v>186</v>
+        <v>291</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="H156" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>1142</v>
+        <v>1033</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157">
-        <v>100</v>
+        <v>42</v>
       </c>
       <c r="D157" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E157" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F157" t="s">
-        <v>178</v>
+        <v>286</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="H157" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>1143</v>
+        <v>1032</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
       <c r="C158">
-        <v>101</v>
+        <v>43</v>
       </c>
       <c r="D158" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E158" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F158" t="s">
-        <v>178</v>
+        <v>286</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="H158" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>1144</v>
+        <v>1047</v>
       </c>
       <c r="B159">
         <v>2025</v>
       </c>
       <c r="C159">
-        <v>102</v>
+        <v>44</v>
       </c>
       <c r="D159" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E159" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F159" t="s">
-        <v>189</v>
+        <v>280</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="H159" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>1145</v>
+        <v>1046</v>
       </c>
       <c r="B160">
         <v>2025</v>
       </c>
       <c r="C160">
-        <v>103</v>
+        <v>45</v>
       </c>
       <c r="D160" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E160" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F160" t="s">
-        <v>189</v>
+        <v>286</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="H160" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>1146</v>
+        <v>1045</v>
       </c>
       <c r="B161">
         <v>2025</v>
       </c>
       <c r="C161">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="D161" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E161" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F161" t="s">
-        <v>167</v>
+        <v>291</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="H161" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>1138</v>
+        <v>1044</v>
       </c>
       <c r="B162">
         <v>2025</v>
       </c>
       <c r="C162">
-        <v>105</v>
+        <v>47</v>
       </c>
       <c r="D162" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E162" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F162" t="s">
-        <v>189</v>
+        <v>291</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="H162" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>1139</v>
+        <v>1043</v>
       </c>
       <c r="B163">
         <v>2025</v>
       </c>
       <c r="C163">
-        <v>106</v>
+        <v>48</v>
       </c>
       <c r="D163" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E163" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F163" t="s">
-        <v>189</v>
+        <v>301</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="H163" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>1136</v>
+        <v>1042</v>
       </c>
       <c r="B164">
         <v>2025</v>
       </c>
       <c r="C164">
-        <v>107</v>
+        <v>49</v>
       </c>
       <c r="D164" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E164" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F164" t="s">
-        <v>159</v>
+        <v>301</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="H164" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>1137</v>
+        <v>1041</v>
       </c>
       <c r="B165">
         <v>2025</v>
       </c>
       <c r="C165">
-        <v>108</v>
+        <v>50</v>
       </c>
       <c r="D165" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E165" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F165" t="s">
-        <v>189</v>
+        <v>120</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="H165" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>1129</v>
+        <v>1059</v>
       </c>
       <c r="B166">
         <v>2025</v>
       </c>
       <c r="C166">
-        <v>109</v>
+        <v>53</v>
       </c>
       <c r="D166" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E166" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F166" t="s">
-        <v>119</v>
+        <v>272</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="H166" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>1130</v>
+        <v>1058</v>
       </c>
       <c r="B167">
         <v>2025</v>
       </c>
       <c r="C167">
-        <v>110</v>
+        <v>54</v>
       </c>
       <c r="D167" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E167" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F167" t="s">
-        <v>119</v>
+        <v>272</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="H167" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>1131</v>
+        <v>1057</v>
       </c>
       <c r="B168">
         <v>2025</v>
       </c>
       <c r="C168">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="D168" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E168" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F168" t="s">
-        <v>189</v>
+        <v>301</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="H168" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>1132</v>
+        <v>1056</v>
       </c>
       <c r="B169">
         <v>2025</v>
       </c>
       <c r="C169">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="D169" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E169" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F169" t="s">
-        <v>189</v>
+        <v>301</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="H169" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>1133</v>
+        <v>1055</v>
       </c>
       <c r="B170">
         <v>2025</v>
       </c>
       <c r="C170">
-        <v>113</v>
+        <v>59</v>
       </c>
       <c r="D170" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E170" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F170" t="s">
-        <v>159</v>
+        <v>283</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="H170" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>1134</v>
+        <v>1054</v>
       </c>
       <c r="B171">
         <v>2025</v>
       </c>
       <c r="C171">
-        <v>114</v>
+        <v>60</v>
       </c>
       <c r="D171" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E171" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F171" t="s">
-        <v>173</v>
+        <v>283</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="H171" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>1135</v>
+        <v>1053</v>
       </c>
       <c r="B172">
         <v>2025</v>
       </c>
       <c r="C172">
-        <v>115</v>
+        <v>61</v>
       </c>
       <c r="D172" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E172" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F172" t="s">
-        <v>380</v>
+        <v>275</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="H172" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>1124</v>
+        <v>1052</v>
       </c>
       <c r="B173">
         <v>2025</v>
       </c>
       <c r="C173">
-        <v>116</v>
+        <v>62</v>
       </c>
       <c r="D173" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E173" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F173" t="s">
-        <v>189</v>
+        <v>280</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="H173" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>1125</v>
+        <v>1051</v>
       </c>
       <c r="B174">
         <v>2025</v>
       </c>
       <c r="C174">
-        <v>117</v>
+        <v>63</v>
       </c>
       <c r="D174" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E174" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F174" t="s">
-        <v>154</v>
+        <v>280</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H174" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>1126</v>
+        <v>1050</v>
       </c>
       <c r="B175">
         <v>2025</v>
       </c>
       <c r="C175">
-        <v>118</v>
+        <v>64</v>
       </c>
       <c r="D175" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E175" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F175" t="s">
-        <v>178</v>
+        <v>267</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="H175" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>1127</v>
+        <v>1049</v>
       </c>
       <c r="B176">
         <v>2025</v>
       </c>
       <c r="C176">
-        <v>119</v>
+        <v>65</v>
       </c>
       <c r="D176" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E176" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F176" t="s">
-        <v>167</v>
+        <v>328</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="H176" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>1128</v>
+        <v>1048</v>
       </c>
       <c r="B177">
         <v>2025</v>
       </c>
       <c r="C177">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="D177" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E177" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F177" t="s">
-        <v>170</v>
+        <v>272</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="H177" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>1177</v>
+        <v>1068</v>
       </c>
       <c r="B178">
         <v>2025</v>
       </c>
       <c r="C178">
-        <v>121</v>
+        <v>67</v>
       </c>
       <c r="D178" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E178" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F178" t="s">
-        <v>189</v>
+        <v>272</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H178" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>1178</v>
+        <v>1065</v>
       </c>
       <c r="B179">
         <v>2025</v>
       </c>
       <c r="C179">
-        <v>122</v>
+        <v>68</v>
       </c>
       <c r="D179" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E179" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F179" t="s">
-        <v>119</v>
+        <v>280</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H179" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>1179</v>
+        <v>1067</v>
       </c>
       <c r="B180">
         <v>2025</v>
       </c>
       <c r="C180">
-        <v>123</v>
+        <v>69</v>
       </c>
       <c r="D180" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E180" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F180" t="s">
-        <v>167</v>
+        <v>120</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="H180" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>1180</v>
+        <v>1066</v>
       </c>
       <c r="B181">
         <v>2025</v>
       </c>
       <c r="C181">
-        <v>124</v>
+        <v>70</v>
       </c>
       <c r="D181" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E181" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F181" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H181" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>1181</v>
+        <v>1064</v>
       </c>
       <c r="B182">
         <v>2025</v>
       </c>
       <c r="C182">
-        <v>125</v>
+        <v>71</v>
       </c>
       <c r="D182" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E182" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F182" t="s">
-        <v>178</v>
+        <v>256</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H182" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>1182</v>
+        <v>1063</v>
       </c>
       <c r="B183">
         <v>2025</v>
       </c>
       <c r="C183">
-        <v>126</v>
+        <v>72</v>
       </c>
       <c r="D183" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E183" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F183" t="s">
-        <v>159</v>
+        <v>301</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="H183" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>1183</v>
+        <v>1076</v>
       </c>
       <c r="B184">
         <v>2025</v>
       </c>
       <c r="C184">
-        <v>127</v>
+        <v>73</v>
       </c>
       <c r="D184" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E184" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F184" t="s">
-        <v>159</v>
+        <v>272</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="H184" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>1184</v>
+        <v>1075</v>
       </c>
       <c r="B185">
         <v>2025</v>
       </c>
       <c r="C185">
-        <v>128</v>
+        <v>74</v>
       </c>
       <c r="D185" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E185" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F185" t="s">
-        <v>380</v>
+        <v>291</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="H185" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>1185</v>
+        <v>1074</v>
       </c>
       <c r="B186">
         <v>2025</v>
       </c>
       <c r="C186">
-        <v>129</v>
+        <v>75</v>
       </c>
       <c r="D186" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E186" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F186" t="s">
-        <v>380</v>
+        <v>291</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="H186" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>1195</v>
+        <v>1073</v>
       </c>
       <c r="B187">
         <v>2025</v>
       </c>
       <c r="C187">
-        <v>130</v>
+        <v>76</v>
       </c>
       <c r="D187" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E187" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F187" t="s">
-        <v>119</v>
+        <v>301</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="H187" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>1196</v>
+        <v>1072</v>
       </c>
       <c r="B188">
         <v>2025</v>
       </c>
       <c r="C188">
-        <v>131</v>
+        <v>77</v>
       </c>
       <c r="D188" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E188" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F188" t="s">
-        <v>159</v>
+        <v>301</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="H188" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>1197</v>
+        <v>1071</v>
       </c>
       <c r="B189">
         <v>2025</v>
       </c>
       <c r="C189">
-        <v>132</v>
+        <v>78</v>
       </c>
       <c r="D189" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E189" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F189" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="H189" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>1198</v>
+        <v>1070</v>
       </c>
       <c r="B190">
         <v>2025</v>
       </c>
       <c r="C190">
-        <v>133</v>
+        <v>79</v>
       </c>
       <c r="D190" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E190" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F190" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="H190" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>1199</v>
+        <v>1069</v>
       </c>
       <c r="B191">
         <v>2025</v>
       </c>
       <c r="C191">
-        <v>134</v>
+        <v>80</v>
       </c>
       <c r="D191" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E191" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F191" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="H191" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>1200</v>
+        <v>1114</v>
       </c>
       <c r="B192">
         <v>2025</v>
       </c>
       <c r="C192">
-        <v>135</v>
+        <v>81</v>
       </c>
       <c r="D192" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E192" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F192" t="s">
-        <v>167</v>
+        <v>275</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="H192" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>1201</v>
+        <v>1115</v>
       </c>
       <c r="B193">
         <v>2025</v>
       </c>
       <c r="C193">
-        <v>136</v>
+        <v>82</v>
       </c>
       <c r="D193" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E193" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F193" t="s">
-        <v>159</v>
+        <v>280</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="H193" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>1202</v>
+        <v>1116</v>
       </c>
       <c r="B194">
         <v>2025</v>
       </c>
       <c r="C194">
-        <v>137</v>
+        <v>83</v>
       </c>
       <c r="D194" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E194" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F194" t="s">
-        <v>220</v>
+        <v>328</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="H194" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>1203</v>
+        <v>1117</v>
       </c>
       <c r="B195">
         <v>2025</v>
       </c>
       <c r="C195">
-        <v>138</v>
+        <v>84</v>
       </c>
       <c r="D195" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E195" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F195" t="s">
-        <v>173</v>
+        <v>291</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="H195" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>1204</v>
+        <v>1118</v>
       </c>
       <c r="B196">
         <v>2025</v>
       </c>
       <c r="C196">
-        <v>139</v>
+        <v>85</v>
       </c>
       <c r="D196" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E196" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F196" t="s">
-        <v>162</v>
+        <v>291</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="H196" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>1205</v>
+        <v>1119</v>
       </c>
       <c r="B197">
         <v>2025</v>
       </c>
       <c r="C197">
-        <v>140</v>
+        <v>86</v>
       </c>
       <c r="D197" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E197" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F197" t="s">
-        <v>220</v>
+        <v>301</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="H197" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>1206</v>
+        <v>1120</v>
       </c>
       <c r="B198">
         <v>2025</v>
       </c>
       <c r="C198">
-        <v>141</v>
+        <v>87</v>
       </c>
       <c r="D198" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E198" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F198" t="s">
-        <v>119</v>
+        <v>286</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="H198" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>1207</v>
+        <v>1121</v>
       </c>
       <c r="B199">
         <v>2025</v>
       </c>
       <c r="C199">
-        <v>142</v>
+        <v>88</v>
       </c>
       <c r="D199" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E199" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F199" t="s">
-        <v>220</v>
+        <v>286</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="H199" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>1208</v>
+        <v>1122</v>
       </c>
       <c r="B200">
         <v>2025</v>
       </c>
       <c r="C200">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="D200" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E200" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F200" t="s">
-        <v>119</v>
+        <v>275</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="H200" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>1209</v>
+        <v>1123</v>
       </c>
       <c r="B201">
         <v>2025</v>
       </c>
       <c r="C201">
-        <v>144</v>
+        <v>90</v>
       </c>
       <c r="D201" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E201" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F201" t="s">
-        <v>159</v>
+        <v>272</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="H201" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>1210</v>
+        <v>1147</v>
       </c>
       <c r="B202">
         <v>2025</v>
       </c>
       <c r="C202">
-        <v>145</v>
+        <v>91</v>
       </c>
       <c r="D202" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E202" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F202" t="s">
-        <v>159</v>
+        <v>286</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="H202" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>1211</v>
+        <v>1148</v>
       </c>
       <c r="B203">
         <v>2025</v>
       </c>
       <c r="C203">
-        <v>146</v>
+        <v>92</v>
       </c>
       <c r="D203" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E203" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F203" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="H203" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>1212</v>
+        <v>1149</v>
       </c>
       <c r="B204">
         <v>2025</v>
       </c>
       <c r="C204">
-        <v>147</v>
+        <v>94</v>
       </c>
       <c r="D204" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E204" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F204" t="s">
-        <v>159</v>
+        <v>301</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="H204" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>1213</v>
+        <v>1150</v>
       </c>
       <c r="B205">
         <v>2025</v>
       </c>
       <c r="C205">
-        <v>148</v>
+        <v>95</v>
       </c>
       <c r="D205" t="s">
-        <v>150</v>
+        <v>263</v>
       </c>
       <c r="E205" t="s">
-        <v>151</v>
+        <v>264</v>
       </c>
       <c r="F205" t="s">
-        <v>159</v>
+        <v>301</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="H205" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>939</v>
+        <v>1151</v>
       </c>
       <c r="B206">
         <v>2025</v>
       </c>
       <c r="C206">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="D206" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E206" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F206" t="s">
-        <v>189</v>
+        <v>291</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="H206" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="B207">
         <v>2025</v>
       </c>
       <c r="C207">
-        <v>4</v>
+        <v>97</v>
       </c>
       <c r="D207" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E207" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F207" t="s">
-        <v>167</v>
+        <v>291</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="H207" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>1155</v>
+        <v>1140</v>
       </c>
       <c r="B208">
         <v>2025</v>
       </c>
       <c r="C208">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="D208" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E208" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F208" t="s">
-        <v>217</v>
+        <v>286</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="H208" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>1156</v>
+        <v>1141</v>
       </c>
       <c r="B209">
         <v>2025</v>
       </c>
       <c r="C209">
-        <v>6</v>
+        <v>99</v>
       </c>
       <c r="D209" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E209" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F209" t="s">
-        <v>217</v>
+        <v>176</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="H209" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>1157</v>
+        <v>1142</v>
       </c>
       <c r="B210">
         <v>2025</v>
       </c>
       <c r="C210">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="D210" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E210" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F210" t="s">
-        <v>167</v>
+        <v>291</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H210" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>1158</v>
+        <v>1143</v>
       </c>
       <c r="B211">
         <v>2025</v>
       </c>
       <c r="C211">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="D211" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E211" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F211" t="s">
-        <v>189</v>
+        <v>291</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="H211" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>1159</v>
+        <v>1144</v>
       </c>
       <c r="B212">
         <v>2025</v>
       </c>
       <c r="C212">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="D212" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E212" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F212" t="s">
-        <v>167</v>
+        <v>301</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="H212" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>1160</v>
+        <v>1145</v>
       </c>
       <c r="B213">
         <v>2025</v>
       </c>
       <c r="C213">
-        <v>11</v>
+        <v>103</v>
       </c>
       <c r="D213" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E213" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F213" t="s">
-        <v>159</v>
+        <v>301</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="H213" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>1161</v>
+        <v>1146</v>
       </c>
       <c r="B214">
         <v>2025</v>
       </c>
       <c r="C214">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="D214" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E214" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F214" t="s">
-        <v>217</v>
+        <v>280</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="H214" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>1162</v>
+        <v>1138</v>
       </c>
       <c r="B215">
         <v>2025</v>
       </c>
       <c r="C215">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="D215" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E215" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F215" t="s">
-        <v>189</v>
+        <v>301</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="H215" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>1163</v>
+        <v>1139</v>
       </c>
       <c r="B216">
         <v>2025</v>
       </c>
       <c r="C216">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="D216" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E216" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F216" t="s">
-        <v>173</v>
+        <v>301</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="H216" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>1164</v>
+        <v>1136</v>
       </c>
       <c r="B217">
         <v>2025</v>
       </c>
       <c r="C217">
-        <v>17</v>
+        <v>107</v>
       </c>
       <c r="D217" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E217" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F217" t="s">
-        <v>217</v>
+        <v>272</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="H217" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>1165</v>
+        <v>1137</v>
       </c>
       <c r="B218">
         <v>2025</v>
       </c>
       <c r="C218">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="D218" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E218" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F218" t="s">
-        <v>217</v>
+        <v>301</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H218" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>1166</v>
+        <v>1129</v>
       </c>
       <c r="B219">
         <v>2025</v>
       </c>
       <c r="C219">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="D219" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E219" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F219" t="s">
-        <v>159</v>
+        <v>120</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="H219" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>1167</v>
+        <v>1130</v>
       </c>
       <c r="B220">
         <v>2025</v>
       </c>
       <c r="C220">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D220" t="s">
-        <v>448</v>
+        <v>263</v>
       </c>
       <c r="E220" t="s">
-        <v>449</v>
+        <v>264</v>
       </c>
       <c r="F220" t="s">
-        <v>181</v>
+        <v>120</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="H220" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>910</v>
+        <v>1131</v>
       </c>
       <c r="B221">
         <v>2025</v>
       </c>
       <c r="C221">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="D221" t="s">
-        <v>480</v>
+        <v>263</v>
       </c>
       <c r="E221" t="s">
-        <v>481</v>
+        <v>264</v>
       </c>
       <c r="F221" t="s">
-        <v>34</v>
+        <v>301</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="H221" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>947</v>
+        <v>1132</v>
       </c>
       <c r="B222">
         <v>2025</v>
       </c>
       <c r="C222">
-        <v>1</v>
+        <v>112</v>
       </c>
       <c r="D222" t="s">
-        <v>484</v>
+        <v>263</v>
       </c>
       <c r="E222" t="s">
-        <v>485</v>
+        <v>264</v>
       </c>
       <c r="F222" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>486</v>
       </c>
       <c r="H222" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>902</v>
+        <v>1133</v>
       </c>
       <c r="B223">
         <v>2025</v>
       </c>
       <c r="C223">
-        <v>1</v>
+        <v>113</v>
       </c>
       <c r="D223" t="s">
+        <v>263</v>
+      </c>
+      <c r="E223" t="s">
+        <v>264</v>
+      </c>
+      <c r="F223" t="s">
+        <v>272</v>
+      </c>
+      <c r="G223" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="E223" t="s">
+      <c r="H223" t="s">
         <v>489</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>895</v>
+        <v>1134</v>
       </c>
       <c r="B224">
         <v>2025</v>
       </c>
       <c r="C224">
-        <v>3</v>
+        <v>114</v>
       </c>
       <c r="D224" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E224" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F224" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="H224" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>903</v>
+        <v>1135</v>
       </c>
       <c r="B225">
         <v>2025</v>
       </c>
       <c r="C225">
-        <v>4</v>
+        <v>115</v>
       </c>
       <c r="D225" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E225" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="H225" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>904</v>
+        <v>1124</v>
       </c>
       <c r="B226">
         <v>2025</v>
       </c>
       <c r="C226">
-        <v>5</v>
+        <v>116</v>
       </c>
       <c r="D226" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E226" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F226" t="s">
-        <v>490</v>
+        <v>301</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="H226" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>913</v>
+        <v>1125</v>
       </c>
       <c r="B227">
         <v>2025</v>
       </c>
       <c r="C227">
-        <v>6</v>
+        <v>117</v>
       </c>
       <c r="D227" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E227" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>267</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="H227" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>914</v>
+        <v>1126</v>
       </c>
       <c r="B228">
         <v>2025</v>
       </c>
       <c r="C228">
-        <v>7</v>
+        <v>118</v>
       </c>
       <c r="D228" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E228" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="H228" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>915</v>
+        <v>1127</v>
       </c>
       <c r="B229">
         <v>2025</v>
       </c>
       <c r="C229">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="D229" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E229" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F229" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="H229" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>916</v>
+        <v>1128</v>
       </c>
       <c r="B230">
         <v>2025</v>
       </c>
       <c r="C230">
-        <v>9</v>
+        <v>120</v>
       </c>
       <c r="D230" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E230" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="H230" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>927</v>
+        <v>1177</v>
       </c>
       <c r="B231">
         <v>2025</v>
       </c>
       <c r="C231">
-        <v>10</v>
+        <v>121</v>
       </c>
       <c r="D231" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E231" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F231" t="s">
-        <v>507</v>
+        <v>301</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="H231" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>941</v>
+        <v>1178</v>
       </c>
       <c r="B232">
         <v>2025</v>
       </c>
       <c r="C232">
-        <v>11</v>
+        <v>122</v>
       </c>
       <c r="D232" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E232" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="H232" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>942</v>
+        <v>1179</v>
       </c>
       <c r="B233">
         <v>2025</v>
       </c>
       <c r="C233">
-        <v>12</v>
+        <v>123</v>
       </c>
       <c r="D233" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E233" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="H233" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>943</v>
+        <v>1180</v>
       </c>
       <c r="B234">
         <v>2025</v>
       </c>
       <c r="C234">
-        <v>13</v>
+        <v>124</v>
       </c>
       <c r="D234" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E234" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="H234" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>944</v>
+        <v>1181</v>
       </c>
       <c r="B235">
         <v>2025</v>
       </c>
       <c r="C235">
-        <v>14</v>
+        <v>125</v>
       </c>
       <c r="D235" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E235" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F235" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="H235" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>945</v>
+        <v>1182</v>
       </c>
       <c r="B236">
         <v>2025</v>
       </c>
       <c r="C236">
-        <v>15</v>
+        <v>126</v>
       </c>
       <c r="D236" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E236" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F236" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="H236" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>946</v>
+        <v>1183</v>
       </c>
       <c r="B237">
         <v>2025</v>
       </c>
       <c r="C237">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="D237" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E237" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="H237" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>954</v>
+        <v>1184</v>
       </c>
       <c r="B238">
         <v>2025</v>
       </c>
       <c r="C238">
-        <v>17</v>
+        <v>128</v>
       </c>
       <c r="D238" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E238" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F238" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="H238" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>955</v>
+        <v>1185</v>
       </c>
       <c r="B239">
         <v>2025</v>
       </c>
       <c r="C239">
-        <v>18</v>
+        <v>129</v>
       </c>
       <c r="D239" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E239" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F239" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="H239" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>959</v>
+        <v>1195</v>
       </c>
       <c r="B240">
         <v>2025</v>
       </c>
       <c r="C240">
-        <v>19</v>
+        <v>130</v>
       </c>
       <c r="D240" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E240" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F240" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="H240" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>960</v>
+        <v>1196</v>
       </c>
       <c r="B241">
         <v>2025</v>
       </c>
       <c r="C241">
-        <v>20</v>
+        <v>131</v>
       </c>
       <c r="D241" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E241" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F241" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="H241" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>961</v>
+        <v>1197</v>
       </c>
       <c r="B242">
         <v>2025</v>
       </c>
       <c r="C242">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="D242" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E242" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F242" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="H242" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>962</v>
+        <v>1198</v>
       </c>
       <c r="B243">
         <v>2025</v>
       </c>
       <c r="C243">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="D243" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E243" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F243" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="H243" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>963</v>
+        <v>1199</v>
       </c>
       <c r="B244">
         <v>2025</v>
       </c>
       <c r="C244">
-        <v>23</v>
+        <v>134</v>
       </c>
       <c r="D244" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E244" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F244" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="H244" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>972</v>
+        <v>1200</v>
       </c>
       <c r="B245">
         <v>2025</v>
       </c>
       <c r="C245">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="D245" t="s">
-        <v>488</v>
+        <v>263</v>
       </c>
       <c r="E245" t="s">
-        <v>489</v>
+        <v>264</v>
       </c>
       <c r="F245" t="s">
-        <v>507</v>
+        <v>280</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="H245" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>928</v>
+        <v>1201</v>
       </c>
       <c r="B246">
         <v>2025</v>
       </c>
       <c r="C246">
-        <v>3</v>
+        <v>136</v>
       </c>
       <c r="D246" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E246" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F246" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="H246" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>892</v>
+        <v>1202</v>
       </c>
       <c r="B247">
         <v>2025</v>
       </c>
       <c r="C247">
-        <v>29</v>
+        <v>137</v>
       </c>
       <c r="D247" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E247" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F247" t="s">
-        <v>13</v>
+        <v>331</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="H247" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>893</v>
+        <v>1203</v>
       </c>
       <c r="B248">
         <v>2025</v>
       </c>
       <c r="C248">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="D248" t="s">
+        <v>263</v>
+      </c>
+      <c r="E248" t="s">
+        <v>264</v>
+      </c>
+      <c r="F248" t="s">
+        <v>286</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H248" t="s">
         <v>538</v>
-      </c>
-[...10 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>894</v>
+        <v>1204</v>
       </c>
       <c r="B249">
         <v>2025</v>
       </c>
       <c r="C249">
-        <v>31</v>
+        <v>139</v>
       </c>
       <c r="D249" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E249" t="s">
+        <v>264</v>
+      </c>
+      <c r="F249" t="s">
+        <v>275</v>
+      </c>
+      <c r="G249" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="F249" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H249" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>933</v>
+        <v>1205</v>
       </c>
       <c r="B250">
         <v>2025</v>
       </c>
       <c r="C250">
-        <v>365</v>
+        <v>140</v>
       </c>
       <c r="D250" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E250" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F250" t="s">
-        <v>13</v>
+        <v>331</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="H250" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>891</v>
+        <v>1206</v>
       </c>
       <c r="B251">
         <v>2025</v>
       </c>
       <c r="C251">
-        <v>1029</v>
+        <v>141</v>
       </c>
       <c r="D251" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E251" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="H251" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>896</v>
+        <v>1207</v>
       </c>
       <c r="B252">
         <v>2025</v>
       </c>
       <c r="C252">
-        <v>1030</v>
+        <v>142</v>
       </c>
       <c r="D252" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E252" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F252" t="s">
-        <v>13</v>
+        <v>331</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="H252" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>897</v>
+        <v>1208</v>
       </c>
       <c r="B253">
         <v>2025</v>
       </c>
       <c r="C253">
-        <v>1031</v>
+        <v>143</v>
       </c>
       <c r="D253" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E253" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F253" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="H253" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>898</v>
+        <v>1209</v>
       </c>
       <c r="B254">
         <v>2025</v>
       </c>
       <c r="C254">
-        <v>1032</v>
+        <v>144</v>
       </c>
       <c r="D254" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E254" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="H254" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>911</v>
+        <v>1210</v>
       </c>
       <c r="B255">
         <v>2025</v>
       </c>
       <c r="C255">
-        <v>3647</v>
+        <v>145</v>
       </c>
       <c r="D255" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E255" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="H255" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>912</v>
+        <v>1211</v>
       </c>
       <c r="B256">
         <v>2025</v>
       </c>
       <c r="C256">
-        <v>3648</v>
+        <v>146</v>
       </c>
       <c r="D256" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E256" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="H256" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>918</v>
+        <v>1212</v>
       </c>
       <c r="B257">
         <v>2025</v>
       </c>
       <c r="C257">
-        <v>3650</v>
+        <v>147</v>
       </c>
       <c r="D257" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E257" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="H257" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>919</v>
+        <v>1213</v>
       </c>
       <c r="B258">
         <v>2025</v>
       </c>
       <c r="C258">
-        <v>3651</v>
+        <v>148</v>
       </c>
       <c r="D258" t="s">
-        <v>538</v>
+        <v>263</v>
       </c>
       <c r="E258" t="s">
-        <v>539</v>
+        <v>264</v>
       </c>
       <c r="F258" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>564</v>
+        <v>557</v>
       </c>
       <c r="H258" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>920</v>
+        <v>939</v>
       </c>
       <c r="B259">
         <v>2025</v>
       </c>
       <c r="C259">
-        <v>3652</v>
+        <v>1</v>
       </c>
       <c r="D259" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E259" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="H259" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>921</v>
+        <v>1154</v>
       </c>
       <c r="B260">
         <v>2025</v>
       </c>
       <c r="C260">
-        <v>3653</v>
+        <v>4</v>
       </c>
       <c r="D260" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E260" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="H260" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>922</v>
+        <v>1155</v>
       </c>
       <c r="B261">
         <v>2025</v>
       </c>
       <c r="C261">
-        <v>3654</v>
+        <v>5</v>
       </c>
       <c r="D261" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E261" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F261" t="s">
-        <v>13</v>
+        <v>328</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="H261" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>923</v>
+        <v>1156</v>
       </c>
       <c r="B262">
         <v>2025</v>
       </c>
       <c r="C262">
-        <v>3655</v>
+        <v>6</v>
       </c>
       <c r="D262" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E262" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F262" t="s">
-        <v>13</v>
+        <v>328</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="H262" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>924</v>
+        <v>1157</v>
       </c>
       <c r="B263">
         <v>2025</v>
       </c>
       <c r="C263">
-        <v>3656</v>
+        <v>8</v>
       </c>
       <c r="D263" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E263" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="H263" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>925</v>
+        <v>1158</v>
       </c>
       <c r="B264">
         <v>2025</v>
       </c>
       <c r="C264">
-        <v>3657</v>
+        <v>9</v>
       </c>
       <c r="D264" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E264" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="H264" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>929</v>
+        <v>1159</v>
       </c>
       <c r="B265">
         <v>2025</v>
       </c>
       <c r="C265">
-        <v>3658</v>
+        <v>10</v>
       </c>
       <c r="D265" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E265" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F265" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="H265" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>934</v>
+        <v>1160</v>
       </c>
       <c r="B266">
         <v>2025</v>
       </c>
       <c r="C266">
-        <v>3659</v>
+        <v>11</v>
       </c>
       <c r="D266" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E266" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F266" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="H266" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>935</v>
+        <v>1161</v>
       </c>
       <c r="B267">
         <v>2025</v>
       </c>
       <c r="C267">
-        <v>3660</v>
+        <v>12</v>
       </c>
       <c r="D267" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E267" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F267" t="s">
-        <v>13</v>
+        <v>328</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="H267" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>936</v>
+        <v>1162</v>
       </c>
       <c r="B268">
         <v>2025</v>
       </c>
       <c r="C268">
-        <v>3661</v>
+        <v>15</v>
       </c>
       <c r="D268" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E268" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F268" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="H268" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>937</v>
+        <v>1163</v>
       </c>
       <c r="B269">
         <v>2025</v>
       </c>
       <c r="C269">
-        <v>3662</v>
+        <v>16</v>
       </c>
       <c r="D269" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E269" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F269" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="H269" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>940</v>
+        <v>1164</v>
       </c>
       <c r="B270">
         <v>2025</v>
       </c>
       <c r="C270">
-        <v>3663</v>
+        <v>17</v>
       </c>
       <c r="D270" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E270" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F270" t="s">
-        <v>13</v>
+        <v>328</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="H270" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>951</v>
+        <v>1165</v>
       </c>
       <c r="B271">
         <v>2025</v>
       </c>
       <c r="C271">
-        <v>3664</v>
+        <v>18</v>
       </c>
       <c r="D271" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E271" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F271" t="s">
-        <v>13</v>
+        <v>328</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="H271" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>952</v>
+        <v>1166</v>
       </c>
       <c r="B272">
         <v>2025</v>
       </c>
       <c r="C272">
-        <v>3665</v>
+        <v>19</v>
       </c>
       <c r="D272" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E272" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F272" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="H272" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>953</v>
+        <v>1167</v>
       </c>
       <c r="B273">
         <v>2025</v>
       </c>
       <c r="C273">
-        <v>3666</v>
+        <v>20</v>
       </c>
       <c r="D273" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
       <c r="E273" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="F273" t="s">
-        <v>13</v>
+        <v>294</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="H273" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>964</v>
+        <v>1272</v>
       </c>
       <c r="B274">
         <v>2025</v>
       </c>
       <c r="C274">
-        <v>3667</v>
+        <v>1</v>
       </c>
       <c r="D274" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E274" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F274" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="H274" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>965</v>
+        <v>1273</v>
       </c>
       <c r="B275">
         <v>2025</v>
       </c>
       <c r="C275">
-        <v>3668</v>
+        <v>2</v>
       </c>
       <c r="D275" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E275" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>592</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="H275" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>966</v>
+        <v>1274</v>
       </c>
       <c r="B276">
         <v>2025</v>
       </c>
       <c r="C276">
-        <v>3669</v>
+        <v>3</v>
       </c>
       <c r="D276" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E276" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F276" t="s">
-        <v>13</v>
+        <v>267</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="H276" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>968</v>
+        <v>1275</v>
       </c>
       <c r="B277">
         <v>2025</v>
       </c>
       <c r="C277">
-        <v>3670</v>
+        <v>4</v>
       </c>
       <c r="D277" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E277" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="H277" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>967</v>
+        <v>1276</v>
       </c>
       <c r="B278">
         <v>2025</v>
       </c>
       <c r="C278">
-        <v>3671</v>
+        <v>5</v>
       </c>
       <c r="D278" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E278" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F278" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="H278" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>974</v>
+        <v>1277</v>
       </c>
       <c r="B279">
         <v>2025</v>
       </c>
       <c r="C279">
-        <v>3672</v>
+        <v>6</v>
       </c>
       <c r="D279" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E279" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F279" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="H279" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>975</v>
+        <v>1278</v>
       </c>
       <c r="B280">
         <v>2025</v>
       </c>
       <c r="C280">
-        <v>3673</v>
+        <v>7</v>
       </c>
       <c r="D280" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E280" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F280" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="H280" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>989</v>
+        <v>1279</v>
       </c>
       <c r="B281">
         <v>2025</v>
       </c>
       <c r="C281">
-        <v>3674</v>
+        <v>8</v>
       </c>
       <c r="D281" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E281" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F281" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="H281" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>990</v>
+        <v>1280</v>
       </c>
       <c r="B282">
         <v>2025</v>
       </c>
       <c r="C282">
-        <v>3675</v>
+        <v>9</v>
       </c>
       <c r="D282" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E282" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F282" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="H282" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>991</v>
+        <v>1281</v>
       </c>
       <c r="B283">
         <v>2025</v>
       </c>
       <c r="C283">
-        <v>3676</v>
+        <v>10</v>
       </c>
       <c r="D283" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E283" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F283" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="H283" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>992</v>
+        <v>1282</v>
       </c>
       <c r="B284">
         <v>2025</v>
       </c>
       <c r="C284">
-        <v>3677</v>
+        <v>11</v>
       </c>
       <c r="D284" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E284" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F284" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="H284" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>995</v>
+        <v>1283</v>
       </c>
       <c r="B285">
         <v>2025</v>
       </c>
       <c r="C285">
-        <v>3678</v>
+        <v>12</v>
       </c>
       <c r="D285" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E285" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F285" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="H285" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>996</v>
+        <v>1284</v>
       </c>
       <c r="B286">
         <v>2025</v>
       </c>
       <c r="C286">
-        <v>3679</v>
+        <v>13</v>
       </c>
       <c r="D286" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E286" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F286" t="s">
-        <v>34</v>
+        <v>283</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="H286" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>998</v>
+        <v>1286</v>
       </c>
       <c r="B287">
         <v>2025</v>
       </c>
       <c r="C287">
-        <v>3680</v>
+        <v>14</v>
       </c>
       <c r="D287" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E287" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F287" t="s">
-        <v>34</v>
+        <v>301</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="H287" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>999</v>
+        <v>1288</v>
       </c>
       <c r="B288">
         <v>2025</v>
       </c>
       <c r="C288">
-        <v>3681</v>
+        <v>15</v>
       </c>
       <c r="D288" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E288" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F288" t="s">
-        <v>34</v>
+        <v>621</v>
       </c>
       <c r="G288" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H288" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>1080</v>
+        <v>1290</v>
       </c>
       <c r="B289">
         <v>2025</v>
       </c>
       <c r="C289">
-        <v>3683</v>
+        <v>16</v>
       </c>
       <c r="D289" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E289" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F289" t="s">
-        <v>13</v>
+        <v>120</v>
       </c>
       <c r="G289" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H289" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>1081</v>
+        <v>1292</v>
       </c>
       <c r="B290">
         <v>2025</v>
       </c>
       <c r="C290">
-        <v>3684</v>
+        <v>17</v>
       </c>
       <c r="D290" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E290" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G290" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H290" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>1082</v>
+        <v>1293</v>
       </c>
       <c r="B291">
         <v>2025</v>
       </c>
       <c r="C291">
-        <v>3685</v>
+        <v>18</v>
       </c>
       <c r="D291" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E291" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F291" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G291" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H291" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>1083</v>
+        <v>1294</v>
       </c>
       <c r="B292">
         <v>2025</v>
       </c>
       <c r="C292">
-        <v>3686</v>
+        <v>19</v>
       </c>
       <c r="D292" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E292" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F292" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G292" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H292" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>1084</v>
+        <v>1296</v>
       </c>
       <c r="B293">
         <v>2025</v>
       </c>
       <c r="C293">
-        <v>3687</v>
+        <v>20</v>
       </c>
       <c r="D293" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E293" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G293" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H293" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>1085</v>
+        <v>1298</v>
       </c>
       <c r="B294">
         <v>2025</v>
       </c>
       <c r="C294">
-        <v>3688</v>
+        <v>21</v>
       </c>
       <c r="D294" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E294" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="G294" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="H294" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>1086</v>
+        <v>1299</v>
       </c>
       <c r="B295">
         <v>2025</v>
       </c>
       <c r="C295">
-        <v>3689</v>
+        <v>22</v>
       </c>
       <c r="D295" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E295" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F295" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G295" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H295" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>1090</v>
+        <v>1301</v>
       </c>
       <c r="B296">
         <v>2025</v>
       </c>
       <c r="C296">
-        <v>3690</v>
+        <v>23</v>
       </c>
       <c r="D296" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E296" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F296" t="s">
-        <v>34</v>
+        <v>283</v>
       </c>
       <c r="G296" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H296" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>1091</v>
+        <v>1302</v>
       </c>
       <c r="B297">
         <v>2025</v>
       </c>
       <c r="C297">
-        <v>3691</v>
+        <v>24</v>
       </c>
       <c r="D297" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E297" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F297" t="s">
-        <v>34</v>
+        <v>283</v>
       </c>
       <c r="G297" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H297" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>1092</v>
+        <v>1304</v>
       </c>
       <c r="B298">
         <v>2025</v>
       </c>
       <c r="C298">
-        <v>3692</v>
+        <v>25</v>
       </c>
       <c r="D298" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E298" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F298" t="s">
-        <v>34</v>
+        <v>301</v>
       </c>
       <c r="G298" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H298" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>1093</v>
+        <v>1306</v>
       </c>
       <c r="B299">
         <v>2025</v>
       </c>
       <c r="C299">
-        <v>3693</v>
+        <v>26</v>
       </c>
       <c r="D299" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E299" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F299" t="s">
-        <v>34</v>
+        <v>283</v>
       </c>
       <c r="G299" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H299" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>1094</v>
+        <v>1307</v>
       </c>
       <c r="B300">
         <v>2025</v>
       </c>
       <c r="C300">
-        <v>3694</v>
+        <v>27</v>
       </c>
       <c r="D300" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E300" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F300" t="s">
-        <v>34</v>
+        <v>275</v>
       </c>
       <c r="G300" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H300" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>1098</v>
+        <v>1308</v>
       </c>
       <c r="B301">
         <v>2025</v>
       </c>
       <c r="C301">
-        <v>3695</v>
+        <v>28</v>
       </c>
       <c r="D301" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E301" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F301" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G301" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H301" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>1099</v>
+        <v>1310</v>
       </c>
       <c r="B302">
         <v>2025</v>
       </c>
       <c r="C302">
-        <v>3696</v>
+        <v>29</v>
       </c>
       <c r="D302" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E302" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F302" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G302" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H302" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>1100</v>
+        <v>1311</v>
       </c>
       <c r="B303">
         <v>2025</v>
       </c>
       <c r="C303">
-        <v>3697</v>
+        <v>30</v>
       </c>
       <c r="D303" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E303" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F303" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G303" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H303" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>1101</v>
+        <v>1312</v>
       </c>
       <c r="B304">
         <v>2025</v>
       </c>
       <c r="C304">
-        <v>3698</v>
+        <v>31</v>
       </c>
       <c r="D304" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E304" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F304" t="s">
-        <v>34</v>
+        <v>291</v>
       </c>
       <c r="G304" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H304" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>1102</v>
+        <v>1314</v>
       </c>
       <c r="B305">
         <v>2025</v>
       </c>
       <c r="C305">
-        <v>3699</v>
+        <v>32</v>
       </c>
       <c r="D305" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E305" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F305" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="H305" t="s">
-        <v>658</v>
+        <v>612</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>1103</v>
+        <v>1316</v>
       </c>
       <c r="B306">
         <v>2025</v>
       </c>
       <c r="C306">
-        <v>3700</v>
+        <v>33</v>
       </c>
       <c r="D306" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E306" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F306" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="H306" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>1104</v>
+        <v>1317</v>
       </c>
       <c r="B307">
         <v>2025</v>
       </c>
       <c r="C307">
-        <v>3701</v>
+        <v>34</v>
       </c>
       <c r="D307" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E307" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F307" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="H307" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>1105</v>
+        <v>1319</v>
       </c>
       <c r="B308">
         <v>2025</v>
       </c>
       <c r="C308">
-        <v>3702</v>
+        <v>35</v>
       </c>
       <c r="D308" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E308" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F308" t="s">
-        <v>13</v>
+        <v>286</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="H308" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>1106</v>
+        <v>1320</v>
       </c>
       <c r="B309">
         <v>2025</v>
       </c>
       <c r="C309">
-        <v>3703</v>
+        <v>36</v>
       </c>
       <c r="D309" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E309" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F309" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="H309" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>1107</v>
+        <v>1322</v>
       </c>
       <c r="B310">
         <v>2025</v>
       </c>
       <c r="C310">
-        <v>3704</v>
+        <v>37</v>
       </c>
       <c r="D310" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E310" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="H310" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>1108</v>
+        <v>1323</v>
       </c>
       <c r="B311">
         <v>2025</v>
       </c>
       <c r="C311">
-        <v>3705</v>
+        <v>38</v>
       </c>
       <c r="D311" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E311" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>176</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="H311" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>1109</v>
+        <v>1325</v>
       </c>
       <c r="B312">
         <v>2025</v>
       </c>
       <c r="C312">
-        <v>3706</v>
+        <v>39</v>
       </c>
       <c r="D312" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E312" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F312" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="H312" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>1110</v>
+        <v>1326</v>
       </c>
       <c r="B313">
         <v>2025</v>
       </c>
       <c r="C313">
-        <v>3707</v>
+        <v>40</v>
       </c>
       <c r="D313" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E313" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F313" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="H313" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>1111</v>
+        <v>1327</v>
       </c>
       <c r="B314">
         <v>2025</v>
       </c>
       <c r="C314">
-        <v>3708</v>
+        <v>41</v>
       </c>
       <c r="D314" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E314" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F314" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="H314" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>1112</v>
+        <v>1328</v>
       </c>
       <c r="B315">
         <v>2025</v>
       </c>
       <c r="C315">
-        <v>3709</v>
+        <v>42</v>
       </c>
       <c r="D315" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E315" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F315" t="s">
-        <v>13</v>
+        <v>301</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="H315" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>1113</v>
+        <v>1329</v>
       </c>
       <c r="B316">
         <v>2025</v>
       </c>
       <c r="C316">
-        <v>3710</v>
+        <v>43</v>
       </c>
       <c r="D316" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E316" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F316" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="H316" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>1168</v>
+        <v>1342</v>
       </c>
       <c r="B317">
         <v>2025</v>
       </c>
       <c r="C317">
-        <v>3711</v>
+        <v>44</v>
       </c>
       <c r="D317" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E317" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F317" t="s">
-        <v>13</v>
+        <v>291</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>99</v>
+        <v>679</v>
       </c>
       <c r="H317" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>1169</v>
+        <v>1343</v>
       </c>
       <c r="B318">
         <v>2025</v>
       </c>
       <c r="C318">
-        <v>3712</v>
+        <v>45</v>
       </c>
       <c r="D318" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E318" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F318" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G318" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H318" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>1188</v>
+        <v>1344</v>
       </c>
       <c r="B319">
         <v>2025</v>
       </c>
       <c r="C319">
-        <v>3713</v>
+        <v>46</v>
       </c>
       <c r="D319" t="s">
-        <v>538</v>
+        <v>591</v>
       </c>
       <c r="E319" t="s">
-        <v>539</v>
+        <v>592</v>
       </c>
       <c r="F319" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>683</v>
       </c>
       <c r="H319" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>1189</v>
+        <v>1345</v>
       </c>
       <c r="B320">
         <v>2025</v>
       </c>
       <c r="C320">
-        <v>3714</v>
+        <v>1</v>
       </c>
       <c r="D320" t="s">
-        <v>538</v>
+        <v>685</v>
       </c>
       <c r="E320" t="s">
-        <v>539</v>
+        <v>686</v>
       </c>
       <c r="F320" t="s">
-        <v>13</v>
+        <v>331</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="H320" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>1190</v>
+        <v>1346</v>
       </c>
       <c r="B321">
         <v>2025</v>
       </c>
       <c r="C321">
-        <v>3715</v>
+        <v>2</v>
       </c>
       <c r="D321" t="s">
-        <v>538</v>
+        <v>685</v>
       </c>
       <c r="E321" t="s">
-        <v>539</v>
+        <v>686</v>
       </c>
       <c r="F321" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="H321" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>1193</v>
+        <v>1347</v>
       </c>
       <c r="B322">
         <v>2025</v>
       </c>
       <c r="C322">
-        <v>3716</v>
+        <v>3</v>
       </c>
       <c r="D322" t="s">
-        <v>538</v>
+        <v>685</v>
       </c>
       <c r="E322" t="s">
-        <v>539</v>
+        <v>686</v>
       </c>
       <c r="F322" t="s">
-        <v>13</v>
+        <v>272</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="H322" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>1194</v>
+        <v>1348</v>
       </c>
       <c r="B323">
         <v>2025</v>
       </c>
       <c r="C323">
-        <v>3717</v>
+        <v>4</v>
       </c>
       <c r="D323" t="s">
-        <v>538</v>
+        <v>685</v>
       </c>
       <c r="E323" t="s">
-        <v>539</v>
+        <v>686</v>
       </c>
       <c r="F323" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H323" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>1217</v>
+        <v>1349</v>
       </c>
       <c r="B324">
         <v>2025</v>
       </c>
       <c r="C324">
-        <v>3718</v>
+        <v>5</v>
       </c>
       <c r="D324" t="s">
-        <v>538</v>
+        <v>685</v>
       </c>
       <c r="E324" t="s">
-        <v>539</v>
+        <v>686</v>
       </c>
       <c r="F324" t="s">
-        <v>13</v>
+        <v>275</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="H324" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>969</v>
+        <v>1350</v>
       </c>
       <c r="B325">
         <v>2025</v>
       </c>
       <c r="C325">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D325" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="E325" t="s">
-        <v>696</v>
+        <v>686</v>
       </c>
       <c r="F325" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>697</v>
       </c>
       <c r="H325" t="s">
         <v>698</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326">
+        <v>1351</v>
+      </c>
+      <c r="B326">
+        <v>2025</v>
+      </c>
+      <c r="C326">
+        <v>7</v>
+      </c>
+      <c r="D326" t="s">
+        <v>685</v>
+      </c>
+      <c r="E326" t="s">
+        <v>686</v>
+      </c>
+      <c r="F326" t="s">
+        <v>283</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H326" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327">
+        <v>1352</v>
+      </c>
+      <c r="B327">
+        <v>2025</v>
+      </c>
+      <c r="C327">
+        <v>8</v>
+      </c>
+      <c r="D327" t="s">
+        <v>685</v>
+      </c>
+      <c r="E327" t="s">
+        <v>686</v>
+      </c>
+      <c r="F327" t="s">
+        <v>275</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H327" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328">
+        <v>1353</v>
+      </c>
+      <c r="B328">
+        <v>2025</v>
+      </c>
+      <c r="C328">
+        <v>9</v>
+      </c>
+      <c r="D328" t="s">
+        <v>685</v>
+      </c>
+      <c r="E328" t="s">
+        <v>686</v>
+      </c>
+      <c r="F328" t="s">
+        <v>283</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H328" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329">
+        <v>1354</v>
+      </c>
+      <c r="B329">
+        <v>2025</v>
+      </c>
+      <c r="C329">
+        <v>10</v>
+      </c>
+      <c r="D329" t="s">
+        <v>685</v>
+      </c>
+      <c r="E329" t="s">
+        <v>686</v>
+      </c>
+      <c r="F329" t="s">
+        <v>256</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="H329" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330">
+        <v>1355</v>
+      </c>
+      <c r="B330">
+        <v>2025</v>
+      </c>
+      <c r="C330">
+        <v>11</v>
+      </c>
+      <c r="D330" t="s">
+        <v>685</v>
+      </c>
+      <c r="E330" t="s">
+        <v>686</v>
+      </c>
+      <c r="F330" t="s">
+        <v>256</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H330" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331">
+        <v>1356</v>
+      </c>
+      <c r="B331">
+        <v>2025</v>
+      </c>
+      <c r="C331">
+        <v>12</v>
+      </c>
+      <c r="D331" t="s">
+        <v>685</v>
+      </c>
+      <c r="E331" t="s">
+        <v>686</v>
+      </c>
+      <c r="F331" t="s">
+        <v>291</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H331" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332">
+        <v>1357</v>
+      </c>
+      <c r="B332">
+        <v>2025</v>
+      </c>
+      <c r="C332">
+        <v>13</v>
+      </c>
+      <c r="D332" t="s">
+        <v>685</v>
+      </c>
+      <c r="E332" t="s">
+        <v>686</v>
+      </c>
+      <c r="F332" t="s">
+        <v>176</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H332" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333">
+        <v>1358</v>
+      </c>
+      <c r="B333">
+        <v>2025</v>
+      </c>
+      <c r="C333">
+        <v>14</v>
+      </c>
+      <c r="D333" t="s">
+        <v>685</v>
+      </c>
+      <c r="E333" t="s">
+        <v>686</v>
+      </c>
+      <c r="F333" t="s">
+        <v>176</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H333" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334">
+        <v>1359</v>
+      </c>
+      <c r="B334">
+        <v>2025</v>
+      </c>
+      <c r="C334">
+        <v>15</v>
+      </c>
+      <c r="D334" t="s">
+        <v>685</v>
+      </c>
+      <c r="E334" t="s">
+        <v>686</v>
+      </c>
+      <c r="F334" t="s">
+        <v>280</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="H334" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335">
+        <v>1360</v>
+      </c>
+      <c r="B335">
+        <v>2025</v>
+      </c>
+      <c r="C335">
+        <v>16</v>
+      </c>
+      <c r="D335" t="s">
+        <v>685</v>
+      </c>
+      <c r="E335" t="s">
+        <v>686</v>
+      </c>
+      <c r="F335" t="s">
+        <v>275</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H335" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336">
+        <v>1361</v>
+      </c>
+      <c r="B336">
+        <v>2025</v>
+      </c>
+      <c r="C336">
+        <v>17</v>
+      </c>
+      <c r="D336" t="s">
+        <v>685</v>
+      </c>
+      <c r="E336" t="s">
+        <v>686</v>
+      </c>
+      <c r="F336" t="s">
+        <v>176</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H336" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337">
+        <v>1362</v>
+      </c>
+      <c r="B337">
+        <v>2025</v>
+      </c>
+      <c r="C337">
+        <v>18</v>
+      </c>
+      <c r="D337" t="s">
+        <v>685</v>
+      </c>
+      <c r="E337" t="s">
+        <v>686</v>
+      </c>
+      <c r="F337" t="s">
+        <v>120</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="H337" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338">
+        <v>1363</v>
+      </c>
+      <c r="B338">
+        <v>2025</v>
+      </c>
+      <c r="C338">
+        <v>19</v>
+      </c>
+      <c r="D338" t="s">
+        <v>685</v>
+      </c>
+      <c r="E338" t="s">
+        <v>686</v>
+      </c>
+      <c r="F338" t="s">
+        <v>173</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H338" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339">
+        <v>1364</v>
+      </c>
+      <c r="B339">
+        <v>2025</v>
+      </c>
+      <c r="C339">
+        <v>20</v>
+      </c>
+      <c r="D339" t="s">
+        <v>685</v>
+      </c>
+      <c r="E339" t="s">
+        <v>686</v>
+      </c>
+      <c r="F339" t="s">
+        <v>301</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H339" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340">
+        <v>1365</v>
+      </c>
+      <c r="B340">
+        <v>2025</v>
+      </c>
+      <c r="C340">
+        <v>21</v>
+      </c>
+      <c r="D340" t="s">
+        <v>685</v>
+      </c>
+      <c r="E340" t="s">
+        <v>686</v>
+      </c>
+      <c r="F340" t="s">
+        <v>283</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="H340" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341">
+        <v>1366</v>
+      </c>
+      <c r="B341">
+        <v>2025</v>
+      </c>
+      <c r="C341">
+        <v>22</v>
+      </c>
+      <c r="D341" t="s">
+        <v>685</v>
+      </c>
+      <c r="E341" t="s">
+        <v>686</v>
+      </c>
+      <c r="F341" t="s">
+        <v>283</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="H341" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342">
+        <v>1367</v>
+      </c>
+      <c r="B342">
+        <v>2025</v>
+      </c>
+      <c r="C342">
+        <v>23</v>
+      </c>
+      <c r="D342" t="s">
+        <v>685</v>
+      </c>
+      <c r="E342" t="s">
+        <v>686</v>
+      </c>
+      <c r="F342" t="s">
+        <v>730</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H342" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343">
+        <v>1368</v>
+      </c>
+      <c r="B343">
+        <v>2025</v>
+      </c>
+      <c r="C343">
+        <v>24</v>
+      </c>
+      <c r="D343" t="s">
+        <v>685</v>
+      </c>
+      <c r="E343" t="s">
+        <v>686</v>
+      </c>
+      <c r="F343" t="s">
+        <v>283</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H343" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344">
+        <v>1369</v>
+      </c>
+      <c r="B344">
+        <v>2025</v>
+      </c>
+      <c r="C344">
+        <v>25</v>
+      </c>
+      <c r="D344" t="s">
+        <v>685</v>
+      </c>
+      <c r="E344" t="s">
+        <v>686</v>
+      </c>
+      <c r="F344" t="s">
+        <v>176</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H344" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345">
+        <v>1370</v>
+      </c>
+      <c r="B345">
+        <v>2025</v>
+      </c>
+      <c r="C345">
+        <v>26</v>
+      </c>
+      <c r="D345" t="s">
+        <v>685</v>
+      </c>
+      <c r="E345" t="s">
+        <v>686</v>
+      </c>
+      <c r="F345" t="s">
+        <v>280</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H345" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346">
+        <v>902</v>
+      </c>
+      <c r="B346">
+        <v>2025</v>
+      </c>
+      <c r="C346">
+        <v>1</v>
+      </c>
+      <c r="D346" t="s">
+        <v>739</v>
+      </c>
+      <c r="E346" t="s">
+        <v>740</v>
+      </c>
+      <c r="F346" t="s">
+        <v>741</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="H346" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347">
+        <v>895</v>
+      </c>
+      <c r="B347">
+        <v>2025</v>
+      </c>
+      <c r="C347">
+        <v>3</v>
+      </c>
+      <c r="D347" t="s">
+        <v>739</v>
+      </c>
+      <c r="E347" t="s">
+        <v>740</v>
+      </c>
+      <c r="F347" t="s">
+        <v>18</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H347" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348">
+        <v>903</v>
+      </c>
+      <c r="B348">
+        <v>2025</v>
+      </c>
+      <c r="C348">
+        <v>4</v>
+      </c>
+      <c r="D348" t="s">
+        <v>739</v>
+      </c>
+      <c r="E348" t="s">
+        <v>740</v>
+      </c>
+      <c r="F348" t="s">
+        <v>18</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="H348" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349">
+        <v>904</v>
+      </c>
+      <c r="B349">
+        <v>2025</v>
+      </c>
+      <c r="C349">
+        <v>5</v>
+      </c>
+      <c r="D349" t="s">
+        <v>739</v>
+      </c>
+      <c r="E349" t="s">
+        <v>740</v>
+      </c>
+      <c r="F349" t="s">
+        <v>741</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H349" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350">
+        <v>913</v>
+      </c>
+      <c r="B350">
+        <v>2025</v>
+      </c>
+      <c r="C350">
+        <v>6</v>
+      </c>
+      <c r="D350" t="s">
+        <v>739</v>
+      </c>
+      <c r="E350" t="s">
+        <v>740</v>
+      </c>
+      <c r="F350" t="s">
+        <v>18</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H350" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351">
+        <v>914</v>
+      </c>
+      <c r="B351">
+        <v>2025</v>
+      </c>
+      <c r="C351">
+        <v>7</v>
+      </c>
+      <c r="D351" t="s">
+        <v>739</v>
+      </c>
+      <c r="E351" t="s">
+        <v>740</v>
+      </c>
+      <c r="F351" t="s">
+        <v>18</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H351" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352">
+        <v>915</v>
+      </c>
+      <c r="B352">
+        <v>2025</v>
+      </c>
+      <c r="C352">
+        <v>8</v>
+      </c>
+      <c r="D352" t="s">
+        <v>739</v>
+      </c>
+      <c r="E352" t="s">
+        <v>740</v>
+      </c>
+      <c r="F352" t="s">
+        <v>18</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H352" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353">
+        <v>916</v>
+      </c>
+      <c r="B353">
+        <v>2025</v>
+      </c>
+      <c r="C353">
+        <v>9</v>
+      </c>
+      <c r="D353" t="s">
+        <v>739</v>
+      </c>
+      <c r="E353" t="s">
+        <v>740</v>
+      </c>
+      <c r="F353" t="s">
+        <v>18</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H353" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354">
+        <v>927</v>
+      </c>
+      <c r="B354">
+        <v>2025</v>
+      </c>
+      <c r="C354">
+        <v>10</v>
+      </c>
+      <c r="D354" t="s">
+        <v>739</v>
+      </c>
+      <c r="E354" t="s">
+        <v>740</v>
+      </c>
+      <c r="F354" t="s">
+        <v>758</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H354" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355">
+        <v>941</v>
+      </c>
+      <c r="B355">
+        <v>2025</v>
+      </c>
+      <c r="C355">
+        <v>11</v>
+      </c>
+      <c r="D355" t="s">
+        <v>739</v>
+      </c>
+      <c r="E355" t="s">
+        <v>740</v>
+      </c>
+      <c r="F355" t="s">
+        <v>18</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H355" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356">
+        <v>942</v>
+      </c>
+      <c r="B356">
+        <v>2025</v>
+      </c>
+      <c r="C356">
+        <v>12</v>
+      </c>
+      <c r="D356" t="s">
+        <v>739</v>
+      </c>
+      <c r="E356" t="s">
+        <v>740</v>
+      </c>
+      <c r="F356" t="s">
+        <v>18</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H356" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357">
+        <v>943</v>
+      </c>
+      <c r="B357">
+        <v>2025</v>
+      </c>
+      <c r="C357">
+        <v>13</v>
+      </c>
+      <c r="D357" t="s">
+        <v>739</v>
+      </c>
+      <c r="E357" t="s">
+        <v>740</v>
+      </c>
+      <c r="F357" t="s">
+        <v>18</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H357" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358">
+        <v>944</v>
+      </c>
+      <c r="B358">
+        <v>2025</v>
+      </c>
+      <c r="C358">
+        <v>14</v>
+      </c>
+      <c r="D358" t="s">
+        <v>739</v>
+      </c>
+      <c r="E358" t="s">
+        <v>740</v>
+      </c>
+      <c r="F358" t="s">
+        <v>18</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H358" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359">
+        <v>945</v>
+      </c>
+      <c r="B359">
+        <v>2025</v>
+      </c>
+      <c r="C359">
+        <v>15</v>
+      </c>
+      <c r="D359" t="s">
+        <v>739</v>
+      </c>
+      <c r="E359" t="s">
+        <v>740</v>
+      </c>
+      <c r="F359" t="s">
+        <v>18</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H359" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360">
+        <v>946</v>
+      </c>
+      <c r="B360">
+        <v>2025</v>
+      </c>
+      <c r="C360">
+        <v>16</v>
+      </c>
+      <c r="D360" t="s">
+        <v>739</v>
+      </c>
+      <c r="E360" t="s">
+        <v>740</v>
+      </c>
+      <c r="F360" t="s">
+        <v>18</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H360" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361">
+        <v>954</v>
+      </c>
+      <c r="B361">
+        <v>2025</v>
+      </c>
+      <c r="C361">
+        <v>17</v>
+      </c>
+      <c r="D361" t="s">
+        <v>739</v>
+      </c>
+      <c r="E361" t="s">
+        <v>740</v>
+      </c>
+      <c r="F361" t="s">
+        <v>18</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H361" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362">
+        <v>955</v>
+      </c>
+      <c r="B362">
+        <v>2025</v>
+      </c>
+      <c r="C362">
+        <v>18</v>
+      </c>
+      <c r="D362" t="s">
+        <v>739</v>
+      </c>
+      <c r="E362" t="s">
+        <v>740</v>
+      </c>
+      <c r="F362" t="s">
+        <v>18</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H362" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363">
+        <v>959</v>
+      </c>
+      <c r="B363">
+        <v>2025</v>
+      </c>
+      <c r="C363">
+        <v>19</v>
+      </c>
+      <c r="D363" t="s">
+        <v>739</v>
+      </c>
+      <c r="E363" t="s">
+        <v>740</v>
+      </c>
+      <c r="F363" t="s">
+        <v>18</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H363" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364">
+        <v>960</v>
+      </c>
+      <c r="B364">
+        <v>2025</v>
+      </c>
+      <c r="C364">
+        <v>20</v>
+      </c>
+      <c r="D364" t="s">
+        <v>739</v>
+      </c>
+      <c r="E364" t="s">
+        <v>740</v>
+      </c>
+      <c r="F364" t="s">
+        <v>18</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H364" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365">
+        <v>961</v>
+      </c>
+      <c r="B365">
+        <v>2025</v>
+      </c>
+      <c r="C365">
+        <v>21</v>
+      </c>
+      <c r="D365" t="s">
+        <v>739</v>
+      </c>
+      <c r="E365" t="s">
+        <v>740</v>
+      </c>
+      <c r="F365" t="s">
+        <v>18</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H365" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366">
+        <v>962</v>
+      </c>
+      <c r="B366">
+        <v>2025</v>
+      </c>
+      <c r="C366">
+        <v>22</v>
+      </c>
+      <c r="D366" t="s">
+        <v>739</v>
+      </c>
+      <c r="E366" t="s">
+        <v>740</v>
+      </c>
+      <c r="F366" t="s">
+        <v>18</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H366" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367">
+        <v>963</v>
+      </c>
+      <c r="B367">
+        <v>2025</v>
+      </c>
+      <c r="C367">
+        <v>23</v>
+      </c>
+      <c r="D367" t="s">
+        <v>739</v>
+      </c>
+      <c r="E367" t="s">
+        <v>740</v>
+      </c>
+      <c r="F367" t="s">
+        <v>18</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H367" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368">
+        <v>972</v>
+      </c>
+      <c r="B368">
+        <v>2025</v>
+      </c>
+      <c r="C368">
+        <v>24</v>
+      </c>
+      <c r="D368" t="s">
+        <v>739</v>
+      </c>
+      <c r="E368" t="s">
+        <v>740</v>
+      </c>
+      <c r="F368" t="s">
+        <v>758</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H368" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369">
+        <v>1384</v>
+      </c>
+      <c r="B369">
+        <v>2025</v>
+      </c>
+      <c r="C369">
+        <v>25</v>
+      </c>
+      <c r="D369" t="s">
+        <v>739</v>
+      </c>
+      <c r="E369" t="s">
+        <v>740</v>
+      </c>
+      <c r="F369" t="s">
+        <v>18</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H369" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370">
+        <v>1385</v>
+      </c>
+      <c r="B370">
+        <v>2025</v>
+      </c>
+      <c r="C370">
+        <v>26</v>
+      </c>
+      <c r="D370" t="s">
+        <v>739</v>
+      </c>
+      <c r="E370" t="s">
+        <v>740</v>
+      </c>
+      <c r="F370" t="s">
+        <v>18</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H370" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371">
+        <v>1386</v>
+      </c>
+      <c r="B371">
+        <v>2025</v>
+      </c>
+      <c r="C371">
+        <v>27</v>
+      </c>
+      <c r="D371" t="s">
+        <v>739</v>
+      </c>
+      <c r="E371" t="s">
+        <v>740</v>
+      </c>
+      <c r="F371" t="s">
+        <v>18</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H371" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372">
+        <v>969</v>
+      </c>
+      <c r="B372">
+        <v>2025</v>
+      </c>
+      <c r="C372">
+        <v>1</v>
+      </c>
+      <c r="D372" t="s">
+        <v>795</v>
+      </c>
+      <c r="E372" t="s">
+        <v>796</v>
+      </c>
+      <c r="F372" t="s">
+        <v>18</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H372" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373">
+        <v>928</v>
+      </c>
+      <c r="B373">
+        <v>2025</v>
+      </c>
+      <c r="C373">
+        <v>3</v>
+      </c>
+      <c r="D373" t="s">
+        <v>799</v>
+      </c>
+      <c r="E373" t="s">
+        <v>800</v>
+      </c>
+      <c r="F373" t="s">
+        <v>18</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H373" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374">
+        <v>929</v>
+      </c>
+      <c r="B374">
+        <v>2025</v>
+      </c>
+      <c r="C374">
+        <v>4</v>
+      </c>
+      <c r="D374" t="s">
+        <v>799</v>
+      </c>
+      <c r="E374" t="s">
+        <v>800</v>
+      </c>
+      <c r="F374" t="s">
+        <v>18</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H374" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375">
+        <v>891</v>
+      </c>
+      <c r="B375">
+        <v>2025</v>
+      </c>
+      <c r="C375">
+        <v>3638</v>
+      </c>
+      <c r="D375" t="s">
+        <v>799</v>
+      </c>
+      <c r="E375" t="s">
+        <v>800</v>
+      </c>
+      <c r="F375" t="s">
+        <v>18</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H375" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376">
+        <v>892</v>
+      </c>
+      <c r="B376">
+        <v>2025</v>
+      </c>
+      <c r="C376">
+        <v>3639</v>
+      </c>
+      <c r="D376" t="s">
+        <v>799</v>
+      </c>
+      <c r="E376" t="s">
+        <v>800</v>
+      </c>
+      <c r="F376" t="s">
+        <v>18</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H376" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377">
+        <v>893</v>
+      </c>
+      <c r="B377">
+        <v>2025</v>
+      </c>
+      <c r="C377">
+        <v>3640</v>
+      </c>
+      <c r="D377" t="s">
+        <v>799</v>
+      </c>
+      <c r="E377" t="s">
+        <v>800</v>
+      </c>
+      <c r="F377" t="s">
+        <v>18</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="H377" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378">
+        <v>894</v>
+      </c>
+      <c r="B378">
+        <v>2025</v>
+      </c>
+      <c r="C378">
+        <v>3641</v>
+      </c>
+      <c r="D378" t="s">
+        <v>799</v>
+      </c>
+      <c r="E378" t="s">
+        <v>800</v>
+      </c>
+      <c r="F378" t="s">
+        <v>18</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H378" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379">
+        <v>896</v>
+      </c>
+      <c r="B379">
+        <v>2025</v>
+      </c>
+      <c r="C379">
+        <v>3642</v>
+      </c>
+      <c r="D379" t="s">
+        <v>799</v>
+      </c>
+      <c r="E379" t="s">
+        <v>800</v>
+      </c>
+      <c r="F379" t="s">
+        <v>18</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H379" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380">
+        <v>897</v>
+      </c>
+      <c r="B380">
+        <v>2025</v>
+      </c>
+      <c r="C380">
+        <v>3643</v>
+      </c>
+      <c r="D380" t="s">
+        <v>799</v>
+      </c>
+      <c r="E380" t="s">
+        <v>800</v>
+      </c>
+      <c r="F380" t="s">
+        <v>18</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H380" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381">
+        <v>898</v>
+      </c>
+      <c r="B381">
+        <v>2025</v>
+      </c>
+      <c r="C381">
+        <v>3646</v>
+      </c>
+      <c r="D381" t="s">
+        <v>799</v>
+      </c>
+      <c r="E381" t="s">
+        <v>800</v>
+      </c>
+      <c r="F381" t="s">
+        <v>18</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="H381" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382">
+        <v>911</v>
+      </c>
+      <c r="B382">
+        <v>2025</v>
+      </c>
+      <c r="C382">
+        <v>3647</v>
+      </c>
+      <c r="D382" t="s">
+        <v>799</v>
+      </c>
+      <c r="E382" t="s">
+        <v>800</v>
+      </c>
+      <c r="F382" t="s">
+        <v>18</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H382" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383">
+        <v>912</v>
+      </c>
+      <c r="B383">
+        <v>2025</v>
+      </c>
+      <c r="C383">
+        <v>3648</v>
+      </c>
+      <c r="D383" t="s">
+        <v>799</v>
+      </c>
+      <c r="E383" t="s">
+        <v>800</v>
+      </c>
+      <c r="F383" t="s">
+        <v>18</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H383" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384">
+        <v>918</v>
+      </c>
+      <c r="B384">
+        <v>2025</v>
+      </c>
+      <c r="C384">
+        <v>3650</v>
+      </c>
+      <c r="D384" t="s">
+        <v>799</v>
+      </c>
+      <c r="E384" t="s">
+        <v>800</v>
+      </c>
+      <c r="F384" t="s">
+        <v>18</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H384" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385">
+        <v>919</v>
+      </c>
+      <c r="B385">
+        <v>2025</v>
+      </c>
+      <c r="C385">
+        <v>3651</v>
+      </c>
+      <c r="D385" t="s">
+        <v>799</v>
+      </c>
+      <c r="E385" t="s">
+        <v>800</v>
+      </c>
+      <c r="F385" t="s">
+        <v>18</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H385" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386">
+        <v>920</v>
+      </c>
+      <c r="B386">
+        <v>2025</v>
+      </c>
+      <c r="C386">
+        <v>3652</v>
+      </c>
+      <c r="D386" t="s">
+        <v>799</v>
+      </c>
+      <c r="E386" t="s">
+        <v>800</v>
+      </c>
+      <c r="F386" t="s">
+        <v>18</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H386" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387">
+        <v>921</v>
+      </c>
+      <c r="B387">
+        <v>2025</v>
+      </c>
+      <c r="C387">
+        <v>3653</v>
+      </c>
+      <c r="D387" t="s">
+        <v>799</v>
+      </c>
+      <c r="E387" t="s">
+        <v>800</v>
+      </c>
+      <c r="F387" t="s">
+        <v>18</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H387" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388">
+        <v>922</v>
+      </c>
+      <c r="B388">
+        <v>2025</v>
+      </c>
+      <c r="C388">
+        <v>3654</v>
+      </c>
+      <c r="D388" t="s">
+        <v>799</v>
+      </c>
+      <c r="E388" t="s">
+        <v>800</v>
+      </c>
+      <c r="F388" t="s">
+        <v>18</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H388" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389">
+        <v>923</v>
+      </c>
+      <c r="B389">
+        <v>2025</v>
+      </c>
+      <c r="C389">
+        <v>3655</v>
+      </c>
+      <c r="D389" t="s">
+        <v>799</v>
+      </c>
+      <c r="E389" t="s">
+        <v>800</v>
+      </c>
+      <c r="F389" t="s">
+        <v>18</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H389" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390">
+        <v>924</v>
+      </c>
+      <c r="B390">
+        <v>2025</v>
+      </c>
+      <c r="C390">
+        <v>3656</v>
+      </c>
+      <c r="D390" t="s">
+        <v>799</v>
+      </c>
+      <c r="E390" t="s">
+        <v>800</v>
+      </c>
+      <c r="F390" t="s">
+        <v>18</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H390" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391">
+        <v>925</v>
+      </c>
+      <c r="B391">
+        <v>2025</v>
+      </c>
+      <c r="C391">
+        <v>3657</v>
+      </c>
+      <c r="D391" t="s">
+        <v>799</v>
+      </c>
+      <c r="E391" t="s">
+        <v>800</v>
+      </c>
+      <c r="F391" t="s">
+        <v>18</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H391" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392">
+        <v>933</v>
+      </c>
+      <c r="B392">
+        <v>2025</v>
+      </c>
+      <c r="C392">
+        <v>3658</v>
+      </c>
+      <c r="D392" t="s">
+        <v>799</v>
+      </c>
+      <c r="E392" t="s">
+        <v>800</v>
+      </c>
+      <c r="F392" t="s">
+        <v>18</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H392" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393">
+        <v>934</v>
+      </c>
+      <c r="B393">
+        <v>2025</v>
+      </c>
+      <c r="C393">
+        <v>3659</v>
+      </c>
+      <c r="D393" t="s">
+        <v>799</v>
+      </c>
+      <c r="E393" t="s">
+        <v>800</v>
+      </c>
+      <c r="F393" t="s">
+        <v>18</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H393" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394">
+        <v>935</v>
+      </c>
+      <c r="B394">
+        <v>2025</v>
+      </c>
+      <c r="C394">
+        <v>3660</v>
+      </c>
+      <c r="D394" t="s">
+        <v>799</v>
+      </c>
+      <c r="E394" t="s">
+        <v>800</v>
+      </c>
+      <c r="F394" t="s">
+        <v>18</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H394" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395">
+        <v>936</v>
+      </c>
+      <c r="B395">
+        <v>2025</v>
+      </c>
+      <c r="C395">
+        <v>3661</v>
+      </c>
+      <c r="D395" t="s">
+        <v>799</v>
+      </c>
+      <c r="E395" t="s">
+        <v>800</v>
+      </c>
+      <c r="F395" t="s">
+        <v>18</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="H395" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396">
+        <v>937</v>
+      </c>
+      <c r="B396">
+        <v>2025</v>
+      </c>
+      <c r="C396">
+        <v>3662</v>
+      </c>
+      <c r="D396" t="s">
+        <v>799</v>
+      </c>
+      <c r="E396" t="s">
+        <v>800</v>
+      </c>
+      <c r="F396" t="s">
+        <v>18</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H396" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397">
+        <v>940</v>
+      </c>
+      <c r="B397">
+        <v>2025</v>
+      </c>
+      <c r="C397">
+        <v>3663</v>
+      </c>
+      <c r="D397" t="s">
+        <v>799</v>
+      </c>
+      <c r="E397" t="s">
+        <v>800</v>
+      </c>
+      <c r="F397" t="s">
+        <v>18</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H397" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398">
+        <v>951</v>
+      </c>
+      <c r="B398">
+        <v>2025</v>
+      </c>
+      <c r="C398">
+        <v>3664</v>
+      </c>
+      <c r="D398" t="s">
+        <v>799</v>
+      </c>
+      <c r="E398" t="s">
+        <v>800</v>
+      </c>
+      <c r="F398" t="s">
+        <v>18</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="H398" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399">
+        <v>952</v>
+      </c>
+      <c r="B399">
+        <v>2025</v>
+      </c>
+      <c r="C399">
+        <v>3665</v>
+      </c>
+      <c r="D399" t="s">
+        <v>799</v>
+      </c>
+      <c r="E399" t="s">
+        <v>800</v>
+      </c>
+      <c r="F399" t="s">
+        <v>18</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H399" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400">
+        <v>953</v>
+      </c>
+      <c r="B400">
+        <v>2025</v>
+      </c>
+      <c r="C400">
+        <v>3666</v>
+      </c>
+      <c r="D400" t="s">
+        <v>799</v>
+      </c>
+      <c r="E400" t="s">
+        <v>800</v>
+      </c>
+      <c r="F400" t="s">
+        <v>18</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H400" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401">
+        <v>964</v>
+      </c>
+      <c r="B401">
+        <v>2025</v>
+      </c>
+      <c r="C401">
+        <v>3667</v>
+      </c>
+      <c r="D401" t="s">
+        <v>799</v>
+      </c>
+      <c r="E401" t="s">
+        <v>800</v>
+      </c>
+      <c r="F401" t="s">
+        <v>18</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H401" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402">
+        <v>965</v>
+      </c>
+      <c r="B402">
+        <v>2025</v>
+      </c>
+      <c r="C402">
+        <v>3668</v>
+      </c>
+      <c r="D402" t="s">
+        <v>799</v>
+      </c>
+      <c r="E402" t="s">
+        <v>800</v>
+      </c>
+      <c r="F402" t="s">
+        <v>18</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H402" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403">
+        <v>966</v>
+      </c>
+      <c r="B403">
+        <v>2025</v>
+      </c>
+      <c r="C403">
+        <v>3669</v>
+      </c>
+      <c r="D403" t="s">
+        <v>799</v>
+      </c>
+      <c r="E403" t="s">
+        <v>800</v>
+      </c>
+      <c r="F403" t="s">
+        <v>18</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H403" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404">
+        <v>968</v>
+      </c>
+      <c r="B404">
+        <v>2025</v>
+      </c>
+      <c r="C404">
+        <v>3670</v>
+      </c>
+      <c r="D404" t="s">
+        <v>799</v>
+      </c>
+      <c r="E404" t="s">
+        <v>800</v>
+      </c>
+      <c r="F404" t="s">
+        <v>18</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H404" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405">
+        <v>967</v>
+      </c>
+      <c r="B405">
+        <v>2025</v>
+      </c>
+      <c r="C405">
+        <v>3671</v>
+      </c>
+      <c r="D405" t="s">
+        <v>799</v>
+      </c>
+      <c r="E405" t="s">
+        <v>800</v>
+      </c>
+      <c r="F405" t="s">
+        <v>18</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H405" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406">
+        <v>974</v>
+      </c>
+      <c r="B406">
+        <v>2025</v>
+      </c>
+      <c r="C406">
+        <v>3672</v>
+      </c>
+      <c r="D406" t="s">
+        <v>799</v>
+      </c>
+      <c r="E406" t="s">
+        <v>800</v>
+      </c>
+      <c r="F406" t="s">
+        <v>18</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H406" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407">
+        <v>975</v>
+      </c>
+      <c r="B407">
+        <v>2025</v>
+      </c>
+      <c r="C407">
+        <v>3673</v>
+      </c>
+      <c r="D407" t="s">
+        <v>799</v>
+      </c>
+      <c r="E407" t="s">
+        <v>800</v>
+      </c>
+      <c r="F407" t="s">
+        <v>18</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="H407" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408">
+        <v>989</v>
+      </c>
+      <c r="B408">
+        <v>2025</v>
+      </c>
+      <c r="C408">
+        <v>3674</v>
+      </c>
+      <c r="D408" t="s">
+        <v>799</v>
+      </c>
+      <c r="E408" t="s">
+        <v>800</v>
+      </c>
+      <c r="F408" t="s">
+        <v>18</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H408" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409">
+        <v>990</v>
+      </c>
+      <c r="B409">
+        <v>2025</v>
+      </c>
+      <c r="C409">
+        <v>3675</v>
+      </c>
+      <c r="D409" t="s">
+        <v>799</v>
+      </c>
+      <c r="E409" t="s">
+        <v>800</v>
+      </c>
+      <c r="F409" t="s">
+        <v>18</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H409" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410">
+        <v>992</v>
+      </c>
+      <c r="B410">
+        <v>2025</v>
+      </c>
+      <c r="C410">
+        <v>3676</v>
+      </c>
+      <c r="D410" t="s">
+        <v>799</v>
+      </c>
+      <c r="E410" t="s">
+        <v>800</v>
+      </c>
+      <c r="F410" t="s">
+        <v>18</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H410" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411">
+        <v>991</v>
+      </c>
+      <c r="B411">
+        <v>2025</v>
+      </c>
+      <c r="C411">
+        <v>3677</v>
+      </c>
+      <c r="D411" t="s">
+        <v>799</v>
+      </c>
+      <c r="E411" t="s">
+        <v>800</v>
+      </c>
+      <c r="F411" t="s">
+        <v>18</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H411" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412">
+        <v>995</v>
+      </c>
+      <c r="B412">
+        <v>2025</v>
+      </c>
+      <c r="C412">
+        <v>3678</v>
+      </c>
+      <c r="D412" t="s">
+        <v>799</v>
+      </c>
+      <c r="E412" t="s">
+        <v>800</v>
+      </c>
+      <c r="F412" t="s">
+        <v>18</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H412" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413">
+        <v>996</v>
+      </c>
+      <c r="B413">
+        <v>2025</v>
+      </c>
+      <c r="C413">
+        <v>3679</v>
+      </c>
+      <c r="D413" t="s">
+        <v>799</v>
+      </c>
+      <c r="E413" t="s">
+        <v>800</v>
+      </c>
+      <c r="F413" t="s">
+        <v>10</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H413" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414">
+        <v>998</v>
+      </c>
+      <c r="B414">
+        <v>2025</v>
+      </c>
+      <c r="C414">
+        <v>3680</v>
+      </c>
+      <c r="D414" t="s">
+        <v>799</v>
+      </c>
+      <c r="E414" t="s">
+        <v>800</v>
+      </c>
+      <c r="F414" t="s">
+        <v>10</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H414" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415">
+        <v>999</v>
+      </c>
+      <c r="B415">
+        <v>2025</v>
+      </c>
+      <c r="C415">
+        <v>3681</v>
+      </c>
+      <c r="D415" t="s">
+        <v>799</v>
+      </c>
+      <c r="E415" t="s">
+        <v>800</v>
+      </c>
+      <c r="F415" t="s">
+        <v>10</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H415" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416">
+        <v>1080</v>
+      </c>
+      <c r="B416">
+        <v>2025</v>
+      </c>
+      <c r="C416">
+        <v>3683</v>
+      </c>
+      <c r="D416" t="s">
+        <v>799</v>
+      </c>
+      <c r="E416" t="s">
+        <v>800</v>
+      </c>
+      <c r="F416" t="s">
+        <v>18</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H416" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417">
+        <v>1081</v>
+      </c>
+      <c r="B417">
+        <v>2025</v>
+      </c>
+      <c r="C417">
+        <v>3684</v>
+      </c>
+      <c r="D417" t="s">
+        <v>799</v>
+      </c>
+      <c r="E417" t="s">
+        <v>800</v>
+      </c>
+      <c r="F417" t="s">
+        <v>18</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H417" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418">
+        <v>1082</v>
+      </c>
+      <c r="B418">
+        <v>2025</v>
+      </c>
+      <c r="C418">
+        <v>3685</v>
+      </c>
+      <c r="D418" t="s">
+        <v>799</v>
+      </c>
+      <c r="E418" t="s">
+        <v>800</v>
+      </c>
+      <c r="F418" t="s">
+        <v>18</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H418" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419">
+        <v>1083</v>
+      </c>
+      <c r="B419">
+        <v>2025</v>
+      </c>
+      <c r="C419">
+        <v>3686</v>
+      </c>
+      <c r="D419" t="s">
+        <v>799</v>
+      </c>
+      <c r="E419" t="s">
+        <v>800</v>
+      </c>
+      <c r="F419" t="s">
+        <v>18</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H419" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420">
+        <v>1084</v>
+      </c>
+      <c r="B420">
+        <v>2025</v>
+      </c>
+      <c r="C420">
+        <v>3687</v>
+      </c>
+      <c r="D420" t="s">
+        <v>799</v>
+      </c>
+      <c r="E420" t="s">
+        <v>800</v>
+      </c>
+      <c r="F420" t="s">
+        <v>18</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H420" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421">
+        <v>1085</v>
+      </c>
+      <c r="B421">
+        <v>2025</v>
+      </c>
+      <c r="C421">
+        <v>3688</v>
+      </c>
+      <c r="D421" t="s">
+        <v>799</v>
+      </c>
+      <c r="E421" t="s">
+        <v>800</v>
+      </c>
+      <c r="F421" t="s">
+        <v>18</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="H421" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422">
+        <v>1086</v>
+      </c>
+      <c r="B422">
+        <v>2025</v>
+      </c>
+      <c r="C422">
+        <v>3689</v>
+      </c>
+      <c r="D422" t="s">
+        <v>799</v>
+      </c>
+      <c r="E422" t="s">
+        <v>800</v>
+      </c>
+      <c r="F422" t="s">
+        <v>18</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H422" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423">
+        <v>1090</v>
+      </c>
+      <c r="B423">
+        <v>2025</v>
+      </c>
+      <c r="C423">
+        <v>3690</v>
+      </c>
+      <c r="D423" t="s">
+        <v>799</v>
+      </c>
+      <c r="E423" t="s">
+        <v>800</v>
+      </c>
+      <c r="F423" t="s">
+        <v>10</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H423" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424">
+        <v>1091</v>
+      </c>
+      <c r="B424">
+        <v>2025</v>
+      </c>
+      <c r="C424">
+        <v>3691</v>
+      </c>
+      <c r="D424" t="s">
+        <v>799</v>
+      </c>
+      <c r="E424" t="s">
+        <v>800</v>
+      </c>
+      <c r="F424" t="s">
+        <v>10</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="H424" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425">
+        <v>1092</v>
+      </c>
+      <c r="B425">
+        <v>2025</v>
+      </c>
+      <c r="C425">
+        <v>3692</v>
+      </c>
+      <c r="D425" t="s">
+        <v>799</v>
+      </c>
+      <c r="E425" t="s">
+        <v>800</v>
+      </c>
+      <c r="F425" t="s">
+        <v>10</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H425" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426">
+        <v>1093</v>
+      </c>
+      <c r="B426">
+        <v>2025</v>
+      </c>
+      <c r="C426">
+        <v>3693</v>
+      </c>
+      <c r="D426" t="s">
+        <v>799</v>
+      </c>
+      <c r="E426" t="s">
+        <v>800</v>
+      </c>
+      <c r="F426" t="s">
+        <v>10</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H426" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427">
+        <v>1094</v>
+      </c>
+      <c r="B427">
+        <v>2025</v>
+      </c>
+      <c r="C427">
+        <v>3694</v>
+      </c>
+      <c r="D427" t="s">
+        <v>799</v>
+      </c>
+      <c r="E427" t="s">
+        <v>800</v>
+      </c>
+      <c r="F427" t="s">
+        <v>10</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H427" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428">
+        <v>1099</v>
+      </c>
+      <c r="B428">
+        <v>2025</v>
+      </c>
+      <c r="C428">
+        <v>3695</v>
+      </c>
+      <c r="D428" t="s">
+        <v>799</v>
+      </c>
+      <c r="E428" t="s">
+        <v>800</v>
+      </c>
+      <c r="F428" t="s">
+        <v>18</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H428" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429">
+        <v>1100</v>
+      </c>
+      <c r="B429">
+        <v>2025</v>
+      </c>
+      <c r="C429">
+        <v>3696</v>
+      </c>
+      <c r="D429" t="s">
+        <v>799</v>
+      </c>
+      <c r="E429" t="s">
+        <v>800</v>
+      </c>
+      <c r="F429" t="s">
+        <v>18</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="H429" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430">
+        <v>1101</v>
+      </c>
+      <c r="B430">
+        <v>2025</v>
+      </c>
+      <c r="C430">
+        <v>3697</v>
+      </c>
+      <c r="D430" t="s">
+        <v>799</v>
+      </c>
+      <c r="E430" t="s">
+        <v>800</v>
+      </c>
+      <c r="F430" t="s">
+        <v>10</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="H430" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431">
+        <v>1102</v>
+      </c>
+      <c r="B431">
+        <v>2025</v>
+      </c>
+      <c r="C431">
+        <v>3698</v>
+      </c>
+      <c r="D431" t="s">
+        <v>799</v>
+      </c>
+      <c r="E431" t="s">
+        <v>800</v>
+      </c>
+      <c r="F431" t="s">
+        <v>18</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H431" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432">
+        <v>1103</v>
+      </c>
+      <c r="B432">
+        <v>2025</v>
+      </c>
+      <c r="C432">
+        <v>3699</v>
+      </c>
+      <c r="D432" t="s">
+        <v>799</v>
+      </c>
+      <c r="E432" t="s">
+        <v>800</v>
+      </c>
+      <c r="F432" t="s">
+        <v>18</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="H432" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433">
+        <v>1104</v>
+      </c>
+      <c r="B433">
+        <v>2025</v>
+      </c>
+      <c r="C433">
+        <v>3700</v>
+      </c>
+      <c r="D433" t="s">
+        <v>799</v>
+      </c>
+      <c r="E433" t="s">
+        <v>800</v>
+      </c>
+      <c r="F433" t="s">
+        <v>18</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H433" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434">
+        <v>1105</v>
+      </c>
+      <c r="B434">
+        <v>2025</v>
+      </c>
+      <c r="C434">
+        <v>3701</v>
+      </c>
+      <c r="D434" t="s">
+        <v>799</v>
+      </c>
+      <c r="E434" t="s">
+        <v>800</v>
+      </c>
+      <c r="F434" t="s">
+        <v>18</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H434" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435">
+        <v>1106</v>
+      </c>
+      <c r="B435">
+        <v>2025</v>
+      </c>
+      <c r="C435">
+        <v>3702</v>
+      </c>
+      <c r="D435" t="s">
+        <v>799</v>
+      </c>
+      <c r="E435" t="s">
+        <v>800</v>
+      </c>
+      <c r="F435" t="s">
+        <v>18</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H435" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436">
+        <v>1107</v>
+      </c>
+      <c r="B436">
+        <v>2025</v>
+      </c>
+      <c r="C436">
+        <v>3703</v>
+      </c>
+      <c r="D436" t="s">
+        <v>799</v>
+      </c>
+      <c r="E436" t="s">
+        <v>800</v>
+      </c>
+      <c r="F436" t="s">
+        <v>18</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="H436" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437">
+        <v>1108</v>
+      </c>
+      <c r="B437">
+        <v>2025</v>
+      </c>
+      <c r="C437">
+        <v>3704</v>
+      </c>
+      <c r="D437" t="s">
+        <v>799</v>
+      </c>
+      <c r="E437" t="s">
+        <v>800</v>
+      </c>
+      <c r="F437" t="s">
+        <v>18</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H437" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438">
+        <v>1109</v>
+      </c>
+      <c r="B438">
+        <v>2025</v>
+      </c>
+      <c r="C438">
+        <v>3705</v>
+      </c>
+      <c r="D438" t="s">
+        <v>799</v>
+      </c>
+      <c r="E438" t="s">
+        <v>800</v>
+      </c>
+      <c r="F438" t="s">
+        <v>18</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H438" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439">
+        <v>1110</v>
+      </c>
+      <c r="B439">
+        <v>2025</v>
+      </c>
+      <c r="C439">
+        <v>3706</v>
+      </c>
+      <c r="D439" t="s">
+        <v>799</v>
+      </c>
+      <c r="E439" t="s">
+        <v>800</v>
+      </c>
+      <c r="F439" t="s">
+        <v>18</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H439" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440">
+        <v>1111</v>
+      </c>
+      <c r="B440">
+        <v>2025</v>
+      </c>
+      <c r="C440">
+        <v>3707</v>
+      </c>
+      <c r="D440" t="s">
+        <v>799</v>
+      </c>
+      <c r="E440" t="s">
+        <v>800</v>
+      </c>
+      <c r="F440" t="s">
+        <v>18</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="H440" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441">
+        <v>1112</v>
+      </c>
+      <c r="B441">
+        <v>2025</v>
+      </c>
+      <c r="C441">
+        <v>3708</v>
+      </c>
+      <c r="D441" t="s">
+        <v>799</v>
+      </c>
+      <c r="E441" t="s">
+        <v>800</v>
+      </c>
+      <c r="F441" t="s">
+        <v>18</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H441" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442">
+        <v>1113</v>
+      </c>
+      <c r="B442">
+        <v>2025</v>
+      </c>
+      <c r="C442">
+        <v>3709</v>
+      </c>
+      <c r="D442" t="s">
+        <v>799</v>
+      </c>
+      <c r="E442" t="s">
+        <v>800</v>
+      </c>
+      <c r="F442" t="s">
+        <v>18</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="H442" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443">
+        <v>1188</v>
+      </c>
+      <c r="B443">
+        <v>2025</v>
+      </c>
+      <c r="C443">
+        <v>3710</v>
+      </c>
+      <c r="D443" t="s">
+        <v>799</v>
+      </c>
+      <c r="E443" t="s">
+        <v>800</v>
+      </c>
+      <c r="F443" t="s">
+        <v>18</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H443" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444">
+        <v>1169</v>
+      </c>
+      <c r="B444">
+        <v>2025</v>
+      </c>
+      <c r="C444">
+        <v>3711</v>
+      </c>
+      <c r="D444" t="s">
+        <v>799</v>
+      </c>
+      <c r="E444" t="s">
+        <v>800</v>
+      </c>
+      <c r="F444" t="s">
+        <v>18</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="H444" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445">
+        <v>1190</v>
+      </c>
+      <c r="B445">
+        <v>2025</v>
+      </c>
+      <c r="C445">
+        <v>3712</v>
+      </c>
+      <c r="D445" t="s">
+        <v>799</v>
+      </c>
+      <c r="E445" t="s">
+        <v>800</v>
+      </c>
+      <c r="F445" t="s">
+        <v>18</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="H445" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446">
+        <v>1194</v>
+      </c>
+      <c r="B446">
+        <v>2025</v>
+      </c>
+      <c r="C446">
+        <v>3713</v>
+      </c>
+      <c r="D446" t="s">
+        <v>799</v>
+      </c>
+      <c r="E446" t="s">
+        <v>800</v>
+      </c>
+      <c r="F446" t="s">
+        <v>18</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="H446" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447">
+        <v>1193</v>
+      </c>
+      <c r="B447">
+        <v>2025</v>
+      </c>
+      <c r="C447">
+        <v>3714</v>
+      </c>
+      <c r="D447" t="s">
+        <v>799</v>
+      </c>
+      <c r="E447" t="s">
+        <v>800</v>
+      </c>
+      <c r="F447" t="s">
+        <v>18</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H447" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448">
+        <v>1217</v>
+      </c>
+      <c r="B448">
+        <v>2025</v>
+      </c>
+      <c r="C448">
+        <v>3715</v>
+      </c>
+      <c r="D448" t="s">
+        <v>799</v>
+      </c>
+      <c r="E448" t="s">
+        <v>800</v>
+      </c>
+      <c r="F448" t="s">
+        <v>18</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="H448" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449">
+        <v>1223</v>
+      </c>
+      <c r="B449">
+        <v>2025</v>
+      </c>
+      <c r="C449">
+        <v>3718</v>
+      </c>
+      <c r="D449" t="s">
+        <v>799</v>
+      </c>
+      <c r="E449" t="s">
+        <v>800</v>
+      </c>
+      <c r="F449" t="s">
+        <v>10</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>952</v>
+      </c>
+      <c r="H449" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450">
+        <v>1231</v>
+      </c>
+      <c r="B450">
+        <v>2025</v>
+      </c>
+      <c r="C450">
+        <v>3719</v>
+      </c>
+      <c r="D450" t="s">
+        <v>799</v>
+      </c>
+      <c r="E450" t="s">
+        <v>800</v>
+      </c>
+      <c r="F450" t="s">
+        <v>18</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="H450" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451">
+        <v>1232</v>
+      </c>
+      <c r="B451">
+        <v>2025</v>
+      </c>
+      <c r="C451">
+        <v>3720</v>
+      </c>
+      <c r="D451" t="s">
+        <v>799</v>
+      </c>
+      <c r="E451" t="s">
+        <v>800</v>
+      </c>
+      <c r="F451" t="s">
+        <v>18</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H451" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452">
+        <v>1233</v>
+      </c>
+      <c r="B452">
+        <v>2025</v>
+      </c>
+      <c r="C452">
+        <v>3721</v>
+      </c>
+      <c r="D452" t="s">
+        <v>799</v>
+      </c>
+      <c r="E452" t="s">
+        <v>800</v>
+      </c>
+      <c r="F452" t="s">
+        <v>18</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H452" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453">
+        <v>1234</v>
+      </c>
+      <c r="B453">
+        <v>2025</v>
+      </c>
+      <c r="C453">
+        <v>3722</v>
+      </c>
+      <c r="D453" t="s">
+        <v>799</v>
+      </c>
+      <c r="E453" t="s">
+        <v>800</v>
+      </c>
+      <c r="F453" t="s">
+        <v>18</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="H453" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454">
+        <v>1235</v>
+      </c>
+      <c r="B454">
+        <v>2025</v>
+      </c>
+      <c r="C454">
+        <v>3723</v>
+      </c>
+      <c r="D454" t="s">
+        <v>799</v>
+      </c>
+      <c r="E454" t="s">
+        <v>800</v>
+      </c>
+      <c r="F454" t="s">
+        <v>18</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="H454" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455">
+        <v>1236</v>
+      </c>
+      <c r="B455">
+        <v>2025</v>
+      </c>
+      <c r="C455">
+        <v>3724</v>
+      </c>
+      <c r="D455" t="s">
+        <v>799</v>
+      </c>
+      <c r="E455" t="s">
+        <v>800</v>
+      </c>
+      <c r="F455" t="s">
+        <v>18</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="H455" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456">
+        <v>1237</v>
+      </c>
+      <c r="B456">
+        <v>2025</v>
+      </c>
+      <c r="C456">
+        <v>3725</v>
+      </c>
+      <c r="D456" t="s">
+        <v>799</v>
+      </c>
+      <c r="E456" t="s">
+        <v>800</v>
+      </c>
+      <c r="F456" t="s">
+        <v>18</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="H456" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457">
+        <v>1242</v>
+      </c>
+      <c r="B457">
+        <v>2025</v>
+      </c>
+      <c r="C457">
+        <v>3726</v>
+      </c>
+      <c r="D457" t="s">
+        <v>799</v>
+      </c>
+      <c r="E457" t="s">
+        <v>800</v>
+      </c>
+      <c r="F457" t="s">
+        <v>18</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H457" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458">
+        <v>1243</v>
+      </c>
+      <c r="B458">
+        <v>2025</v>
+      </c>
+      <c r="C458">
+        <v>3728</v>
+      </c>
+      <c r="D458" t="s">
+        <v>799</v>
+      </c>
+      <c r="E458" t="s">
+        <v>800</v>
+      </c>
+      <c r="F458" t="s">
+        <v>18</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="H458" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459">
+        <v>1247</v>
+      </c>
+      <c r="B459">
+        <v>2025</v>
+      </c>
+      <c r="C459">
+        <v>3729</v>
+      </c>
+      <c r="D459" t="s">
+        <v>799</v>
+      </c>
+      <c r="E459" t="s">
+        <v>800</v>
+      </c>
+      <c r="F459" t="s">
+        <v>18</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H459" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460">
+        <v>1248</v>
+      </c>
+      <c r="B460">
+        <v>2025</v>
+      </c>
+      <c r="C460">
+        <v>3730</v>
+      </c>
+      <c r="D460" t="s">
+        <v>799</v>
+      </c>
+      <c r="E460" t="s">
+        <v>800</v>
+      </c>
+      <c r="F460" t="s">
+        <v>18</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H460" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461">
+        <v>1253</v>
+      </c>
+      <c r="B461">
+        <v>2025</v>
+      </c>
+      <c r="C461">
+        <v>3731</v>
+      </c>
+      <c r="D461" t="s">
+        <v>799</v>
+      </c>
+      <c r="E461" t="s">
+        <v>800</v>
+      </c>
+      <c r="F461" t="s">
+        <v>18</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="H461" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462">
+        <v>1251</v>
+      </c>
+      <c r="B462">
+        <v>2025</v>
+      </c>
+      <c r="C462">
+        <v>3732</v>
+      </c>
+      <c r="D462" t="s">
+        <v>799</v>
+      </c>
+      <c r="E462" t="s">
+        <v>800</v>
+      </c>
+      <c r="F462" t="s">
+        <v>18</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H462" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463">
+        <v>1254</v>
+      </c>
+      <c r="B463">
+        <v>2025</v>
+      </c>
+      <c r="C463">
+        <v>3733</v>
+      </c>
+      <c r="D463" t="s">
+        <v>799</v>
+      </c>
+      <c r="E463" t="s">
+        <v>800</v>
+      </c>
+      <c r="F463" t="s">
+        <v>18</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H463" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464">
+        <v>1261</v>
+      </c>
+      <c r="B464">
+        <v>2025</v>
+      </c>
+      <c r="C464">
+        <v>3734</v>
+      </c>
+      <c r="D464" t="s">
+        <v>799</v>
+      </c>
+      <c r="E464" t="s">
+        <v>800</v>
+      </c>
+      <c r="F464" t="s">
+        <v>18</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H464" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465">
+        <v>1262</v>
+      </c>
+      <c r="B465">
+        <v>2025</v>
+      </c>
+      <c r="C465">
+        <v>3735</v>
+      </c>
+      <c r="D465" t="s">
+        <v>799</v>
+      </c>
+      <c r="E465" t="s">
+        <v>800</v>
+      </c>
+      <c r="F465" t="s">
+        <v>18</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="H465" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466">
+        <v>1268</v>
+      </c>
+      <c r="B466">
+        <v>2025</v>
+      </c>
+      <c r="C466">
+        <v>3736</v>
+      </c>
+      <c r="D466" t="s">
+        <v>799</v>
+      </c>
+      <c r="E466" t="s">
+        <v>800</v>
+      </c>
+      <c r="F466" t="s">
+        <v>18</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="H466" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467">
+        <v>1271</v>
+      </c>
+      <c r="B467">
+        <v>2025</v>
+      </c>
+      <c r="C467">
+        <v>3737</v>
+      </c>
+      <c r="D467" t="s">
+        <v>799</v>
+      </c>
+      <c r="E467" t="s">
+        <v>800</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H467" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468">
+        <v>1269</v>
+      </c>
+      <c r="B468">
+        <v>2025</v>
+      </c>
+      <c r="C468">
+        <v>3738</v>
+      </c>
+      <c r="D468" t="s">
+        <v>799</v>
+      </c>
+      <c r="E468" t="s">
+        <v>800</v>
+      </c>
+      <c r="F468" t="s">
+        <v>18</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="H468" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469">
+        <v>1336</v>
+      </c>
+      <c r="B469">
+        <v>2025</v>
+      </c>
+      <c r="C469">
+        <v>3739</v>
+      </c>
+      <c r="D469" t="s">
+        <v>799</v>
+      </c>
+      <c r="E469" t="s">
+        <v>800</v>
+      </c>
+      <c r="F469" t="s">
+        <v>18</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="H469" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470">
+        <v>1335</v>
+      </c>
+      <c r="B470">
+        <v>2025</v>
+      </c>
+      <c r="C470">
+        <v>3740</v>
+      </c>
+      <c r="D470" t="s">
+        <v>799</v>
+      </c>
+      <c r="E470" t="s">
+        <v>800</v>
+      </c>
+      <c r="F470" t="s">
+        <v>18</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="H470" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471">
+        <v>1338</v>
+      </c>
+      <c r="B471">
+        <v>2025</v>
+      </c>
+      <c r="C471">
+        <v>3742</v>
+      </c>
+      <c r="D471" t="s">
+        <v>799</v>
+      </c>
+      <c r="E471" t="s">
+        <v>800</v>
+      </c>
+      <c r="F471" t="s">
+        <v>18</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="H471" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472">
+        <v>1337</v>
+      </c>
+      <c r="B472">
+        <v>2025</v>
+      </c>
+      <c r="C472">
+        <v>3743</v>
+      </c>
+      <c r="D472" t="s">
+        <v>799</v>
+      </c>
+      <c r="E472" t="s">
+        <v>800</v>
+      </c>
+      <c r="F472" t="s">
+        <v>18</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="H472" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473">
+        <v>1391</v>
+      </c>
+      <c r="B473">
+        <v>2025</v>
+      </c>
+      <c r="C473">
+        <v>3744</v>
+      </c>
+      <c r="D473" t="s">
+        <v>799</v>
+      </c>
+      <c r="E473" t="s">
+        <v>800</v>
+      </c>
+      <c r="F473" t="s">
+        <v>18</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="H473" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474">
+        <v>1399</v>
+      </c>
+      <c r="B474">
+        <v>2025</v>
+      </c>
+      <c r="C474">
+        <v>3745</v>
+      </c>
+      <c r="D474" t="s">
+        <v>799</v>
+      </c>
+      <c r="E474" t="s">
+        <v>800</v>
+      </c>
+      <c r="F474" t="s">
+        <v>18</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475">
+        <v>1400</v>
+      </c>
+      <c r="B475">
+        <v>2025</v>
+      </c>
+      <c r="C475">
+        <v>3746</v>
+      </c>
+      <c r="D475" t="s">
+        <v>799</v>
+      </c>
+      <c r="E475" t="s">
+        <v>800</v>
+      </c>
+      <c r="F475" t="s">
+        <v>18</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="H475" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476">
+        <v>1401</v>
+      </c>
+      <c r="B476">
+        <v>2025</v>
+      </c>
+      <c r="C476">
+        <v>3747</v>
+      </c>
+      <c r="D476" t="s">
+        <v>799</v>
+      </c>
+      <c r="E476" t="s">
+        <v>800</v>
+      </c>
+      <c r="F476" t="s">
+        <v>18</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H476" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477">
+        <v>1402</v>
+      </c>
+      <c r="B477">
+        <v>2025</v>
+      </c>
+      <c r="C477">
+        <v>3748</v>
+      </c>
+      <c r="D477" t="s">
+        <v>799</v>
+      </c>
+      <c r="E477" t="s">
+        <v>800</v>
+      </c>
+      <c r="F477" t="s">
+        <v>18</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478">
+        <v>1397</v>
+      </c>
+      <c r="B478">
+        <v>2025</v>
+      </c>
+      <c r="C478">
+        <v>3749</v>
+      </c>
+      <c r="D478" t="s">
+        <v>799</v>
+      </c>
+      <c r="E478" t="s">
+        <v>800</v>
+      </c>
+      <c r="F478" t="s">
+        <v>18</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479">
+        <v>1392</v>
+      </c>
+      <c r="B479">
+        <v>2025</v>
+      </c>
+      <c r="C479">
+        <v>3750</v>
+      </c>
+      <c r="D479" t="s">
+        <v>799</v>
+      </c>
+      <c r="E479" t="s">
+        <v>800</v>
+      </c>
+      <c r="F479" t="s">
+        <v>18</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480">
+        <v>1403</v>
+      </c>
+      <c r="B480">
+        <v>2025</v>
+      </c>
+      <c r="C480">
+        <v>3751</v>
+      </c>
+      <c r="D480" t="s">
+        <v>799</v>
+      </c>
+      <c r="E480" t="s">
+        <v>800</v>
+      </c>
+      <c r="F480" t="s">
+        <v>18</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H480" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481">
+        <v>1404</v>
+      </c>
+      <c r="B481">
+        <v>2025</v>
+      </c>
+      <c r="C481">
+        <v>3752</v>
+      </c>
+      <c r="D481" t="s">
+        <v>799</v>
+      </c>
+      <c r="E481" t="s">
+        <v>800</v>
+      </c>
+      <c r="F481" t="s">
+        <v>18</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H481" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482">
+        <v>1405</v>
+      </c>
+      <c r="B482">
+        <v>2025</v>
+      </c>
+      <c r="C482">
+        <v>3753</v>
+      </c>
+      <c r="D482" t="s">
+        <v>799</v>
+      </c>
+      <c r="E482" t="s">
+        <v>800</v>
+      </c>
+      <c r="F482" t="s">
+        <v>18</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H482" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483">
+        <v>1394</v>
+      </c>
+      <c r="B483">
+        <v>2025</v>
+      </c>
+      <c r="C483">
+        <v>3754</v>
+      </c>
+      <c r="D483" t="s">
+        <v>799</v>
+      </c>
+      <c r="E483" t="s">
+        <v>800</v>
+      </c>
+      <c r="F483" t="s">
+        <v>18</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484">
+        <v>1406</v>
+      </c>
+      <c r="B484">
+        <v>2025</v>
+      </c>
+      <c r="C484">
+        <v>3755</v>
+      </c>
+      <c r="D484" t="s">
+        <v>799</v>
+      </c>
+      <c r="E484" t="s">
+        <v>800</v>
+      </c>
+      <c r="F484" t="s">
+        <v>18</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H484" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485">
+        <v>1407</v>
+      </c>
+      <c r="B485">
+        <v>2025</v>
+      </c>
+      <c r="C485">
+        <v>3757</v>
+      </c>
+      <c r="D485" t="s">
+        <v>799</v>
+      </c>
+      <c r="E485" t="s">
+        <v>800</v>
+      </c>
+      <c r="F485" t="s">
+        <v>18</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486">
+        <v>1408</v>
+      </c>
+      <c r="B486">
+        <v>2025</v>
+      </c>
+      <c r="C486">
+        <v>3758</v>
+      </c>
+      <c r="D486" t="s">
+        <v>799</v>
+      </c>
+      <c r="E486" t="s">
+        <v>800</v>
+      </c>
+      <c r="F486" t="s">
+        <v>18</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487">
+        <v>1409</v>
+      </c>
+      <c r="B487">
+        <v>2025</v>
+      </c>
+      <c r="C487">
+        <v>3759</v>
+      </c>
+      <c r="D487" t="s">
+        <v>799</v>
+      </c>
+      <c r="E487" t="s">
+        <v>800</v>
+      </c>
+      <c r="F487" t="s">
+        <v>18</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488">
+        <v>1411</v>
+      </c>
+      <c r="B488">
+        <v>2025</v>
+      </c>
+      <c r="C488">
+        <v>3760</v>
+      </c>
+      <c r="D488" t="s">
+        <v>799</v>
+      </c>
+      <c r="E488" t="s">
+        <v>800</v>
+      </c>
+      <c r="F488" t="s">
+        <v>18</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489">
+        <v>1412</v>
+      </c>
+      <c r="B489">
+        <v>2025</v>
+      </c>
+      <c r="C489">
+        <v>3761</v>
+      </c>
+      <c r="D489" t="s">
+        <v>799</v>
+      </c>
+      <c r="E489" t="s">
+        <v>800</v>
+      </c>
+      <c r="F489" t="s">
+        <v>18</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H489" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490">
+        <v>1413</v>
+      </c>
+      <c r="B490">
+        <v>2025</v>
+      </c>
+      <c r="C490">
+        <v>3762</v>
+      </c>
+      <c r="D490" t="s">
+        <v>799</v>
+      </c>
+      <c r="E490" t="s">
+        <v>800</v>
+      </c>
+      <c r="F490" t="s">
+        <v>18</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H490" t="s">
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -11318,50 +16592,215 @@
     <hyperlink ref="G301" r:id="rId300"/>
     <hyperlink ref="G302" r:id="rId301"/>
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>