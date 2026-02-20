--- v1 (2026-01-02)
+++ v2 (2026-02-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2443" uniqueCount="1026">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2483" uniqueCount="1042">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3190,50 +3190,100 @@
     <t>Altera o inciso III do Artigo 1º da Lei Municipal nº 3.412/2022 e dá outras providências</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/lei_3758.2025_-_doacao_defensoria_publica.pdf</t>
   </si>
   <si>
     <t>Lei_n_3_758_Doacao_Defensoria_Publica</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/lei_n_3_759_doacao_alfa_engenharia.pdf</t>
   </si>
   <si>
     <t>Lei_n_3_759_Doacao_Alfa_Engenharia</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/lei_n_3_760_doacao_c3_engenharia.pdf</t>
   </si>
   <si>
     <t>Lei_n_3_760_Doacao_C3_Engenharia</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/lei_municipal_no_3.761.2025.pdf</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/lei_municipal_no_3762.2025.pdf</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/lei_3763.2025_-_altera_a_lei_municipal_no_3.3572021_alterada_pela_lei_municipal_no_3.5222023_para_incluir_mudanca_do_clima_na_denominacao_e_atribuicoes_da_secretaria_de_meio_ambiente..pdf</t>
+  </si>
+  <si>
+    <t>Lei_n_3_763 Altera a Lei Municipal no 3.357/2021, alterada pela Lei Municipal no 3.522/2023, para incluir "Mudança do Clima" na denominação e atribuições da Secretaria Municipal de Meio Ambiente e Sustentabilidade, cria a Diretoria de Mudanças do Clima e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/lei_3764.2025_-_institui_o_programa_de_incentivo_a_regularizacao_e_a_implantacao_de_loteamentos_residenciais.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Incentivo à Regularização e à Implantação de Loteamentos Residenciais no Município de Belo Jardim, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/lei_3765.2025_-_dispoe_sobre_a_alteracao_do_art_2_da_lei_municipal_3551_de_2023..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração em parte do artigo 2o da Lei Municipal no 3.551, de 2023, alterando o CPF do beneficiário José Edilson Alves da Silva e da outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/lei_3766.2025dispoe_sobre_a_doacao_de_terreno_urbano_para_o_idespe.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a empresa INSTITUTO DE DESENVOLVIMENTO SOCIOCULTURAL DE PERNAMBUCO - IDESPE e_x000D_
+dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/lei_municipal_3767.2025_-_dispoe_sobre_a_criacao_da_subprefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Subprefeitura Distrital da Zona Rural de Serra dos Ventos, cria 01 (um) cargo de subprefeito, fixa forma de provimento,_x000D_
+remuneração e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/lei_3768.2025_-_doacao_adecobeja.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a ASSOCIACAO DO DESENVOLVIMENTO COMUNITÁRIO DO BELO JARDIM-PE - ADECOBEJA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/lei_3769.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_igreja_trono_da_graca.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de terreno urbano para a IGREJA EVANGÉLICA TRONO DA GRAÇA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/lei_3771_altera_e_suprimi_dispositivos_da_lei_3387_de_17_de_dezembro_de_2021.pdf</t>
+  </si>
+  <si>
+    <t>Altera e suprimi dispositivos da Lei 3.387 de 17 de dezembro de 2021 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3537,56 +3587,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_004.2025_-_proibe_o_manuseio_utilizacao_queima_e_soltura_de_fogos_e_artefatos_de_alto_impacto._1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_n009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_n010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/907/altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/908/projeto_de_lei_025.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/917/pl_027.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_no____.2025_-_doacao_do_onix_a_sec._obras..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/930/pl_031.2025_-_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/932/pl_032.2025_-_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_n033.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_034-2025dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/949/pojet._de_lei_036.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/950/pl_037.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/956/pl_038.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_educadores_fisicos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/957/pl_039.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_arquiteto.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/958/pl_040.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n044.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/971/projeto_de_lei_n045.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/973/pl_046.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.309_datada_de_15_de_junho_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_lei_n047.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_lei_n048.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_049.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_lei_n_050.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_lei_n051.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n052.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n056.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n057.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n058.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/985/pl_060.2025_dispoe_sobre_a_criacao_do_museu_historico_e_cultural_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/986/pl_061.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/987/pl_062.2025_-_altera_o_artigo_2o_da_lei_municipal_no_3.0762016_de_19_de_janeiro_de_2016_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/988/pl_063.2025_-_dispoe_sobre_a_regulamentacao_da_atividade_dos_guias_e_condutores_de_turismo_no_ambito_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1087/ilovepdf_merged_28.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_n069.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/994/minuta_final_do_projeto_de_lei_comjuve.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1095/ilovepdf_merged_35.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1096/projeto_de_lei_n075.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_lei_n_076.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/pl_077_dispoe_sobre_a_regularizacao_dos_debitos_educacionais_e_acordos_de_parcelamento_e_estabelece_as_diretrizes_para_cobranca_de_taxas_e_prestacao_de_servicos_academicos_da_autarquia_educacional_do_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/projeto_de_lei_n078.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_no080.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ilovepdf_merged_51.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/ilovepdf_merged_52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n083.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/projeto_de_lei_n084.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_le_086_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/projeto_de_lei_087.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_088.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/pl._089-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jorge_felipe_da_silva_cacimiro_e_da_outra09092025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/pl._090-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/ilovepdf_merged_53.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_098.2025..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_099.2025_-dispoe_sobre_doacao_de_terreno_para_a_sra._rosineide_nascimento_da_silva03102025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_100.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/pl_104.2025_altera_a_redacao_dos_arts11_1o_e_172o_da_lei_municipal_3676.2025_que_dispoes_sobre_pol._mun_de_atendimentonda_crianca_e_do_adolescente..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/pl_105.2025_institui_o_programa_de_incentivo_a_regularizacao_e_a_implantacao_de_loteamentos_residenc08102025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_106.2025_-_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/oficio_009-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ilovepdf_merged_59.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/pl_109.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/p.l_110.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_1014_de_29_de_abril_de_1994..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1229/ilovepdf_merged_60.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1230/ilovepdf_merged_61.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/pl_114.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/ilovepdf_merged_62.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/ilovepdf_merged_63.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/pl_117.2025_-_institui_o_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/pl_119.2025_-_revogacao_da_lei_municipal_n3.068_de_31_de_dezembro_de_202514112025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_n_120_-_2025_-_cria_cargos_efetivos_cmbj_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_122.2025altera_os_incisos_iii_e_acrescenta_os_incisos_iv_aos_artigos_30_e_34_da_lei_municipal_no_1.601_de_30_de_abril_de_2004_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_123.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/pl_124.2025_-_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_cavalgada_no_distrito_de_xucuru_e_da_outras_providencias1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei125.2025_-_estrada_incio_ricarto_de_souza.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/projeto_de_lei_126.2025_-_altera_em_parte_o_artigo_1o_da_lei_municipal_no_3.5462023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/projeto_de_lei_127.2025_institui_no_ambito_do_municipio_de_belo_jardim_o_programa_integra_comunidade_destinado_ao_atendimento_de_estudantes_dos_anos_iniciais_e_anos_finais_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_128.2025_institui_o_programa_alfabetiza_belo_jardim_no_ambito_da_rede_municipal_de_ensino_de_belo_jardim-pe_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/projeto_de_lei_129.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/pl._130.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_131.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/pl_132.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/pl_133.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/pl_134.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/pl_135.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/pl_136.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/pl_137.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/pl_138.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/pl_139.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/pl_140.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_141.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/pl_142.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/pl_143.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_igreja_evangelica_trono_da_graca_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_144.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_resolucao_n003.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/proj._de_decreto_001-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/proj._de_decreto_002-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/proj._de_decreto_003-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/proj._de_decreto_004-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/proj._de_decreto_005-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/proj._de_decreto_006-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/oficio_033-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_decreto_010.2025_titulo_de_cidadao_-_rosineide_lima.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_decreto_011.2025_titulo_de_cidadao_-_coronel_meira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/947/resposta_do_pedido_de_informacao_verbal_no_0012025_sobre_informacoes_referentes_ao_pasep_do_ano_de_2023_dos_servidores_deste_municipio_do_prefeito_e_da_secretaria_de_gestao._lila.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/pedido_de_informacao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/pedido_de_informacao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/pedido_de_informacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/pedido_de_informacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/pedido_de_informacao_007.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/pedido_de_informacao_008.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/pedido_de_informacao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1012/1.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1011/2.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1010/3.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1009/4.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1008/5.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1007/06.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1006/7.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1005/8.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1004/09.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1003/10.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/997/11.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1000/12.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1001/13.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1002/14.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1031/15.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1030/16.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1029/17.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1028/18.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1027/19.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1026/20.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1025/21.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1024/22.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1023/23.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1022/24.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1021/25.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1020/26.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1019/27.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1018/28.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1017/29.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1016/30.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1015/31.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1014/32.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1013/33.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1040/34.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1039/35.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1038/36.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1037/37.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1036/38.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1035/40.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1034/41.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1033/42.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1032/43.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1047/44.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1046/45.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1045/46.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1044/47.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1043/48.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1042/49.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1041/50.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1059/53.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1058/54.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1057/55.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1056/56.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1055/59.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1054/60.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1053/61.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1052/62.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1051/63.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1050/64.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1049/65.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1048/66.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1068/67.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1065/68.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1066/70.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1064/71.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1063/72.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1076/73.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1075/74.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1074/75.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1073/76.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1072/77.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1071/78.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1070/79-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1069/80.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1114/812025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/822025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/832025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/842025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/852025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/862025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/8472025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/882025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/892025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/902025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/91.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/92.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/94.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/95.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/96.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/97.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/92025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/99.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/100.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/101.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/102.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/103.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/104.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/105.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/106.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/107.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/108.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/109.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1130/10.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/111.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/112.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/1132025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1134/114.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/115.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/116.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/117.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/118.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/119.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/120.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/req_121.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/req_122.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento_no_123.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1180/req_124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/requerimento_no_125.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1182/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_n_129.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_130-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_132-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/requerimento_133-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/requerimento_134-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/requerimento_135-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/requerimento_136-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/requerimento_137-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/requerimento_138-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_139-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_140-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_141-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/requerimento_142-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/requerimento_143-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_144-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_145-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/requerimento_146-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_147-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_148-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n004.2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/indicacao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/indicacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/indicacao_no_008_-_envio_de_semente_para_os_agricutores_-_cristiano.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_no_009_-_reativacao_de_posto_polical_em_serra_dos_ventos_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_n_010_-_cristiano_-_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_n_011_-_everaldo_-_passarelas.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_012_-__claudemir_-_estacao_de_tratamento_de_xucuru_.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_015_-_departamento_de_estradas_-_fabricio___.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_016_-_cozinha_comunitaria_-_rui_nunes__.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1164/indicacao_no_017_-_construcao_de_barragem_-_claudemir_.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_no_018_-_pavimentacao_asfaltica_-_claudemir__-_copiar.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_019-fiscalizar_venda_ilegal_de_chumbinho_-_de_da_cohab_.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/indicacao_no_020_-_tfd_-_lila.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/mocao_de_aplauso_-__congresso_de_mulheres_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/mocao_de_aplauso_-__corrida_pe_na_obra__-_cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/mocao_de_aplauso_-__despertarismo_-_jack_de_taboquinha_.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_de_aplauso_-__festa_das_marocas_-_cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/mocao_de_aplauso_-__formacao_de_policiais_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/mocao_de_aplauso_-_aa_-_de_da_cohab_i_.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_de_aplauso_-_adorarte_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_de_aplauso_-_agape_-_edson_silva_.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/mocao_de_aplauso_-_amara_torres_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mocao_de_aplauso_-_amor_a_bike_-_de_da_cohab_.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/mocao_de_aplauso_-_antonio_habib_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_de_aplauso_-_antonio_habib_-_nilton_.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/mocao_de_aplauso_-_baile.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/mocao_de_aplauso_-_blocos_carnavalescos_-_fabricio.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_de_aplauso_-_blocos_carnavalescos_.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplauso_-_bombeiros_-_edson___.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/mocao_de_aplauso_-_bras_sapateiro_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/mocao_de_aplauso_-_ciclistas_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/mocao_de_aplauso_-_copa_png_de_volei__-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/mocao_de_aplauso_-_corpo_docente_joaquim_medeiros_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/mocao_de_aplauso_-_dia_do_circo_-_rui_nunes.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/mocao_de_aplauso_-_encontro_de_sanfoneiros_-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_de_aplauso_-_escola_julio_magalhaes_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_de_aplauso_-_escola_tenente_joao_cordeiro_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/mocao_de_aplauso_-_festa_das_criancas_-__fabricio_.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/mocao_de_aplauso_-_festa_das_maes-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/mocao_de_aplauso_-_festa_de_agua_fria.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/mocao_de_aplauso_-_festa_de_nossa_senhora_aparecida_-__fabricio_.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/mocao_de_aplauso_-_gal_da_padaria_-_de_da_cohab_i_.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/mocao_de_aplauso_-_guarda_municipal.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/mocao_de_aplauso_-_heleno_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/mocao_de_aplauso_-_ii_feira_do_empreendedor_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_de_aplauso_-_lucas_paulo_barbosa_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_de_aplauso_-_nossa_senhora_das_cabecas_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/mocao_de_aplauso_-_pastor_-_rui_.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_de_aplauso_-_patrimonios_de__pernambuco_-_jonas_chagas_torres_pitomba.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_de_aplauso_-_policia_militar_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/mocao_de_aplauso_-_pontos_culturais_-_nilton_senhorinho.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/mocao_de_aplauso_-_sao_francisco_de_assis_-_daniel_lopes.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/mocao_de_aplauso_-_time_de_manchester_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_de_aplauso_-_ubs_pontilhao_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/mocao_de_aplauso_-_zenit_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_de_aplauso_-clube_de_desbravadores_e_aventureiros_desfile_civico-irmao_adriano_1.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/mocao_de_aplauso_-desfile_civico-irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/mocao_de_aplauso_-festa_da_emancipacao-cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_de_aplauso_-festa_de_nossa_senhora_aparecida_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/voto_de_pesar_-_alberto_sena_-_euno_andrade.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/nota_de_pesar_-_sandro_taxista.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/nota_de_pesar_-_joao_batista.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/nota_de_pesar_-_geneci_soares_da_silva_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/nota_de_pesar_-_cicero_cabeleireiro_-_daniel__.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/nota_de_pesar_-_clovis_geraldo_barbosa_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/voto_de_pesar_-_maria_do_carmo_-pitomba.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/voto_de_pesar_-_higor_gustavo.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/nota_de_pesar_-_mario_mariano_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/nota_de_pesar_-_joao_matheus_-_ze_gury_jr_.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/nota_de_pesar_-_anaelson_-_ze_gury_jr__.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/nota_de_pesar_-_robson_regis_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/nota_de_pesar_-_marluce_maria_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/nota_de_pesar_-_sandra_aragao_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/nota_de_pesar_-_neuza_nogueira_-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/nota_de_pesar_-_maria_lauriza_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/nota_de_pesar_-_jose_araujo_franklin_-_nilton_.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/nota_de_pesar_-_maria_lucia_da_conceicao_-_edson_.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/nota_de_pesar_-_josenilson_-_tenente_.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/nota_de_pesar_-_neto_senhorinho_-_fabricio_de_chagas.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/nota_de_pesar_-_josenildo_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/nota_de_pesar_-_abdoral_gomes_-_pitomba.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/nota_de_pesar_-_antonio_ferreira_-_toda_a_casa.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/nota_de_pesar_-_jorge_soares-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nota_de_pesar_-_pai_doido_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/nota_de_pesar_-_fabio_cachacaria_bitury_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/902/reunioes_do_comdema_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/895/plano_de_sustentabilidade_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/903/envio_da_base_de_dados_para_confeccionar_a_avaliacao_atuarial_-_belo_jardim_prev.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/904/oficio_001.2025_faculdade_pitagoras.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_ao_oficio_no_0172025_-_secm_-_construcao_de_quadra_poliesportiva..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/914/resposta_oficio_no_0252025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/915/resposta_oficio_no_0282025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/916/resposta_oficio_no_0312025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/927/reativaacao_posto_policial_xucuru..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/941/resposta_oficio_no0892025_-_secm_vereador_elias_henrique.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/942/resposta_oficio_no2852025_-_secm_ze_guri.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/943/resposta_oficio_no_2582025_-_secm_helias_henrique.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/944/resposta_oficio_no_1482025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/945/resposta_oficio_no0682025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/946/resposta_oficio_no0392025_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/954/resposta_oficio_no_0702025_-_secm_-_daniel_lopes.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/955/resposta_oficio_no_205_2025_-_secm_adriano.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/959/resposta_oficio_no_2352025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/960/resposta_oficio_no_1182025_-_secm_cristiano.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/961/resposta_oficio_no_2092025_-_secm_fabricio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/962/resposta_oficio_no_1432025_-_secm_euno.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/963/veto_ao_pl_0262025_de_autoria_do_poder_legislativo_municipal_que_possui_como_ementa_respectivamente.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/972/oficio_ref._a_n.f._no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/resposta_oficio_no_9632025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/resposta_oficio_no_9932025_-_secm_cristiano.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/resposta_oficio_no_9082025_-_secm_fabricio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/969/veto.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/928/lei_complementar_no_0032025_altera_a_redacao_do_1o_do_artigo_2o_da_lei_municipal_no_3.401_de_24_de_dezembro_de_2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/929/lei_complementar_no_0042025_altera_a_redacao_do_4o_do_artigo_3o_da_lei_complementar_no_001_de_23_de_outubro_de_2024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/891/lei_3.6382024.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/892/lei_3.639.2025_-_dispoe_sobre_a_coleta_seletiva_publica_no_municipio_de_belo_jardim-pe..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/893/lei_3.640.2025_-_dispoe_sobre_a_alteracao_dos_simbolos_municipais_o_brasao_a_bandeira_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/894/lei_3.6412025_-_denomina_o_loteamento_santo_antonio_de_heleno_jose_barbosa_e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/896/lein36_1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/897/lei_no_3643.2025_-_autoriza_o_poder_executivo_municipal_a_conceder_os_incentivos_fiscais_que_especifica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/898/lei_no_3.6462025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/911/lei_no_3.647.2025_altera_a_redacao_do_art._1o_e_revoga_o_art._6o_da_lei_municipal_no_3.640_de_03_de_janeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/912/lei_no_3.648.2025_-_altera_o_anexo_unico_da_lei_municipal_no_2.081_de_12_de_dezembro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/918/lei_municipal_no_3.650-2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_nossa_senhora_da_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/919/lei_municipal_no_3.651.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.462.2001_de_17_de_abril_de_2001_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/920/lei_municipal_no_3.6522025institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_a_saude_mental__janeiro_branco_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/921/lei_municipal_no_3.6532025_estabelece_diretrizes_para_a_criacao_do_projeto_belo_jardim_em_movimento_visando_incentivar_a_pratica_de_atividades_fisicas_em_pracas_publicas_e_distritos_no_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/922/lei_municipal_no_3.6542025_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_lupus_fibromialgia_doenca_de_alzheimer_e_leucemia__fevereiro_roxo_e_laranja_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/923/lei_municipal_no_3.6552025_dispoe_sobre_a_criacao_da_secretaria_de_politicas_publicas_para_a_mulher_e_juventude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/924/lei_municipal_no_3.6562025_dispoe_sobre_o_valor_do_salario_minimo_no_ambito_do_municipio_de_belo_jardimpe_instituido_atraves_do_decreto_federal_no_12.342_de_30_trinta_de_dezembro_de_2024_e_da_outras_providen.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/925/lei_municipal_no_3.6572025_dispoe_sobre_a_concessao_de_reajuste_salarial_aos_professores_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/933/lei_no_3658.2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/934/lei_no_3.6592025_dispoe_sobre_a_instituicao_do_programa_saude_e_lazer_na_avenida_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/935/lei_no_3.6602025_institui_o_dia_municipal_do_pastor_evangelico_e_da_pastora_evangelica_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/936/lei_no_3.6612025_-_modifica_a_redacao_do_art._1o_da_lei_municipal_no_2.026_de_03_de_junho_de_2013_adequando-o_as_disposicoes_da_lei_federal_no_12.3282010.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/937/lei_no_3.6622025_-__altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/940/lei_no_3.6632025_dispoe_sobre_a_desafetacao_e_a_doacao_de_imovel_urbano_para_o_senhor_jose_genuino_da_silva_filho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/951/lei_municipal_no_3.664.2025_institui_o_programa_de_parcerias_publico-privadas_e_de_concessoes_do_municipio_de_belo_jardim-pe_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/952/lei_municipal_no_3.665.2025_institui_o_programa_de_incentivo_a_regularizacao_fiscal_com_a_fazenda_publica_do_municipio_de_belo_jardim_denominado_refis_belo_jardim_2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/953/lei_municipal_no_3.6662025_dispoe_sobre_a_doacao_de_veiculo_da_camara_municipal_de_belo_jardim_ao_municipio_de_belo_jardim_afetado_ao_uso_exclusivo_da_secretaria_municipal_de_obras_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/964/lei_no_3.667.2025_denomina_o_novo_auditorio_da_secretaria_de_educacao_de_belo_jardim_de_quiteria_maria_cordeiro_de_lucena_monteiro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/965/lei_no_3.668.2025_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/966/lei_no_3.6692025_ementa_altera_a_redacao_da_lei_no_3.3652021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/968/lei_no_3.6702025_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/967/lei_no_3.6712025_dispoe_sobre_a_devolucao_voluntaria_e_excepcional_de_saldo_financeiro_resultante_de_economia_e_consequente_nao_utilizacao_integral_de_duodecimos_do_exercicio_2025_para_auxiliar_o_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/974/lei_no_3672.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n__3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/975/lei_no_3.673.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n_3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/989/lei_municipal_no_3.6742025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/990/lei_municipal_no_3.6752025_estabelece_denominacao_de_orgao_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/992/lei_municipal_no_3.6762025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/991/lei_municipal_no_3.6772025_denomina_o_predio_do_anexo_ii_da_camara_municipal_de_belo_jardim_de_cicero_alves_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/995/lei_municipal_3.678.2025_dispoe_acerca_da_concessao_de_bolsas_de_estudo_para_servidores_efetivos_e_contratados_da_autarquia_educacional_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/996/lei_municipal_3.679.2025_estabelece_denominacao_de_praca_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/998/lei_3.680.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_manoel_da_paciencia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/999/lei_3.681.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_xucuru_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1080/lei_no_3.6832025ementa_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.188_datada_de_13_de_novembro_de_1997_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1081/lei_no_3.6842025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_agua_fria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1082/lei_no_3.6852025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_santo_antonio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1083/lei_no_3.6862025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_autismo__abril_azul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_no_3.6872025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_cancer_bucal__maio_vermelho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1085/lei_no_3.6882025_ementa_altera_o_4_lei_municipal_no_3.4422022_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1086/lei_no_3.6892025_ementa_denomina_a_unidade_basica_de_saude_ubs_do_bairro_do_pontilhao_de_severino_bernardino_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1090/lei_municipal_n3.690.2025_-_inclui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_o_sao_joao_de_santa_luzia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1091/lei_municipal_n_3.691.2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1092/lei_municipal_n3.692.2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1093/lei_municipal_n3.693.2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_municipal_n3.694.2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_municipal_no_3.6952025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_municipal_no_3.6962025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_municipal_no_3.6972025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1102/lei_municipal_no_3.6982025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_municipal_no_3.6992025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1104/lei_municipal_no_3.7002025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1105/lei_municipal_no_3.7012025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1106/lei_municipal_no_3.7022025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1107/lei_municipal_no_3.7032025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1108/lei_municipal_no_3.7042025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1109/lei_municipal_no_3.7052025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_municipal_no_3.7062025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_municipal_no_3.7072025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1112/lei_3708.2025_-_dispoe_sobre_o_programa_de_apoio_ao_desenvolvimento_infantil_e_nclusivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1113/lei_3709.2025_-_loteamento_alto_limpo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/lei_no_3.710.2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/pldo_2026_-_final_merged.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/lei_n_3712.2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/lei_3713.2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/lei_3714.2025_inclui_festividade_cultural_no_dia_da_emancipacao_municipal_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/lei-n-3-715-institui-o-regime-de-escala-12x36_aeb..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/ilovepdf_merged_56.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1231/3719.2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/3720.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.544_de_27_de_dezembro_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/3721.2025_.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/3722.2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/3723.2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/3724.2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/3725.2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/lei_3726_doacao_de_terreno_bernardino_oliveira.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/lei_3728_alteracao_cargo_de_assessor_tecnicoe_criando_o_cargo_de_orientador_de_tansito.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/lei_3.729_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/lei_3.730.2025_reconhece_e_declara_de_utilidade_publica_municipal_o_instituto_pipa.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/lei_n_3_731_doacao_de_terreno_jorge_felipe_.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/lei_3732.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/lei_3733.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.043_de_29_de_abril_de_1994_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/lei_n_3_734_estabelece_denominacao_de_cozinha_comunitaria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/lei_3735.2025_-_dispoe_sobre_a_proibicao_do_corte_dos_servicos_de_fornecimento_de_energia_eletrica_e_agua_no_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/lei_municipal_no_3.736.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_empresa_adilson_antonio_de_assuncao-me_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/lei_municipal_3.737.2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/lei_municipal_no_3738.2025_-_institui_o_novo_codigo_tributario_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/lei_municipal_no_3.739.2025__dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026_-_2029_e_da_outras_providencias._ppa.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/lei_municipal_no_3.740.2025_estabelece_denominacao_de_espaco_publico_e_da_outras_providencias_praca_ailton_vieira_cintra..pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/lei_municipal_no_3.742.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.069_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/lei_municipal_no_3.743.2025__-__dispoe_sobre_a_revogacao_da_lei_municipal_no_3.068_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/lei_municipal_no_3.744.2025_-_ementa_estima_a_receita_e_fixa_a_despesa_do_municipio_para_o_exercicio_de_2026..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/lei_municipal_no_3.745.025_-_altera_a_redacao_dos_incisos_i_e_ii_e_acrescenta_o_inciso_iii_ao_artigo_15_da_lei_municipal_no_1.601_de_12_de_agosto_de_2004_que_dispoe_sobre_o_regime_proprio_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/lei_municipal_3.746.2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_municipal_3.747.2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_municipal_3.748.20025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_municipal_no_3.7492025_-_ementa_denomina_vias_projetadas_no_loteamento_sol_nascente_3_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/lei_municipal_no_3.7502025_-_ementa_estabelece_denominacao_de_estrada_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/lei_municipal_3751.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/lei_municipal_3.752.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/lei_municipal_3.753.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/lei_municipal_no_3.7542025_-_ementa_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/3755.2025_dispoe_sobre_a_doacao_de_terreno_urbano_paraalvorada_construcoes.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/lei_3757.2025_-__altera_a_lei_3412_2022_altera_o_inciso_iii_do_artigo_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/lei_3758.2025_-_doacao_defensoria_publica.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/lei_n_3_759_doacao_alfa_engenharia.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/lei_n_3_760_doacao_c3_engenharia.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/lei_municipal_no_3.761.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/lei_municipal_no_3762.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/910/projeto_de_lei_no_026.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/909/projeto_de_lei_no_004.2025_-_proibe_o_manuseio_utilizacao_queima_e_soltura_de_fogos_e_artefatos_de_alto_impacto._1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/899/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/901/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/905/projeto_de_lei_n009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_n010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/907/altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/908/projeto_de_lei_025.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/917/pl_027.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/931/projeto_de_lei_no____.2025_-_doacao_do_onix_a_sec._obras..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/930/pl_031.2025_-_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/932/pl_032.2025_-_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/938/projeto_de_lei_n033.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/948/projeto_de_lei_034-2025dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/949/pojet._de_lei_036.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/950/pl_037.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/956/pl_038.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_educadores_fisicos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/957/pl_039.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_no_3.292.2019_e_da_outras_providencias._-_arquiteto.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/958/pl_040.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/970/projeto_de_lei_n044.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/971/projeto_de_lei_n045.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/973/pl_046.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.309_datada_de_15_de_junho_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/976/projeto_de_lei_n047.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/977/projeto_de_lei_n048.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/980/projeto_de_lei_n_049.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/978/projeto_de_lei_n_050.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/979/projeto_de_lei_n051.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/981/projeto_de_lei_n052.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/982/projeto_de_lei_n056.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/983/projeto_de_lei_n057.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/984/projeto_de_lei_n058.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/985/pl_060.2025_dispoe_sobre_a_criacao_do_museu_historico_e_cultural_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/986/pl_061.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/987/pl_062.2025_-_altera_o_artigo_2o_da_lei_municipal_no_3.0762016_de_19_de_janeiro_de_2016_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/988/pl_063.2025_-_dispoe_sobre_a_regulamentacao_da_atividade_dos_guias_e_condutores_de_turismo_no_ambito_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1087/ilovepdf_merged_28.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_lei_n069.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/994/minuta_final_do_projeto_de_lei_comjuve.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1095/ilovepdf_merged_35.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1096/projeto_de_lei_n075.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1097/projeto_de_lei_n_076.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1153/pl_077_dispoe_sobre_a_regularizacao_dos_debitos_educacionais_e_acordos_de_parcelamento_e_estabelece_as_diretrizes_para_cobranca_de_taxas_e_prestacao_de_servicos_academicos_da_autarquia_educacional_do_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1170/projeto_de_lei_n078.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1171/projeto_de_lei_no080.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1214/ilovepdf_merged_51.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1215/ilovepdf_merged_52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1173/projeto_de_lei_n083.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1175/projeto_de_lei_n084.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1176/projeto_de_le_086_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1186/projeto_de_lei_087.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1187/projeto_de_lei_088.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1191/pl._089-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jorge_felipe_da_silva_cacimiro_e_da_outra09092025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1192/pl._090-dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1216/ilovepdf_merged_53.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_098.2025..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_099.2025_-dispoe_sobre_doacao_de_terreno_para_a_sra._rosineide_nascimento_da_silva03102025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1220/pl_100.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1221/pl_104.2025_altera_a_redacao_dos_arts11_1o_e_172o_da_lei_municipal_3676.2025_que_dispoes_sobre_pol._mun_de_atendimentonda_crianca_e_do_adolescente..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1222/pl_105.2025_institui_o_programa_de_incentivo_a_regularizacao_e_a_implantacao_de_loteamentos_residenc08102025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_106.2025_-_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1225/oficio_009-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1227/ilovepdf_merged_59.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1226/pl_109.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1228/p.l_110.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_1014_de_29_de_abril_de_1994..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1229/ilovepdf_merged_60.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1230/ilovepdf_merged_61.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1238/pl_114.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1239/ilovepdf_merged_62.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1260/ilovepdf_merged_63.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1244/pl_117.2025_-_institui_o_novo_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1250/pl_119.2025_-_revogacao_da_lei_municipal_n3.068_de_31_de_dezembro_de_202514112025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_n_120_-_2025_-_cria_cargos_efetivos_cmbj_2.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_122.2025altera_os_incisos_iii_e_acrescenta_os_incisos_iv_aos_artigos_30_e_34_da_lei_municipal_no_1.601_de_30_de_abril_de_2004_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_123.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1270/pl_124.2025_-_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_cavalgada_no_distrito_de_xucuru_e_da_outras_providencias1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_lei125.2025_-_estrada_incio_ricarto_de_souza.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1330/projeto_de_lei_126.2025_-_altera_em_parte_o_artigo_1o_da_lei_municipal_no_3.5462023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1331/projeto_de_lei_127.2025_institui_no_ambito_do_municipio_de_belo_jardim_o_programa_integra_comunidade_destinado_ao_atendimento_de_estudantes_dos_anos_iniciais_e_anos_finais_da_rede_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1332/projeto_de_128.2025_institui_o_programa_alfabetiza_belo_jardim_no_ambito_da_rede_municipal_de_ensino_de_belo_jardim-pe_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1333/projeto_de_lei_129.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1339/pl._130.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_131.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1341/pl_132.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1371/pl_133.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1372/pl_134.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1373/pl_135.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1374/pl_136.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1375/pl_137.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1378/pl_138.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1393/pl_139.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1395/pl_140.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1396/pl_141.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1387/pl_142.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1388/pl_143.2025_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_igreja_evangelica_trono_da_graca_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_144.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1060/projeto_de_resolucao_n003.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1252/proj._de_decreto_001-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1255/proj._de_decreto_002-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1256/proj._de_decreto_003-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1257/proj._de_decreto_004-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1258/proj._de_decreto_005-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1259/proj._de_decreto_006-_2025_-_cmbj17112025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1240/oficio_033-2025_merged.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1174/projeto_de_decreto_009.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_decreto_010.2025_titulo_de_cidadao_-_rosineide_lima.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_decreto_011.2025_titulo_de_cidadao_-_coronel_meira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/947/resposta_do_pedido_de_informacao_verbal_no_0012025_sobre_informacoes_referentes_ao_pasep_do_ano_de_2023_dos_servidores_deste_municipio_do_prefeito_e_da_secretaria_de_gestao._lila.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1376/pedido_de_informacao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1377/pedido_de_informacao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1379/pedido_de_informacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1380/pedido_de_informacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1381/pedido_de_informacao_007.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1382/pedido_de_informacao_008.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1383/pedido_de_informacao_009.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1012/1.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1011/2.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1010/3.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1009/4.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1008/5.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1007/06.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1006/7.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1005/8.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1004/09.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1003/10.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/997/11.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1000/12.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1001/13.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1002/14.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1031/15.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1030/16.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1029/17.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1028/18.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1027/19.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1026/20.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1025/21.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1024/22.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1023/23.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1022/24.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1021/25.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1020/26.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1019/27.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1018/28.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1017/29.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1016/30.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1015/31.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1014/32.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1013/33.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1040/34.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1039/35.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1038/36.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1037/37.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1036/38.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1035/40.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1034/41.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1033/42.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1032/43.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1047/44.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1046/45.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1045/46.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1044/47.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1043/48.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1042/49.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1041/50.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1059/53.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1058/54.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1057/55.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1056/56.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1055/59.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1054/60.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1053/61.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1052/62.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1051/63.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1050/64.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1049/65.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1048/66.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1068/67.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1065/68.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1066/70.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1064/71.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1063/72.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1076/73.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1075/74.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1074/75.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1073/76.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1072/77.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1071/78.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1070/79-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1069/80.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1114/812025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1115/822025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1116/832025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1117/842025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1118/852025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1119/862025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1120/8472025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1121/882025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1122/892025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1123/902025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1147/91.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1148/92.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1149/94.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1150/95.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1151/96.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1152/97.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1140/92025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1141/99.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1142/100.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1143/101.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1144/102.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1145/103.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1146/104.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1138/105.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1139/106.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1136/107.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1137/108.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1129/109.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1130/10.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1131/111.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1132/112.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1133/1132025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1134/114.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1135/115.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1124/116.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1125/117.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1126/118.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1127/119.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1128/120.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1177/req_121.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1178/req_122.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1179/requerimento_no_123.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1180/req_124.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1181/requerimento_no_125.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1182/requerimento_no_126.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1183/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_no_128.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1185/requerimento_n_129.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1195/requerimento_130-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1196/requerimento_131-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_132-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1198/requerimento_133-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1199/requerimento_134-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1200/requerimento_135-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1201/requerimento_136-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1202/requerimento_137-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1203/requerimento_138-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1204/requerimento_139-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1205/requerimento_140-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1206/requerimento_141-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1207/requerimento_142-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1208/requerimento_143-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1209/requerimento_144-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1210/requerimento_145-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1211/requerimento_146-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1212/requerimento_147-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1213/requerimento_148-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n004.2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1154/indicacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1155/indicacao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1156/indicacao_006.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1157/indicacao_no_008_-_envio_de_semente_para_os_agricutores_-_cristiano.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1158/indicacao_no_009_-_reativacao_de_posto_polical_em_serra_dos_ventos_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_n_010_-_cristiano_-_rodoviaria.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_n_011_-_everaldo_-_passarelas.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_012_-__claudemir_-_estacao_de_tratamento_de_xucuru_.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_015_-_departamento_de_estradas_-_fabricio___.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1163/indicacao_no_016_-_cozinha_comunitaria_-_rui_nunes__.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1164/indicacao_no_017_-_construcao_de_barragem_-_claudemir_.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1165/indicacao_no_018_-_pavimentacao_asfaltica_-_claudemir__-_copiar.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1166/indicacao_no_019-fiscalizar_venda_ilegal_de_chumbinho_-_de_da_cohab_.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1167/indicacao_no_020_-_tfd_-_lila.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1272/mocao_de_aplauso_-__congresso_de_mulheres_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1273/mocao_de_aplauso_-__corrida_pe_na_obra__-_cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1274/mocao_de_aplauso_-__despertarismo_-_jack_de_taboquinha_.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1275/mocao_de_aplauso_-__festa_das_marocas_-_cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1276/mocao_de_aplauso_-__formacao_de_policiais_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1277/mocao_de_aplauso_-_aa_-_de_da_cohab_i_.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_de_aplauso_-_adorarte_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_de_aplauso_-_agape_-_edson_silva_.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1280/mocao_de_aplauso_-_amara_torres_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1281/mocao_de_aplauso_-_amor_a_bike_-_de_da_cohab_.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1282/mocao_de_aplauso_-_antonio_habib_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_de_aplauso_-_antonio_habib_-_nilton_.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1284/mocao_de_aplauso_-_baile.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1286/mocao_de_aplauso_-_blocos_carnavalescos_-_fabricio.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_de_aplauso_-_blocos_carnavalescos_.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplauso_-_bombeiros_-_edson___.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1292/mocao_de_aplauso_-_bras_sapateiro_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1293/mocao_de_aplauso_-_ciclistas_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1294/mocao_de_aplauso_-_copa_png_de_volei__-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1296/mocao_de_aplauso_-_corpo_docente_joaquim_medeiros_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1298/mocao_de_aplauso_-_dia_do_circo_-_rui_nunes.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1299/mocao_de_aplauso_-_encontro_de_sanfoneiros_-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_de_aplauso_-_escola_julio_magalhaes_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_de_aplauso_-_escola_tenente_joao_cordeiro_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1304/mocao_de_aplauso_-_festa_das_criancas_-__fabricio_.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1306/mocao_de_aplauso_-_festa_das_maes-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1307/mocao_de_aplauso_-_festa_de_agua_fria.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1308/mocao_de_aplauso_-_festa_de_nossa_senhora_aparecida_-__fabricio_.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1310/mocao_de_aplauso_-_gal_da_padaria_-_de_da_cohab_i_.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1311/mocao_de_aplauso_-_guarda_municipal.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1312/mocao_de_aplauso_-_heleno_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1314/mocao_de_aplauso_-_ii_feira_do_empreendedor_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_de_aplauso_-_lucas_paulo_barbosa_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_de_aplauso_-_nossa_senhora_das_cabecas_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1319/mocao_de_aplauso_-_pastor_-_rui_.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1320/mocao_de_aplauso_-_patrimonios_de__pernambuco_-_jonas_chagas_torres_pitomba.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_de_aplauso_-_policia_militar_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1323/mocao_de_aplauso_-_pontos_culturais_-_nilton_senhorinho.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1325/mocao_de_aplauso_-_sao_francisco_de_assis_-_daniel_lopes.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1326/mocao_de_aplauso_-_time_de_manchester_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_de_aplauso_-_ubs_pontilhao_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1328/mocao_de_aplauso_-_zenit_-_fabricio_.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_de_aplauso_-clube_de_desbravadores_e_aventureiros_desfile_civico-irmao_adriano_1.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1342/mocao_de_aplauso_-desfile_civico-irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1343/mocao_de_aplauso_-festa_da_emancipacao-cristiano_cabeludo.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_de_aplauso_-festa_de_nossa_senhora_aparecida_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1345/voto_de_pesar_-_alberto_sena_-_euno_andrade.doc" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1346/nota_de_pesar_-_sandro_taxista.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1347/nota_de_pesar_-_joao_batista.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1348/nota_de_pesar_-_geneci_soares_da_silva_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1349/nota_de_pesar_-_cicero_cabeleireiro_-_daniel__.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1350/nota_de_pesar_-_clovis_geraldo_barbosa_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1351/voto_de_pesar_-_maria_do_carmo_-pitomba.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1352/voto_de_pesar_-_higor_gustavo.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1353/nota_de_pesar_-_mario_mariano_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1354/nota_de_pesar_-_joao_matheus_-_ze_gury_jr_.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1355/nota_de_pesar_-_anaelson_-_ze_gury_jr__.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1356/nota_de_pesar_-_robson_regis_-_irmao_adriano_.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1357/nota_de_pesar_-_marluce_maria_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1358/nota_de_pesar_-_sandra_aragao_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1359/nota_de_pesar_-_neuza_nogueira_-_cristiano_araujo_.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1360/nota_de_pesar_-_maria_lauriza_-_daniel_.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1361/nota_de_pesar_-_jose_araujo_franklin_-_nilton_.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1362/nota_de_pesar_-_maria_lucia_da_conceicao_-_edson_.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1363/nota_de_pesar_-_josenilson_-_tenente_.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1364/nota_de_pesar_-_neto_senhorinho_-_fabricio_de_chagas.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1365/nota_de_pesar_-_josenildo_-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1366/nota_de_pesar_-_abdoral_gomes_-_pitomba.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1367/nota_de_pesar_-_antonio_ferreira_-_toda_a_casa.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1368/nota_de_pesar_-_jorge_soares-_pitomba_.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1369/nota_de_pesar_-_pai_doido_-_nilton_senhorinho_.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1370/nota_de_pesar_-_fabio_cachacaria_bitury_-_cristiano_araujo.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/902/reunioes_do_comdema_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/895/plano_de_sustentabilidade_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/903/envio_da_base_de_dados_para_confeccionar_a_avaliacao_atuarial_-_belo_jardim_prev.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/904/oficio_001.2025_faculdade_pitagoras.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/913/resposta_ao_oficio_no_0172025_-_secm_-_construcao_de_quadra_poliesportiva..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/914/resposta_oficio_no_0252025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/915/resposta_oficio_no_0282025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/916/resposta_oficio_no_0312025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/927/reativaacao_posto_policial_xucuru..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/941/resposta_oficio_no0892025_-_secm_vereador_elias_henrique.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/942/resposta_oficio_no2852025_-_secm_ze_guri.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/943/resposta_oficio_no_2582025_-_secm_helias_henrique.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/944/resposta_oficio_no_1482025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/945/resposta_oficio_no0682025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/946/resposta_oficio_no0392025_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/954/resposta_oficio_no_0702025_-_secm_-_daniel_lopes.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/955/resposta_oficio_no_205_2025_-_secm_adriano.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/959/resposta_oficio_no_2352025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/960/resposta_oficio_no_1182025_-_secm_cristiano.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/961/resposta_oficio_no_2092025_-_secm_fabricio.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/962/resposta_oficio_no_1432025_-_secm_euno.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/963/veto_ao_pl_0262025_de_autoria_do_poder_legislativo_municipal_que_possui_como_ementa_respectivamente.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/972/oficio_ref._a_n.f._no_143-2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1384/resposta_oficio_no_9632025_-_secm.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1385/resposta_oficio_no_9932025_-_secm_cristiano.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1386/resposta_oficio_no_9082025_-_secm_fabricio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/969/veto.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/928/lei_complementar_no_0032025_altera_a_redacao_do_1o_do_artigo_2o_da_lei_municipal_no_3.401_de_24_de_dezembro_de_2021_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/929/lei_complementar_no_0042025_altera_a_redacao_do_4o_do_artigo_3o_da_lei_complementar_no_001_de_23_de_outubro_de_2024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/891/lei_3.6382024.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/892/lei_3.639.2025_-_dispoe_sobre_a_coleta_seletiva_publica_no_municipio_de_belo_jardim-pe..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/893/lei_3.640.2025_-_dispoe_sobre_a_alteracao_dos_simbolos_municipais_o_brasao_a_bandeira_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/894/lei_3.6412025_-_denomina_o_loteamento_santo_antonio_de_heleno_jose_barbosa_e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/896/lein36_1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/897/lei_no_3643.2025_-_autoriza_o_poder_executivo_municipal_a_conceder_os_incentivos_fiscais_que_especifica_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/898/lei_no_3.6462025.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/911/lei_no_3.647.2025_altera_a_redacao_do_art._1o_e_revoga_o_art._6o_da_lei_municipal_no_3.640_de_03_de_janeiro_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/912/lei_no_3.648.2025_-_altera_o_anexo_unico_da_lei_municipal_no_2.081_de_12_de_dezembro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/918/lei_municipal_no_3.650-2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_nossa_senhora_da_saude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/919/lei_municipal_no_3.651.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.462.2001_de_17_de_abril_de_2001_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/920/lei_municipal_no_3.6522025institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_a_saude_mental__janeiro_branco_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/921/lei_municipal_no_3.6532025_estabelece_diretrizes_para_a_criacao_do_projeto_belo_jardim_em_movimento_visando_incentivar_a_pratica_de_atividades_fisicas_em_pracas_publicas_e_distritos_no_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/922/lei_municipal_no_3.6542025_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_lupus_fibromialgia_doenca_de_alzheimer_e_leucemia__fevereiro_roxo_e_laranja_e_da_outras_pro.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/923/lei_municipal_no_3.6552025_dispoe_sobre_a_criacao_da_secretaria_de_politicas_publicas_para_a_mulher_e_juventude_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/924/lei_municipal_no_3.6562025_dispoe_sobre_o_valor_do_salario_minimo_no_ambito_do_municipio_de_belo_jardimpe_instituido_atraves_do_decreto_federal_no_12.342_de_30_trinta_de_dezembro_de_2024_e_da_outras_providen.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/925/lei_municipal_no_3.6572025_dispoe_sobre_a_concessao_de_reajuste_salarial_aos_professores_da_rede_municipal_de_ensino_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/933/lei_no_3658.2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/934/lei_no_3.6592025_dispoe_sobre_a_instituicao_do_programa_saude_e_lazer_na_avenida_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/935/lei_no_3.6602025_institui_o_dia_municipal_do_pastor_evangelico_e_da_pastora_evangelica_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/936/lei_no_3.6612025_-_modifica_a_redacao_do_art._1o_da_lei_municipal_no_2.026_de_03_de_junho_de_2013_adequando-o_as_disposicoes_da_lei_federal_no_12.3282010.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/937/lei_no_3.6622025_-__altera_suprime_e_revoga_artigos_da_lei_municipal_no_3.6002024_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/940/lei_no_3.6632025_dispoe_sobre_a_desafetacao_e_a_doacao_de_imovel_urbano_para_o_senhor_jose_genuino_da_silva_filho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/951/lei_municipal_no_3.664.2025_institui_o_programa_de_parcerias_publico-privadas_e_de_concessoes_do_municipio_de_belo_jardim-pe_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/952/lei_municipal_no_3.665.2025_institui_o_programa_de_incentivo_a_regularizacao_fiscal_com_a_fazenda_publica_do_municipio_de_belo_jardim_denominado_refis_belo_jardim_2025.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/953/lei_municipal_no_3.6662025_dispoe_sobre_a_doacao_de_veiculo_da_camara_municipal_de_belo_jardim_ao_municipio_de_belo_jardim_afetado_ao_uso_exclusivo_da_secretaria_municipal_de_obras_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/964/lei_no_3.667.2025_denomina_o_novo_auditorio_da_secretaria_de_educacao_de_belo_jardim_de_quiteria_maria_cordeiro_de_lucena_monteiro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/965/lei_no_3.668.2025_dispoe_sobre_a_criacao_da_secretaria_executiva_de_desenvolvimento_economico_e_economia_criativa_no_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/966/lei_no_3.6692025_ementa_altera_a_redacao_da_lei_no_3.3652021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/968/lei_no_3.6702025_dispoe_sobre_a_instituicao_de_funcoes_gratificadas_na_autarquia_educacional_de_ensino_de_belo_jardim_-_aeb_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/967/lei_no_3.6712025_dispoe_sobre_a_devolucao_voluntaria_e_excepcional_de_saldo_financeiro_resultante_de_economia_e_consequente_nao_utilizacao_integral_de_duodecimos_do_exercicio_2025_para_auxiliar_o_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/974/lei_no_3672.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n__3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/975/lei_no_3.673.2025_-_altera_o_anexo_unico_do_quadro_dos_cargos_efetivos_da_lei_municipal_n_3.292.2019_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/989/lei_municipal_no_3.6742025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.392_datada_de_14_de_novembro_de_2000_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/990/lei_municipal_no_3.6752025_estabelece_denominacao_de_orgao_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/992/lei_municipal_no_3.6762025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/991/lei_municipal_no_3.6772025_denomina_o_predio_do_anexo_ii_da_camara_municipal_de_belo_jardim_de_cicero_alves_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/995/lei_municipal_3.678.2025_dispoe_acerca_da_concessao_de_bolsas_de_estudo_para_servidores_efetivos_e_contratados_da_autarquia_educacional_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/996/lei_municipal_3.679.2025_estabelece_denominacao_de_praca_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/998/lei_3.680.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_manoel_da_paciencia_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/999/lei_3.681.2025_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_xucuru_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1080/lei_no_3.6832025ementa_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.188_datada_de_13_de_novembro_de_1997_relativa_a_doacao_de_um_terreno_urbano_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1081/lei_no_3.6842025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_sao_joao_do_distrito_de_agua_fria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1082/lei_no_3.6852025_ementa_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_a_festa_de_santo_antonio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1083/lei_no_3.6862025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_autismo__abril_azul_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1084/lei_no_3.6872025_ementa_institui_no_calendario_oficial_do_municipio_de_belo_jardim_o_mes_de_conscientizacao_sobre_o_cancer_bucal__maio_vermelho_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1085/lei_no_3.6882025_ementa_altera_o_4_lei_municipal_no_3.4422022_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1086/lei_no_3.6892025_ementa_denomina_a_unidade_basica_de_saude_ubs_do_bairro_do_pontilhao_de_severino_bernardino_da_silva_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1090/lei_municipal_n3.690.2025_-_inclui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_o_sao_joao_de_santa_luzia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1091/lei_municipal_n_3.691.2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1092/lei_municipal_n3.692.2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1093/lei_municipal_n3.693.2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1094/lei_municipal_n3.694.2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1099/lei_municipal_no_3.6952025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1100/lei_municipal_no_3.6962025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1101/lei_municipal_no_3.6972025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1102/lei_municipal_no_3.6982025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1103/lei_municipal_no_3.6992025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1104/lei_municipal_no_3.7002025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1105/lei_municipal_no_3.7012025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1106/lei_municipal_no_3.7022025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1107/lei_municipal_no_3.7032025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1108/lei_municipal_no_3.7042025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1109/lei_municipal_no_3.7052025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1110/lei_municipal_no_3.7062025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1111/lei_municipal_no_3.7072025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1112/lei_3708.2025_-_dispoe_sobre_o_programa_de_apoio_ao_desenvolvimento_infantil_e_nclusivo_educacao.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1113/lei_3709.2025_-_loteamento_alto_limpo.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1188/lei_no_3.710.2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1169/pldo_2026_-_final_merged.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1190/lei_n_3712.2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1194/lei_3713.2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1193/lei_3714.2025_inclui_festividade_cultural_no_dia_da_emancipacao_municipal_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1217/lei-n-3-715-institui-o-regime-de-escala-12x36_aeb..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1223/ilovepdf_merged_56.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1231/3719.2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1232/3720.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.544_de_27_de_dezembro_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1233/3721.2025_.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1234/3722.2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1235/3723.2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1236/3724.2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1237/3725.2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1242/lei_3726_doacao_de_terreno_bernardino_oliveira.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1243/lei_3728_alteracao_cargo_de_assessor_tecnicoe_criando_o_cargo_de_orientador_de_tansito.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1247/lei_3.729_institui_data_no_calendario_municipal_a_festa_de_nossa_senhora_do_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1248/lei_3.730.2025_reconhece_e_declara_de_utilidade_publica_municipal_o_instituto_pipa.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1253/lei_n_3_731_doacao_de_terreno_jorge_felipe_.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1251/lei_3732.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_o_sr._jose_cicero_de_aguiar_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1254/lei_3733.2025_dispoe_sobre_a_revogacao_da_lei_municipal_no_1.043_de_29_de_abril_de_1994_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1261/lei_n_3_734_estabelece_denominacao_de_cozinha_comunitaria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1262/lei_3735.2025_-_dispoe_sobre_a_proibicao_do_corte_dos_servicos_de_fornecimento_de_energia_eletrica_e_agua_no_municipio_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1268/lei_municipal_no_3.736.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_empresa_adilson_antonio_de_assuncao-me_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1271/lei_municipal_3.737.2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1269/lei_municipal_no_3738.2025_-_institui_o_novo_codigo_tributario_do_municipio_de_belo_jardim_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1336/lei_municipal_no_3.739.2025__dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026_-_2029_e_da_outras_providencias._ppa.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1335/lei_municipal_no_3.740.2025_estabelece_denominacao_de_espaco_publico_e_da_outras_providencias_praca_ailton_vieira_cintra..pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1338/lei_municipal_no_3.742.2025_-_dispoe_sobre_a_revogacao_da_lei_municipal_no_3.069_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1337/lei_municipal_no_3.743.2025__-__dispoe_sobre_a_revogacao_da_lei_municipal_no_3.068_de_31_de_dezembro_de_2015_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1391/lei_municipal_no_3.744.2025_-_ementa_estima_a_receita_e_fixa_a_despesa_do_municipio_para_o_exercicio_de_2026..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1399/lei_municipal_no_3.745.025_-_altera_a_redacao_dos_incisos_i_e_ii_e_acrescenta_o_inciso_iii_ao_artigo_15_da_lei_municipal_no_1.601_de_12_de_agosto_de_2004_que_dispoe_sobre_o_regime_proprio_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1400/lei_municipal_3.746.2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1401/lei_municipal_3.747.2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1402/lei_municipal_3.748.20025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1397/lei_municipal_no_3.7492025_-_ementa_denomina_vias_projetadas_no_loteamento_sol_nascente_3_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1392/lei_municipal_no_3.7502025_-_ementa_estabelece_denominacao_de_estrada_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1403/lei_municipal_3751.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1404/lei_municipal_3.752.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1405/lei_municipal_3.753.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1394/lei_municipal_no_3.7542025_-_ementa_dispoe_sobre_a_doacao_de_terreno_urbano_para_a_fundacao_bitury_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1406/3755.2025_dispoe_sobre_a_doacao_de_terreno_urbano_paraalvorada_construcoes.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1407/lei_3757.2025_-__altera_a_lei_3412_2022_altera_o_inciso_iii_do_artigo_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1408/lei_3758.2025_-_doacao_defensoria_publica.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1409/lei_n_3_759_doacao_alfa_engenharia.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1411/lei_n_3_760_doacao_c3_engenharia.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1412/lei_municipal_no_3.761.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1413/lei_municipal_no_3762.2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1420/lei_3763.2025_-_altera_a_lei_municipal_no_3.3572021_alterada_pela_lei_municipal_no_3.5222023_para_incluir_mudanca_do_clima_na_denominacao_e_atribuicoes_da_secretaria_de_meio_ambiente..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1416/lei_3764.2025_-_institui_o_programa_de_incentivo_a_regularizacao_e_a_implantacao_de_loteamentos_residenciais.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1419/lei_3765.2025_-_dispoe_sobre_a_alteracao_do_art_2_da_lei_municipal_3551_de_2023..pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1423/lei_3766.2025dispoe_sobre_a_doacao_de_terreno_urbano_para_o_idespe.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1415/lei_municipal_3767.2025_-_dispoe_sobre_a_criacao_da_subprefeitura.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1418/lei_3768.2025_-_doacao_adecobeja.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1421/lei_3769.2025_-_dispoe_sobre_a_doacao_de_terreno_urbano_para_igreja_trono_da_graca.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2025/1424/lei_3771_altera_e_suprimi_dispositivos_da_lei_3387_de_17_de_dezembro_de_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H490"/>
+  <dimension ref="A1:H498"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -16264,50 +16314,258 @@
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
         <v>1413</v>
       </c>
       <c r="B490">
         <v>2025</v>
       </c>
       <c r="C490">
         <v>3762</v>
       </c>
       <c r="D490" t="s">
         <v>799</v>
       </c>
       <c r="E490" t="s">
         <v>800</v>
       </c>
       <c r="F490" t="s">
         <v>18</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="H490" t="s">
         <v>198</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491">
+        <v>1420</v>
+      </c>
+      <c r="B491">
+        <v>2025</v>
+      </c>
+      <c r="C491">
+        <v>3763</v>
+      </c>
+      <c r="D491" t="s">
+        <v>799</v>
+      </c>
+      <c r="E491" t="s">
+        <v>800</v>
+      </c>
+      <c r="F491" t="s">
+        <v>18</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492">
+        <v>1416</v>
+      </c>
+      <c r="B492">
+        <v>2025</v>
+      </c>
+      <c r="C492">
+        <v>3764</v>
+      </c>
+      <c r="D492" t="s">
+        <v>799</v>
+      </c>
+      <c r="E492" t="s">
+        <v>800</v>
+      </c>
+      <c r="F492" t="s">
+        <v>18</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493">
+        <v>1419</v>
+      </c>
+      <c r="B493">
+        <v>2025</v>
+      </c>
+      <c r="C493">
+        <v>3765</v>
+      </c>
+      <c r="D493" t="s">
+        <v>799</v>
+      </c>
+      <c r="E493" t="s">
+        <v>800</v>
+      </c>
+      <c r="F493" t="s">
+        <v>18</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494">
+        <v>1423</v>
+      </c>
+      <c r="B494">
+        <v>2025</v>
+      </c>
+      <c r="C494">
+        <v>3766</v>
+      </c>
+      <c r="D494" t="s">
+        <v>799</v>
+      </c>
+      <c r="E494" t="s">
+        <v>800</v>
+      </c>
+      <c r="F494" t="s">
+        <v>18</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495">
+        <v>1415</v>
+      </c>
+      <c r="B495">
+        <v>2025</v>
+      </c>
+      <c r="C495">
+        <v>3767</v>
+      </c>
+      <c r="D495" t="s">
+        <v>799</v>
+      </c>
+      <c r="E495" t="s">
+        <v>800</v>
+      </c>
+      <c r="F495" t="s">
+        <v>18</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496">
+        <v>1418</v>
+      </c>
+      <c r="B496">
+        <v>2025</v>
+      </c>
+      <c r="C496">
+        <v>3768</v>
+      </c>
+      <c r="D496" t="s">
+        <v>799</v>
+      </c>
+      <c r="E496" t="s">
+        <v>800</v>
+      </c>
+      <c r="F496" t="s">
+        <v>18</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497">
+        <v>1421</v>
+      </c>
+      <c r="B497">
+        <v>2025</v>
+      </c>
+      <c r="C497">
+        <v>3769</v>
+      </c>
+      <c r="D497" t="s">
+        <v>799</v>
+      </c>
+      <c r="E497" t="s">
+        <v>800</v>
+      </c>
+      <c r="F497" t="s">
+        <v>18</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498">
+        <v>1424</v>
+      </c>
+      <c r="B498">
+        <v>2025</v>
+      </c>
+      <c r="C498">
+        <v>3771</v>
+      </c>
+      <c r="D498" t="s">
+        <v>799</v>
+      </c>
+      <c r="E498" t="s">
+        <v>800</v>
+      </c>
+      <c r="F498" t="s">
+        <v>18</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1041</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16757,50 +17015,58 @@
     <hyperlink ref="G466" r:id="rId465"/>
     <hyperlink ref="G467" r:id="rId466"/>
     <hyperlink ref="G468" r:id="rId467"/>
     <hyperlink ref="G469" r:id="rId468"/>
     <hyperlink ref="G470" r:id="rId469"/>
     <hyperlink ref="G471" r:id="rId470"/>
     <hyperlink ref="G472" r:id="rId471"/>
     <hyperlink ref="G473" r:id="rId472"/>
     <hyperlink ref="G474" r:id="rId473"/>
     <hyperlink ref="G475" r:id="rId474"/>
     <hyperlink ref="G476" r:id="rId475"/>
     <hyperlink ref="G477" r:id="rId476"/>
     <hyperlink ref="G478" r:id="rId477"/>
     <hyperlink ref="G479" r:id="rId478"/>
     <hyperlink ref="G480" r:id="rId479"/>
     <hyperlink ref="G481" r:id="rId480"/>
     <hyperlink ref="G482" r:id="rId481"/>
     <hyperlink ref="G483" r:id="rId482"/>
     <hyperlink ref="G484" r:id="rId483"/>
     <hyperlink ref="G485" r:id="rId484"/>
     <hyperlink ref="G486" r:id="rId485"/>
     <hyperlink ref="G487" r:id="rId486"/>
     <hyperlink ref="G488" r:id="rId487"/>
     <hyperlink ref="G489" r:id="rId488"/>
     <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>