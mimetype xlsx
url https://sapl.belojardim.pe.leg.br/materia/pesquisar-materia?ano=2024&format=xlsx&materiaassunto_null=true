--- v0 (2025-10-04)
+++ v1 (2026-01-01)
@@ -10,166 +10,357 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2068" uniqueCount="865">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2143" uniqueCount="896">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas</t>
+  </si>
+  <si>
+    <t>Guilherme Monark</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1285/01_guilherme.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Medicamentos para as UBS do Municipio._x000D_
+Subvenções Sociais para a Associação Pro Criança e Adolescente de Taboquinha -ACA</t>
+  </si>
+  <si>
+    <t>Pitomba da Lotação</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1287/02_pitomba.pdf</t>
+  </si>
+  <si>
+    <t>Aquísição de Aparelhos de Eletrocardiograma para atenderas UBS's do Município._x000D_
+Substituição das Placas de Concreto do Canal na Rua Quitéria Maria Senhorinho no Bairro Pontilhăo._x000D_
+Implantação do Sistema de lluminação do Campo de Futebol na comunidade de Vila Raiz.</t>
+  </si>
+  <si>
+    <t>Autarquia</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Aquisição de uma Ambulância para Atender a População do Distrito de Agua Fria e Região._x000D_
+Apoio Financeiro para Compra de Insumos e Instrumentos Cirurgicos, Melhorando o Atendimento aos Cidadãos._x000D_
+Calçamento e Saneamento em Diversas Ruas do Bairro Euno Andrade.</t>
+  </si>
+  <si>
+    <t>Zé Lopes</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1291/04_ze_lopes.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de uma Ambulância para Atender a Comunidade de Vila Bela._x000D_
+Aquisicao de Cestas Basicas para as Comunidades Carentes do Municipio de Belo Jardim. _x000D_
+- Aquisição de Material de Apoio ao Ensino do Campus Belo Jardim-IFPE.</t>
+  </si>
+  <si>
+    <t>Nilton Senhorinho</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1295/05_nilton.pdf</t>
+  </si>
+  <si>
+    <t>Convênio com o Instituto de Desenvilvimento Sociocultural de Pernembuco para Politicas de Apoio Psicossocial à População LGBTQIPNA_x000D_
+Apoio Financeiro ao Centro Cultural Vaca Profana pera Promoção de Campanhas de Saúde da Mulher da Terceira Idade._x000D_
+Apolo Finenceiro à Realização Encontro de Blocos da Semana Pré Carnavalesca, através do Centro Cultural Vaca Profana._x000D_
+Destinados a Realização de Projeto de Resgate da Memória do Municipio através do Instituto de Desenvolvimento Sociocultural de Pernambuco._x000D_
+Destinados a Construção do Espaço de Atividades de Abrigo Temporário para Animais Resgatados da ONG Laika Vitae.</t>
+  </si>
+  <si>
+    <t>Lila</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1297/06_lila.pdf</t>
+  </si>
+  <si>
+    <t>Aquisíção de uma Ambulância para os Distritos de Água Fria, Sítios Bola 1 e Bola 2, Capoeira de Dentro, Vila de Santa Luzia, Vila Lagoa da Chave e Demais Localidades Vizinhas._x000D_
+Calçamento na Rua Abitio Ramos de Querios Bairro Sao Pedro._x000D_
+Calçamento na Terceira Travessa Boa Ventura Joaquim de Moura no Bairro São Pedro._x000D_
+Aquisicao de Cestas Basicas para as Comunidades Carentes do Municipio de Belo Jardim._x000D_
+Apoio Financeiro para a Marcha para Jesus.</t>
+  </si>
+  <si>
+    <t>Claudemir</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1300/07_claudemir.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um Posto de Saúde para Atender as Comunidades do Sítio Quanduz e Miguel Dias no Distrito de Xucuru._x000D_
+Aquisicao de um Aparelho de Ultra Sonografia para UBS de Distrito de Xucuru._x000D_
+Saneamento e Calcamento ligando a Sede de Xucuru a Rua Bulandeira e da Bulandeira ao Sitio Palha.</t>
+  </si>
+  <si>
+    <t>Soldado Edvaldo</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1303/08_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>Subvencao Social para Associacao dos Bombeiros Civis do Grupamento Arcanjo para Aquisição de Equipamentos e EPI's de Urgência e Emergência._x000D_
+Subvencao Social para ASVAB Associacao Socio Educativa Vale da Bencao._x000D_
+Subvenções Sociais para a ASAS Associação Social Amor e Serviço._x000D_
+Apoio Financeiro para a Marcha para Jesus._x000D_
+Subvenções Soclals para Filarmônica São Sebastião._x000D_
+Subvenções Socials para Sociedade Cultura Musical.</t>
+  </si>
+  <si>
+    <t>Euno Andrade</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1305/09_euninho.pdf</t>
+  </si>
+  <si>
+    <t>Aquisicao de uma Ambulancia para atender a Comunidade Vila Nova deste Municipio_x000D_
+Calcamento e Saneamento em Ruas da Zona Rural e Sede do Municpio._x000D_
+Apoio Financeiro a Marcha para Jesus. _x000D_
+Aquisição de Material de Apolo ao Ensino do Campus Belo Jardim-IFPE</t>
+  </si>
+  <si>
+    <t>Deto de Xucuru</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1309/10_deto.pdf</t>
+  </si>
+  <si>
+    <t>Reforma e Ampliacao do Posto de Saude do Sitio Palha e Compra de Equipamentos._x000D_
+Reforma da Praca Jose Justino de Oliveira no Distrito de Xucuru._x000D_
+Compra de um Terreno para implantação da quadra polisportiva no sítio palha._x000D_
+Subvencoes Sociais para o Grupo Revolução Jesus.</t>
+  </si>
+  <si>
+    <t>Tenente</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1313/11_tenente.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Moveis e Equipamentos para Consultorio odontologico para as localidades Gameleira, Agamenon, Caraciolo e Sao Pedro._x000D_
+Subvenções Sociais para Filarmônica São Sebastião além das Subvenções da Lei 1.810/10._x000D_
+Calcamento e Saneamento na Terceira Travesse Boa Ventura Joaquim de Moura._x000D_
+Apoio Financeiro a Marcha para Jesus._x000D_
+Apoio Financeiro ao Evento Moto Fest._x000D_
+Calçamento e Sanearnento nas Ruas Helania Cristina Pereira da Silva e Jucelino Pacheco no Bairro São Pedro._x000D_
+Subvenções Sociais para Sociedade Cultura Musical além das Subvenções da Lei 1.810/10._x000D_
+Aquisição de Material de Apoio eo Ensino do Campus Belo Jardim-IFPE.</t>
+  </si>
+  <si>
+    <t>Marcelino Monteiro</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1315/12_marcelino.pdf</t>
+  </si>
+  <si>
+    <t>Apoio as Ações de Melhoria na Infraestrutura e Atendimento do CAPS._x000D_
+Ampliação do Posto de Saúde na Vila Santa Luzia (Volta do Rio)._x000D_
+Construção de Posto de Saúde na Escola Municipal Deputado José Bezerra Alves na Vila Nossa Senhora da Concelção - Cavalo Morto._x000D_
+ Reforma e/ou Ampliação do Posto de Saúde da Vila de Campo Novo._x000D_
+Subvenções Sociais para a Associação dos Produtores Rurais do Rodrigues._x000D_
+Subvenções Sociais para a Associação dos Produtores e Agricultores Rurais do Povoado de Santa Luzia._x000D_
+Construção de Calçamento na Vaia Nossa Senhora Aparecida Cavalo Morto._x000D_
+Construção de Calçamento ao Lado da Igreja da Vila Nossa Senhora de Fatima no Sitio Batinga.</t>
+  </si>
+  <si>
+    <t>Zé Guri Jr</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1321/13_-_emendas_impositivas_-_2025_reginaldo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Equipamentos e Materiais Cirúrgicos para Realização de Cirurgias Pedriáticas._x000D_
+Subvenções Sociais para Apoio as Atividades da Organização Laika Vitae._x000D_
+Subvenções Sociais para Apoio as Atividades do Grupamento de Bombeiros Civis de Belo Jardim._x000D_
+Aquisição de Material de Apoio ao Ensino do Campus Belo Jardim - IFPE.</t>
+  </si>
+  <si>
+    <t>Dr. Rômulo</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1318/14_dr._romulo.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Remedios para Tratamento de Crianças Autistas no Municipio._x000D_
+Políticas públicas voltadas ao Atendimento de Mulheres Vitimas de Violência Doméstica._x000D_
+Apolo Financeiro para a Marcha para Jesus._x000D_
+Subvenções Sociais para Filarmônica São Sebastião._x000D_
+Subvençõos Sociais para Sociedade Cultura Musical._x000D_
+Aquisição de Material de Apoio ao Ensino do Campus Belo Jardim-IFPE.</t>
+  </si>
+  <si>
+    <t>Thallys</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1324/15_thallys.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de Equipamentos e EPI's de Urgência e Emergência para a Associação dos Bombeiros Cívis._x000D_
+Grupamento Arcanjo de Belo Jardim._x000D_
+Subvenções Sociais para Filarmônica São Sebastião_x000D_
+Subvenções Sociais para Sociedade Cultura Musical além das Subvenções da Lei 1.810/10_x000D_
+Apoio Financeiro para a Associação dos Agricultores do Sítio Caiana e Adjacências_x000D_
+Subvenções Sociais para Academia Belojardinense de Letras e Artes_x000D_
+Subvenções Sociais para Apoio as Ações do Lions Club de Belo Jardim</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>Poder Executivo Municipal - PMBJ</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/817/proj_lei_complentar_002_-_prev...pdf</t>
+  </si>
+  <si>
+    <t>PROJ LEI COMPLENTAR 002 - PREV.</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário</t>
   </si>
   <si>
-    <t>Poder Executivo Municipal - PMBJ</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/875/proposta_de_emenda_a_lei_organica_n_0022024..pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica n° 002/2024.</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/302/pl_001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos de Provimento Efetivo da Câmara Municipal de Belo Jardim, altera o Anexo, da Lei Municipal nº 2.245/2015, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/303/pl_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos dos Cargos de Provimento em Comissão da Câmara Municipal de Belo Jardim, Estado de Pernambuco; cria o cargo de Assistente Parlamentar de Gabinete; altera a nomenclatura e as atribuições do Cargo de Diretor Administrativo-Financeiro, e as atribuições do Cargo de Diretor de Departamento de contabilidade, modificando o Anexo Único da Lei Municipal nº 3.474/2023, e a tabela do art. 1º da Lei Municipal nº 3.486/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/304/pl_003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor do salário mínimo de Belo Jardim/PE, instituído através do Decreto Federal nº 11.864, de 27 de dezembro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/305/pl_004.pdf</t>
   </si>
   <si>
     <t>Declara Patrimônio Cultural Imaterial do Município a "Festa de Nossa Senhora da Imaculada Conceição" e dá outras providências.</t>
   </si>
   <si>
-    <t>Thallys</t>
-[...4 lines deleted...]
-  <si>
     <t>Declara Patrimônio Cultural Imaterial do Município a "Festa de São Sebastião" e dá outras providências.</t>
   </si>
   <si>
-    <t>Soldado Edvaldo</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/307/pl_006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de contratação de condenados por crime sexuais contra crianças e adolescentes de qualquer natureza, por parte do Poder Público Municipal, bem como impede a nomeação e dá outras providências.</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação e nulidade da nomeação ou contratação, para cargos e empregos públicos no âmbito do município de Belo Jardim, Estado de Pernambuco de pessoa condenada por maltratar ou abandonar animal.</t>
   </si>
   <si>
-    <t>Nilton Senhorinho</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/309/pl_008.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Organização Não Governamental - ONG Centro Cultural Vaca Profana, e dá outras providências.</t>
   </si>
   <si>
-    <t>Dr. Rômulo</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/310/pl_009.pdf</t>
   </si>
   <si>
     <t>Declara Patrimônio Cultural Imaterial do município a "Festa de São Pedro e São Paulo Apóstolos" e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/311/pl_010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste financeiro do vencimento-base, a título de reajuste salarial para o cargo de Odontólogos, alterando a Lei Municipal nº 3.179, de 21 de julho de 2017 e dá outras providências.</t>
   </si>
   <si>
-    <t>Zé Guri Jr</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/346/pl_011.pdf</t>
   </si>
   <si>
     <t>Institui, no Calendário Oficial de Eventos do Município de Belo Jardim, a Semana Municipal de Conscientização sobre Doenças Raras.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/347/pl_012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste financeiro do vencimento-base, a título de reajuste salarial para o cargo de Professor, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/348/pl_013.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Socioeducativa Vale da Benção - ASVAB, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/349/pl_014.pdf</t>
   </si>
   <si>
     <t>Denomina a Escola Inês Barbosa de Andrade e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/350/pl_015.pdf</t>
@@ -204,123 +395,114 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/355/pl_020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Belo Jardim a pagar indenização a Maria de Fátima Barbosa e José Milton da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/356/pl_021.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo 3º do artigo 14 da Lei Municipal nº 1.601, de 30 de abril de 2004, que reestrutura o Regime Próprio de Previdência Social, reorganiza o Instituto de Previdência dos Servidores Públicos de Belo Jardim, Belo Jardim Prev, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/357/pl_022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e gratificação da escala extra de trabalho para os guardas municipais e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/358/pl_023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Hino Oficial do Município de Belo Jardim e dá outras providências.</t>
   </si>
   <si>
-    <t>Deto de Xucuru</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/359/pl_024.pdf</t>
   </si>
   <si>
     <t>Denomina a Unidade Básica de Saúde situada no Sítio Palha de "Alex Martins Simplício" e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/360/pl_025_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Diretrizes para a política municipal de enfrentamento à violência contra mulheres, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/361/pl_026_2.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de ações voltadas a Lei Maria da Penha, nas escolas de Ensino Fundamental - Séries finais e de médio, públicas e privadas.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/362/pl_027.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 3.442/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/377/pl_028.pdf</t>
   </si>
   <si>
     <t>Dispõe da revogação da Lei nº 1.154/1997, que trata da ajuda financeira e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/378/pl_029.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção social para participação de servidores e estudantes da Rede Municipal de Ensino ao espetáculo da Paixão de Cristo de Nova Jerusalém.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/379/pl_030.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo à Regularização Fiscal com a Fazenda Pública do Município de Belo Jardim, denominado "Refis Belo Jardim 2024", e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/380/pl_031.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a devolução voluntária e excepcional de saldo financeiro resultante de economia consequente não utilização integral de duodécimos do exercício 2024, para auxiliar o Poder Executivo na aquisição de cestas básicas a serem doadas à população hipossuficiente por ocasião da Semana Santa, e dá outras providências.</t>
   </si>
   <si>
-    <t>Zé Lopes</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/386/req_032.pdf</t>
   </si>
   <si>
     <t>Denomina a ponte de integração que ligará a Avenida Alfredo Matias a Rua São João de "França Cirino da Silva" e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/387/req_033.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial de Eventos do Município de Belo Jardim, o Evento Católico ADORARTE, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/388/req_034.pdf</t>
   </si>
   <si>
     <t>Institui o Pagamento por desempenho da Saúde Bucal na Atenção Primária à Saúde - APS, com base na Portaria GM/MS nº 960, de 17 de julho de 2023, do Ministério da Saúde e dá outras providências.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Claudemir</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/389/pl_035.pdf</t>
   </si>
   <si>
     <t>Denomina o Posto de Apoio a Saúde nº 04 que atende as Comunidades do Sítio Carlota e Sítio Conceição de "Vicência Pires dos Santos" e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/390/pl_036_2.pdf</t>
   </si>
   <si>
     <t>Altera redação do §3º do artigo 1º da Lei Municipal 3.442/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/391/pl_037.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 4º da Lei Municipal nº 3.463, de 11 de novembro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/392/pl_038.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça situada na Vila de Taboquinha de "Sebastião Lopes da Silva " e dá outras providências.</t>
   </si>
@@ -582,179 +764,164 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/808/projeto_de_resolucao_no_003.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Rejeição das Contas de Governo da Prefeitura Municipal de Belo Jardim, referente ao exercício financeiro de 2019, sob a reponsabilidade e gestão do Sr. Francisco Hélio de Melo Santos, e dá outras providências.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_decreto_00810062024.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã de Belo Jardim à Sra. SOPHIA WOLFOVITCH SPINOLA e dá outras providências.</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
-    <t>Marcelino Monteiro</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/312/req_001.pdf</t>
   </si>
   <si>
     <t>a implantação de um ponto de apoio para atender as pessoas na área da saúde e um ponto de apoio para atendimento do Crás na Vila Nossa Senhora da Conceição (conhecida como Cavalo Morto) no terreno da Escola Municipal Deputado José Bezerra Alves.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/313/req_002.pdf</t>
   </si>
   <si>
     <t>a execução da obra de calçamento nas seguintes localidades: Ligando o Distrito de Xucuru à Bulandeira; da Bulandeira ao Sítio Palha; Rua do Cemitério, sentido casa da Sra. Nazaré; Travessa José Fernandes, situada no Sítio Palha, sentido a Casa de Robertinho, antigo campo; 1º Travessa Manoel Maria, sentido casa de Joãozinho; Rua Manoel Pereira, Sítio Palha, sentido Casa de Raniel; Travessa Bela Vista, sentido a casa de Dodô.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/314/req_003.pdf</t>
   </si>
   <si>
     <t>a pavimentação asfáltica na Avenida Romão Rodrigues, sentido ao Sítio Palha.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/315/req_004.pdf</t>
   </si>
   <si>
     <t>a execução da obra de calçamento nas seguintes localidades: Distrito de Água Fria; Vila de Santa Luzia; Vila Raiz; Bairro Maria Cristina;</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/316/req_005.pdf</t>
   </si>
   <si>
     <t>a pavimentação asfáltica nas seguintes localidades: na estrada que liga o Distrito de Água Fria até a Vila de Sana Luzia, da Sede de Belo Jardim, até a Vila de Taboquinha e da BR 232 até a Vila Raiz, e que seja dada ciência ao Deputado Federal Mendonça Filho.</t>
   </si>
   <si>
-    <t>Tenente</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/317/req_006.pdf</t>
   </si>
   <si>
     <t>a execução da obra de saneamento e calçamento na Rua Mãe Rainha, situada no Distrito de Serra do Vento.</t>
   </si>
   <si>
-    <t>Pitomba da Lotação</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/318/req_008.pdf</t>
   </si>
   <si>
     <t>a construção de uma quadra poliesportiva na Vila Raiz.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/327/req_009.pdf</t>
   </si>
   <si>
     <t>a execução do serviço de terraplanagem e conservação das seguintes estradas: iniciando na PE 180 aos Sítios Batinga de Baixo e de Cima, Sítio Ingá, Passagem, Sítio Rodrigues, Sítios Bola I e II, Vila São Francisco de Assis (Lagoa da Chave), Capoeira de Dentro, Barra do Liberal, Vila Nossa Senhora Aparecida e Vila Nossa Senhora da Conceição (Cavalo Morto), até Divisão, Sítio Poço Cumprido, Sítio Barro Branco, Assentamentos Ouro I e II, da BR 232 ao Sítio Peixe e a Campo Novo.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/328/req_010.pdf</t>
   </si>
   <si>
     <t>a execução da obra de calçamento nas seguintes localidades: Sítio Campo Novo, Vila Nossa Senhora Aparecida até o Chorão, extensão do calçamento no Sítio Rodrigues, calçamento na Vila Nossa Senhora de Fátima e Vila Padre Cícero, calçamento na Rua Quitéria Maria e na Rua Ricardo de Luzia no Bairro Pontilhão, calçamento na Vila da Barragem Nova sentido a Compesa.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/329/req_011.pdf</t>
   </si>
   <si>
     <t>, a execução da obra de calçamento nas seguintes localidades: 1) Ruas pertencentes ao Bairro Gameleira: Rua Gesuína Maria, medindo 100 metros; Rua Projetada sendo a última rua próxima ao canal do Bitury, medindo 150 metros; Travessa São Roque, medindo 50 metros em frente ao Postinho; Rua Apolinário Felipe Santiago, medindo 100metros; Rua João Faustino Ferreira, medindo 300 metros, Ruas Pertencentes ao Bairro São Pedro: Rua Abílio Ramos Queiroz, medindo 200 metros; Rua Cícero Santiago dos Santos, medindo 150 metros; Rua José Romildo Cordeiro, medindo 150 metros; 4ª Travessa Boa Ventura Joaquim de Moura, medindo 200 metros; Rua Antônio Maviael, medindo 200 metros; Rua Assis Firmino Lemos, medindo 250 metros; Rua José Ramos de Queiroz, medindo 50 metros; Rua José Marcena Lemos, medindo 250 metros; Rua Boaventura Joaquim de Moura, medindo 150 metros; no Alto Limpo, tendo início em Assis Pneus indo até a Oficina de João Gago na BR 232.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/330/req_012.pdf</t>
   </si>
   <si>
     <t>a reforma nas seguintes Praças: Praça Central de Santa Luzia, e que na ocasião seja feita uma homenagem ao 1º educador da Vila Sr. Hermenegildo José da Silva; na pracinha de fronte a Igreja de Santa Luzia e que seja feita uma homenagem ao Sr. Sebastião de Amorim Ferreira, que foi um grande líder comunitário daquela localidade; Praça do Sítio Muquém; Praça da Vila Fernando de Abreu; reforma da Praça da Vila Raiz, assim como, a manutenção em toda a sua iluminação.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/331/req_013.pdf</t>
   </si>
   <si>
     <t>a execução da obra de saneamento e calçamento na Rua Amazonas, situada no Bairro Maria Cristina.</t>
   </si>
   <si>
-    <t>Autarquia</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/332/req_014.pdf</t>
   </si>
   <si>
     <t>a execução da obra de saneamento e calçamento em todas as Ruas que ainda não foram contempladas com esse serviço no Loteamento Tereza Mendonça.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/333/req_015.pdf</t>
   </si>
   <si>
     <t>a conclusão da pavimentação asfáltica no entorno da Praça Nossa Sra. Da Conceição situada na Vila Raiz.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/335/pl_016.pdf</t>
   </si>
   <si>
     <t>que sejam implantadas sinalizações vertical e horizontal, inclusive com faixas de pedestres indicando área estudantil na Avenida Sebastião Cabral, em frente a Faculdade Uniasselvi; e Semáforo, em frente a Rádio Itacaíte.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/334/req_017.pdf</t>
   </si>
   <si>
     <t>a execução do serviço de ampliação e reforma do postinho de saúde situado na Vila de Santa Luzia.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/336/req_018.pdf</t>
   </si>
   <si>
     <t>a execução do serviço de calçamento na Rua do Iraque, situada no Bairro Cohab III, nas Ruas 09, 10 e 11, situadas no Bairro Santo Antônio e na Rua Maria Leopoldina, situada no Bairro Cohab I.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/337/req_019.pdf</t>
   </si>
   <si>
     <t>a implantação de um CRAS na Sede do Distrito de Água Fria, pertencente ao nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/338/req_021.pdf</t>
   </si>
   <si>
     <t>a reforma em toda a estrutura física da Praça José Justino, no Distrito de Xucuru.</t>
   </si>
   <si>
-    <t>Euno Andrade</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/339/req_022.pdf</t>
   </si>
   <si>
     <t>a execução da obra de saneamento e a implantação de quebra molas na Rua Filomena de Souza Barbosa, situada no Bairro Maria Cristina, pertencente ao nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/340/req_023.pdf</t>
   </si>
   <si>
     <t>que enviem a esta Casa Legislativa um Projeto de Lei que estabeleça diretrizes para arborização e discipline a gestão e manejo das áreas verdes e logradouros arborizados no Município de Belo Jardim.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/341/req_024.pdf</t>
   </si>
   <si>
     <t>a reforma do açougue e do mercado público, ambos situados no Distrito de Xucuru.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/342/req_025.pdf</t>
   </si>
   <si>
     <t>a construção de uma área de lazer no espaço onde funcionava o antigo matadouro no Distrito de Xucuru.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/343/req_026.pdf</t>
@@ -921,63 +1088,684 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/416/req_054.pdf</t>
   </si>
   <si>
     <t>que nos prédios onde funcionavam as escolas dos Sítios Casa Nova, Lagoa de Pedra e Arara, sejam implantados pontos de apoio a saúde, com a finalidade de proporcionar atendimento mais eficaz as populações das localidades mencionadas.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/417/req_055.pdf</t>
   </si>
   <si>
     <t>a implantação de 03 pontos de apoio à saúde, nas seguintes localidades: Sítio Mimoso, Sítio Pintado II ou Algodões e Sítio Jussará, todos situados no Distrito de Xucuru.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/418/req_056.pdf</t>
   </si>
   <si>
     <t>que disponibilizem uma Van exclusiva para transporte de pacientes que fazem hemodiálise em Caruaru. É importante destacar que esses pacientes tem sofrido com a questão dos horários, pois os mesmos terminam seus tratamentos com maior agilidade e têm que ficar aguardando outros pacientes para poder retornar de ônibus ao nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/759/req_067.pdf</t>
   </si>
   <si>
     <t>a conclusão do saneamento e calçamento das seguintes ruas: Marcelino Campelo e Helânia Cristina Pereira da Silva, ambas situadas no Bairro São Pedro, pertencentes ao nosso Município.</t>
   </si>
   <si>
-    <t>PLC</t>
-[...11 lines deleted...]
-    <t>MP</t>
+    <t>REQV</t>
+  </si>
+  <si>
+    <t>Requerimento Verbal</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/501/01-2024.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento e calçamento na Rua Manoel José de Melo, Bairro Gameleira, bem como a pavimentação asfáltica, que possui aproximadamente 70 metros, na Rua São Sebastião, Bairro Cohab I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/502/02-2024.pdf</t>
+  </si>
+  <si>
+    <t>A reforma da Escola João Cordeiro, situada na Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/503/3-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de tratamento por fossas sépticas ou ligação da rede coletora de esgoto, na Avenida Júlio Rodrigues Torres.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/504/4-2024.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento e calçamento no Sítio Bulandeira, Rua José Fernandes, situada no Sítio Palha e primeira travessa Bela Vista.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/505/5-2024.pdf</t>
+  </si>
+  <si>
+    <t>A contratação de tratores agrícola com implemento de arado para reforçar o serviço de aração de terras em menor tempo, com objetivo de atender o produtor rural na preparação das terras, realizado nas seguintes localidades: Sítio Iga, Sítio Rodrigues, Sítio Capoeira de Dentro, Sítio Lagoa da Chave, Sítio Poço de Lama, Sítio Poço Cumprido, Vila Santa Luzia, Alto Limpo, Sítio Ouro I e II, Sítio Barro Branco, Sítio Acatite I e II, Sítio Pocinhos, Sítio Bananeiras e Sítio Caiana.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/506/6-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de manutenção e terraplanagem em toda extensão das estradas vicinais da Zona Rural do Distrito de Xucuru</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/507/7-2024.pdf</t>
+  </si>
+  <si>
+    <t>A ampliação do cemitério, bem como a reforma da Escola Don Luiz, ambos situados na Vila Campo Novo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/508/8-2024.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento e calçamento em toda extensão do Bairro Tereza Mendonça, além disso solicitou a implantação de sistema de iluminação pública no trecho da Rua Luiza Alves de Barros até a Rua Coronel Antônio Marinho, que dá acesso à PE-66, Bairro Maria Cristina.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/509/9-2024.pdf</t>
+  </si>
+  <si>
+    <t>A contratação de máquina exclusiva para limpeza de barreiros na zona rural.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/510/10-2024.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para implantação de creches e praças com academia ao ar livre, nas áreas públicas.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/431/74-2024.pdf</t>
+  </si>
+  <si>
+    <t>A continuidade no serviço de terraplanagem nas ruas que ainda não tem calçamento dos Bairros Maria Cristina e Morada Nobre.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/498/12-2024.pdf</t>
+  </si>
+  <si>
+    <t>O calçamento da Avenida Dona Adalgisa Ribeiro Marciel.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/499/13-2024.pdf</t>
+  </si>
+  <si>
+    <t>A conservação das seguintes estradas, assim como o roço do mato: Vila de Taboquinha, Sítios Bitury, Jussará, Papa Mel, Várzea Grande, Pagão e Patos; na estrada que sai do Sítio Jurema até o Sítio Araçá e do Araçá até o Muquém e Frecheira; na Região da Vila Raiz, nas estradas dos dois acessos sendo da BR 232 até a Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/500/14-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção e serviço de recapeamento asfáltico na estada Rural do Sítio Balança.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/492/15-2024.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento e calçamento na Rua Luiz Carlos da Silva, Bairro Maria Cristina.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/493/16-2024.pdf</t>
+  </si>
+  <si>
+    <t>Que intercedam através de um caminhão de coleta de lixo, no objetivo de coletar o lixo familiar na Vila de Campo Novo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/494/17-2024.pdf</t>
+  </si>
+  <si>
+    <t>O calçamento de aproximadamente 50 metros, nas Ruas Maria Cristina da Conceição e Helena Sousa.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/495/18-2024.pdf</t>
+  </si>
+  <si>
+    <t>O calçamento na Rua Marechal Hermes da Fonseca, situada no bairro Cohab I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/496/20-2024.pdf</t>
+  </si>
+  <si>
+    <t>O calçamento da Rua Giusepe Mazon, situada no bairro Cohab I, bem como da Rua Adélia Francisca dos Santos, no bairro São Pedro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/497/21-2024.pdf</t>
+  </si>
+  <si>
+    <t>A destinação de uma área próxima ao posto de saúde na localidade de Santa Luzia para prática dos que usam o bacamarte.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/484/22-2024.pdf</t>
+  </si>
+  <si>
+    <t>A construção de duas passagens molhadas sobre o Rio Ipojuca, sendo nas imediações da Vila Raiz, que dá acesso ao Sítio Jenipapo, bem como da Vila Água Fria, por trás da Barragem que dá acesso ao Sítio Poço Comprido, Baraúna quebrada e PE-180.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/485/23-2024.pdf</t>
+  </si>
+  <si>
+    <t>A construção de uma praça pública na localidade do Sítio Palha.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/486/24-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção e terraplanagem, bem como roço do mato da estrada rural do Sítio Bitury, no trecho entre a ladeira de Cicinho até a subida de Serrinha.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/487/25-2024.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para instalação de redutor de velocidade quebra-molas próximo à Travessa José Just</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/488/26-2024.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na sinalização de trânsito, tais como, pintura e marcação de faixa de pedestre, lombada e sinalização horizontal e vertical, destacou a importância na segurança de pedestre e condutores em dia de feira livre no Bairro São Pedro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/489/27-2024.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para implantação de duas faixas de pedestres, sendo uma na Avenida Geminiano Maciel, em frente à casa de Guilherme da Lanchonete e do Ex. Vereador Cecílio Boy, e outra na Rua Valdemar de Lima, em frente à Venda de Geraldo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/490/28-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção do calçamento e a sinalização de trânsito horizontal e vertical na Rua Sebastião Gonçalves Torres, Bairro Viana Moura da Faculdade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/491/29-2024.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de intervenção para uma solução definitiva do abastecimento de água potável na Comunidade Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/478/30-2024.pdf</t>
+  </si>
+  <si>
+    <t>A execução do saneamento básico que se encontra a céu aberto, bem como a limpeza do mato na Rua José Leonardo Bezerra, Bairro Viana Moura da Faculdade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/479/31-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção na academia da saúde, instalada no Bairro Cohab I, uma vez que a cobrança tem sido constante pela população.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/480/32-2024.pdf</t>
+  </si>
+  <si>
+    <t>A instalação de um corrimão na ponte sobre o Rio Tabocas, nas proximidades do Bar de Cidrone.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/481/33-2024.pdf</t>
+  </si>
+  <si>
+    <t>O  calçamento na ladeira que liga o Sitio Muquém até o Sitio Araçá, bem como o calçamento na passagem molhada que dá acesso ao Restaurante de Bia no Sitio Jacinta</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/476/34-2024.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para implantação de uma Unidade Básica de Saúde (UBS), para atender aos moradores do Bairro Vila Bela.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/482/35-2024.pdf</t>
+  </si>
+  <si>
+    <t>Que seja ofertado o transporte escolar para buscar e deixar nas residências os alunos da Vila de Cavalo Morto, onde atualmente os alunos têm que andar um logo percurso da residência até o local de embarque</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/483/36-2024.pdf</t>
+  </si>
+  <si>
+    <t>A construção e implantação de uma creche no terreno onde funcionava a antiga cadeia situada na Rua Honório Torres de Melo, no Bairro Santo Antônio.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/477/37-2024.pdf</t>
+  </si>
+  <si>
+    <t>O estudo de viabilidade para construção de uma escola e um novo posto de saúde, além da contratação de mais agentes comunitários de saúde para atender o bairro Euno Andrade da Silva (mais conhecido como Viana Moura da Faculdade). O referido Vereador autor da solicitação destacou o aumento do número de moradores na localidade que atualmente são atendidos por apenas (03) três (ACS).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/466/38-2024.pdf</t>
+  </si>
+  <si>
+    <t>O reparo e a manutenção, bem como o saneamento e fechamento da uma vala na estrada que dá acesso à localidade de Santa Luzia, bem como o serviço de reparo do calçamento onde foi aberto uma vala para execução de serviço de saneamento já finalizados na Rua Pau Brasil, Bairro Cohab I</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/467/39-2024.pdf</t>
+  </si>
+  <si>
+    <t>A construção de uma passagem molhada sobre o Rio Salomão que dá acesso à Casa Nova e Miguel Dias</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/468/40-2024.pdf</t>
+  </si>
+  <si>
+    <t>A conclusão do calçamento na localidade da Vila do Planalto.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/469/41-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de manutenção e substituição de manilhas da rede de esgoto da Rua Ester Andrade Cordeiro, Bairro Bela Vista</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/470/42-2024.pdf</t>
+  </si>
+  <si>
+    <t>Realização de estudo para construção de uma passarela nas proximidades do Mercado do Sr. Irmão Manoel, bem como o serviço de desobstrução/limpeza na rede de esgoto na Rua Beatriz Gouveia, Bairro Euno Andrade da Silva (Viana Moura da Faculdade).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/471/43-2024.pdf</t>
+  </si>
+  <si>
+    <t>A instalação entre 10 a 15 braços com luminárias nos postes que se encontram instalados ao lado do campo, na localidade da Vila Nossa Senhora Aparecida, mais conhecida como Cavalo Morto.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/472/44-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção do saneamento da Rua Luiz Carlos da Silva (Rua do Bar de Josa), Bairro Maria Cristina, bem como na Rua Agamenon Rodrigues Caraciolo, Bairro São Pedro</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/473/45-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção e terraplanagem na estrada Rural que dá acesso na Vila do Planalto, tendo início no trecho da entrada do Ipojuca próximo da churrascaria do Sr. Manoel até o Motel Casa Blanca.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/474/46-2024.pdf</t>
+  </si>
+  <si>
+    <t>A criação e regulamentação de uma área de carga e descarga, sua implantação apresenta caráter de utilização coletiva, visando atendimento de comércios diversos da Rua Siqueira Campos.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/475/47-2024.pdf</t>
+  </si>
+  <si>
+    <t>Que possam disponibilizar transporte escolar gratuito para atender à necessidade e segurança no deslocamento de aproximadamente (23) vinte e três alunos matriculados na Escola de Referência em Ensino Médio de Belo Jardim (EREM), localizada na Avenida Sebastião Rodrigues da Costa e também matriculados na Escola Técnica SENAI Belo Jardim – Edson Mororó Moura</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/454/48-2024.pdf</t>
+  </si>
+  <si>
+    <t>O estudo de viabilidade para a transferência do local atual do ponto de táxi para o estacionamento exclusivo de carros ao lado esquerdo, bem como a implantação de um abrigo, na Avenida Praça Desembargador João Paes.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/455/49-2024.pdf</t>
+  </si>
+  <si>
+    <t>Reparo no calçamento da Rua Adjar Maciel, Bairro Centro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/456/50-2024.pdf</t>
+  </si>
+  <si>
+    <t>A poda de árvores na Praça dos Motoristas, Bairro São Pedro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/457/51-2024.pdf</t>
+  </si>
+  <si>
+    <t>A retirada ou deslocamento de um poste no meio da rua, além disso a construção de uma praça com academia ao ar livre no Bairro São Sebastião.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/458/52-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de poda de árvores, bem como a recuperação e manutenção da praça na Rua da Palha, Bairro Santo Antônio.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/460/53-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de reparo no calçamento e saneamento na Rua Francisco Leite de Oliveira, situada na Via Fernando de Abreu.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/461/54-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de reparo do calçamento e execução do saneamento com manutenção e troca de manilhas na Rua Pau Brasil, Bairro Cohab I, bem como que elabore estudo de viabilidade para solucionar definitivamente o escoamento da água das chuvas na Avenida Jesuína Maria da Conceição, Bairro Gameleira.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/463/55-2024.pdf</t>
+  </si>
+  <si>
+    <t>A intensificação de rodas ostensiva no bairro São Sebastião.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/464/56-2024.pdf</t>
+  </si>
+  <si>
+    <t>A implantação de um espaço de lazer na Escola Municipal Maria Bezerra e Renovato, na localidade do Sitio Barro Branco.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/465/57-2024.pdf</t>
+  </si>
+  <si>
+    <t>A implantação de uma creche na Rua da Palha no Distrito de Xucuru.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/449/58-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de saneamento e calçamento na Rua Severiano Pedro Torres, Bairro Cohab I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/450/59-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de saneamento e calçamento na Rua Pedro Vicente da Silva, Bairro Cohab I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/451/60-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de saneamento e calçamento na Rua Padre Rodolfo, mais conhecida como Rua da Casa Paroquial, no Distrito de Xucuru.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/453/61-2024.pdf</t>
+  </si>
+  <si>
+    <t>A disponibilidade de área pública na localidade do Mendonção, destinada para construção de uma Estação de Tratamento de Água (ETA) do Rio São Francisco para abastecimento público.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/441/62-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de manutenção no saneamento na Rua Professora Cremilda Xavier de Souza, Bairro Euno Andrade mais conhecida como Viana Moura da Faculdade. Destacou que a Rua é uma das principais vias de acesso ao Bairro citado logo acima.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/442/63-2024.pdf</t>
+  </si>
+  <si>
+    <t>Serviço de manutenção no saneamento na Rua Eurico Napoleão, Bairro Cohab II.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/443/64-2024.pdf</t>
+  </si>
+  <si>
+    <t>A construção de uma nova creche na área do campo de futebol nas proximidades do Centro Social Urbano, Bairro São Pedro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/444/65-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de análise na qualidade da água para verificar cor e turbidez, além do sabor que está ruim na localidade do Distrito de Água Fria.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/445/66-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de controle de pragas urbanas no Hospital Júlio Alves de Lira, destacou sendo medidas preventivas e corretivas para controlar e eliminar pragas, como ratos, baratas e outros vetores de doenças, que podem representar um risco à saúde dos pacientes e comprometer a estrutura do hospital.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/446/67-2024.pdf</t>
+  </si>
+  <si>
+    <t>A reforma e a implantação de uma área de recreação na Escola José Gonçalves dos Santos, Sitio Batinga.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/447/68-2024.pdf</t>
+  </si>
+  <si>
+    <t>A disponibilização de trator equipado com grade para conclusão de aração das terras no Distrito de Xucuru.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/438/69-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de manutenção e desobstrução de galerias e ramais de águas pluviais na Vila Campo Novo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/439/70-2024.pdf</t>
+  </si>
+  <si>
+    <t>A contratação ou aquisição de 02 (duas) máquinas retroescavadeiras destinadas para atender às demandas, visando prestar um melhor serviço para o pequeno e médio produtor. Destacou que o município dispõe de duas máquinas retroescavadeira, mas apenas uma está em funcionamento realizando serviços no Distrito de Xucuru e a outra encontra-se quebrada.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/440/71-2024.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado o roço do mato nas margens da estrada do trecho do bar das Irmãs que liga à Vila de Água Fria.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/437/72-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção do saneamento da Rua Sol, situada no Bairro Tereza Mendonça.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/430/73-2024.pdf</t>
+  </si>
+  <si>
+    <t>A implantação e expansão na rede de iluminação no prolongamento da Rua Francisco Marques, que atravessa a Rua Coronel João Leite até a Rua São João, mais conhecido como Corredor da Lagoa, situada entre os Bairros da Lagoa e Tambor.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/432/75-2024.pdf</t>
+  </si>
+  <si>
+    <t>O calçamento no entorno da Praça do Sítio do Muquém.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/433/76-2024.pdf</t>
+  </si>
+  <si>
+    <t>O serviço de coleta de lixo no percurso da antiga fazenda de Grilo até a Ferraz Avícola. Destacou que aproximadamente 30 (trinta) famílias residem nessa localidade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/434/77-2024.pdf</t>
+  </si>
+  <si>
+    <t>A disponibilização de veículos para os munícipes que são atendidos e fazem tratamento de fisioterapia.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/435/78-2024.pdf</t>
+  </si>
+  <si>
+    <t>O calçamento das seguintes Ruas:- Manoel José de Melo, Bairro Gameleira; Rua Maria Jesuína da Conceição, Bairro Gameleira; Rua Valdemar Barbosa, ao lado da Unidade Básica de Saúde (USB); Rua Pedro Francisco dos Santos, Bairro São Pedro; Rua Maria Cristina, Bairro Cohab I; Rua Giusepe Mazzon, Bairro Cohab I; Terceira Travessa Boa Ventura Joaquim de Moura, Loteamento José Faustino; Rua Helena de Souza e Rua Marechal Hermes da Fonseca, ambas no Bairro Cohab I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/436/79-2024.pdf</t>
+  </si>
+  <si>
+    <t>Medidas para agilizar o atendimento na Unidade Básica de Saúde (USB), Bairro Viana Moura da Br. Destacou que a referida unidade tem como objetivo garantir a manutenção do atendimento prestado à população com qualidade e agilidade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/448/81-2024.pdf</t>
+  </si>
+  <si>
+    <t>A manutenção e terraplanagem, bem como roço do mato na estrada rural no trecho que liga a Vila da Barragem até Vila de Taboquinha.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/632/sol._verbal.082-2024_-_quadra_em_vila_nova_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>a construção e uma quadra poliesportiva na localidade de Vila Nova.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/633/sol._verbal.083-2024_-_quadra_em_escolas_jurandir_de_brito_marcionila_alves_e_sebastiao_jose_-_reginaldo.pdf</t>
+  </si>
+  <si>
+    <t>a construção de duas quadras poliesportivas, que irá beneficiar à Escola Antenor Vieira, situada no Bairro Santo Antônio, bem como às Escolas Jurandir de Brito, Marcionila Alves e Sebastião José, ora solicitada atenderá aos anseios dos Bairros, Cohab II e III.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/636/sol._verbal.084-2024_-_apreensao_de_animais_soltos_em_vias_publicas_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>a realização de rondas para apreensão de animais soltos em vias públicas, uma vez que a presença de animais soltos tem provocado acidentes e preocupado a população.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/637/sol._verbal.085-2024_-_poda_de_arvores_nas_localidades_do_sitio_bulandeira_e_sitio_palha_-_joelson.pdf</t>
+  </si>
+  <si>
+    <t>o serviço de poda de árvores nas localidades do Sítio Bulandeira e Sítio Palha, situados no Distrito de Xucuru.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/674/sol._verbal.086-2024_-_projeto_de_lei_para_composicao_do_conselho_adm_e_fiscal_do_belo_jardim_prev_-_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>que encaminhe um projeto de lei para atualização da composição paritária do Conselho Administrativo e do Conselho Fiscal do Belo Jardim Prev, objetivando a inclusão de 01 (um) representante da Associação dos Aposentados e Pensionistas em cada um dos referidos conselhos, em reconhecimento à relevância e contribuição significativa desses indivíduos para a gestão previdenciária municipal.</t>
+  </si>
+  <si>
+    <t>a conclusão de aproximadamente 70 metros do calçamento na Rua 03, Bairro Frei Damião.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/676/sol._verbal.088-2024_-_reforma_dos_moveis_da_quadra_poliesportiva_e_da_praca_em_vila_bela__-_ze_lopes.pdf</t>
+  </si>
+  <si>
+    <t>a reforma dos moveis da quadra poliesportivas, bem como a reforma da praça na localidade Vila Bela, e que seja realizado o estudo de viabilidade para implantação de 02 redutores de velocidades quebra-molas, na extensão da Avenida principal.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/677/sol._verbal.089-2024_-_calcamento_da_rua_cachimbo_na_vila_bola_-_guilherme_monark.pdf</t>
+  </si>
+  <si>
+    <t>o calçamento da Rua do Cachimbo na localidade Vila Bela.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/678/sol._verbal.090-2024_-_manutencao_das_lampadas__do_sitio_batinga_e_sitio_rodrigues_-_autarquia.pdf</t>
+  </si>
+  <si>
+    <t>a manutenção e substituição das lâmpadas queimadas dos postes do Sítio Batinga e Sítio Rodrigues.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/679/sol._verbal.091-2024_-__terraplanagem_no_distrito_de_taboquinha_-_autarquia.pdf</t>
+  </si>
+  <si>
+    <t>a manutenção e a terraplanagem da estrada Rural no trecho no Distrito de Taboquinha, tendo início em Zezinho de Oliveira até Chico de Faustino em Taboquinha de Cima.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/680/sol._verbal.092-2024_-__convida_o_secretario_de_gestao_publica_para_vim_a_esta_casa_-_jose_lopes.pdf</t>
+  </si>
+  <si>
+    <t>na qualidade de Secretário de Gestão Pública, para que venha a esta Casa Legislativa informar em Audiência Pública esclarecimentos acerca da empresa contratada para prestação de serviços de instalação e substituição de luminárias convencional pela de LED, onde comtemplou aproximadamente 08 mil postes no Município</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/681/sol._verbal.093-2024_-__calcamento_ruas_ainda_nao_contempladas_bairro_euno_andrade_-_jonas.pdf</t>
+  </si>
+  <si>
+    <t>o calçamento das ruas que ainda não foram contempladas, bem como a retirada de entulho de toda extensão do Bairro Euno Andrade da Silva (Viana Moura da Faculdade).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/682/sol._verbal.094-2024_-__destinacao_de_recursos_para_odontologia_em_vila_nova_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>recursos destinados à odontologia, acerca de melhorias desde à organização do espaço físico e conjunto de regras, normas e diretrizes que padronizam ou sistematizam as atividades diárias na localidade de Vila Nova.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/710/sol._verbal.095-2024_-__terraplanagem_nas_estradas_do_sitio_bola_i_e_bola_ii_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>a terraplanagem nas estradas que dão acesso aos Sítios Bola I e Bola II.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/711/sol._verbal.096-2024_-__conserto_de_esgoto_rua_monteiro_lobato_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>o conserto do esgoto de alta vazão na Rua Monteiro Lobato, de frente à Hidrefel.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/712/sol._verbal.097-2024_-_reforma_no_banheiro_publico_situado_no_patio_da_feira_-_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>a reforma no banheiro público situado no Pátio da Feira Nivaldo Jatobá, atendendo ao clamor dos feirantes, barraqueiros e pessoas que por lá transitam</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/714/sol._verbal.098-2024_-_recolocacao_de_dois_bracos_de_iluminacao_de_led_no_sitio_batinga_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>que em caráter de urgência, seja feita a recolocação de dois braços de iluminação de led no Sítio Batinga próximo à Chacará de Lói da Banca.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/715/sol._verbal.099-2024_-_colocacao_de_picarro_na_estrada_que_da_acesso_ao_distrito_de_agua_fria_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>os reparos e colocação de piçarro na estrada que dá acesso ao Distrito de Água Fria, pois em virtude das chuvas a situação se agravou.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/716/sol._verbal.100-2024_-_maquinarios_para_fazer_a_recuperacao_das_estradas_de_xucuru_e_sitio_araras_-_joelson.pdf</t>
+  </si>
+  <si>
+    <t>o envio de maquinários para fazer a recuperação das estradas da zona rural do Distrito de Xucuru, principalmente a que dá acesso ao Sítio Araras, bem como o envio de um trator para atender os agricultores na aração de terras e outros serviços.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/717/sol._verbal.101-2024_-_instalacao_de_corrimao_-_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>a instalação de um corrimão em toda a extensão do calçadão Toinho de Tota, situado na Avenida Natalício Amaro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/718/sol._verbal.102-2024_-_manutencao_em_todos_os_postes_e_luminarias_no_sitio_rodrigues_-_marcelino.pdf</t>
+  </si>
+  <si>
+    <t>a manutenção em todos os postes e luminárias no Sítio Rodrigues e no Sítio Peixe, ambas as localidades pertencentes ao nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/721/sol._verbal.103-2024_-_terraplanagem_e_roco_do_mato_proximo_do_posto_de_saude_do_tereza_mendonca_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>que sejam tomadas as devidas providências para fazer a terraplanagem, remover os entulhos e fazer o roço do mato no Loteamento Tereza Mendonça, nas ruas que ficam por trás do Posto de Saúde.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/722/sol._verbal.104-2024_-_saneamento_e_calcamento_da_rua_06_situada_no_bairro_jose_barbosa_maciel_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>os reparos em caráter de urgência no saneamento e calçamento da Rua 06 situada no Bairro José Barbosa Maciel, mais conhecido como Viana &amp; Moura da BR.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/723/sol._verbal.105-2024_-_calcamento_na_rua_jose_marcena_irmao_situada_no_bairro_gameleira_-_joelson.pdf</t>
+  </si>
+  <si>
+    <t>a execução da obra de calçamento medindo aproximadamente 400 metros, na Rua José Marcena Irmão, situada no Bairro Gameleira.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/719/sol._verbal.106-2024_-_sinalizacao_vertical_e_horizontal_-_edvaldo.pdf</t>
+  </si>
+  <si>
+    <t>a sinalização vertical e horizontal em toda a extensão da Avenida Natalício Amaro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/720/sol._verbal.107-2024_-_ambulancia_que_presta_servico_no_distrito_de_agua_fria_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>que veja a situação da ambulância que presta serviços no Distrito de Água Fria, pois segundo informações o motorista só trabalha até as sextas feiras, deste modo nos finais de semana a população que por lá reside fica desassistida, e é justamente nesses dias que podem ocorrer as maiores necessidades, afinal doenças e acidentes não escolhem dia e nem hora para acontecer.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/724/sol._verbal.108-2024_-_saneamento_e_calcamento_das_ruas_07_e_08_do_viana_da_br_-_euno.pdf</t>
+  </si>
+  <si>
+    <t>a execução dos serviços de saneamento, calçamento e manutenções necessárias nas Ruas 07 e 08 do Bairro José Barbosa Maciel, mais conhecido como Viana &amp; Moura da BR.</t>
+  </si>
+  <si>
+    <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/mocao_de_aplausos.pdf</t>
   </si>
   <si>
     <t>Padre Pedro Francisco Monteiro e Organizadores.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/mocao_de_aplausos_02.pdf</t>
   </si>
   <si>
     <t>Blocos Carnavalescos</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/mocao_de_aplauso04.pdf</t>
   </si>
   <si>
     <t>Professora Galba.</t>
   </si>
   <si>
     <t>Of</t>
   </si>
@@ -1099,53 +1887,50 @@
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/605/resposta_oficio_127.2024_-_secm.pdf</t>
   </si>
   <si>
     <t>RESPOSTA OFÍCIO 127/2024 - SECM</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/606/resposta_oficio_310.2024_-_secm.pdf</t>
   </si>
   <si>
     <t>RESPOSTA OFÍCIO 310/2024 - SECM</t>
   </si>
   <si>
     <t>CSAS - Comissão de Saúde e Assistência Social</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/634/oficio_resposta_secretaria_de_assistencia_social10072024.pdf</t>
   </si>
   <si>
     <t>Ofício resposta oriundo da Secretaria de Assistência Social ao Pedido de Informação verbal 005/2024, de autoria do Vereador Soldado Edvaldo.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/635/solicitacao_de_plenario10072024.pdf</t>
   </si>
   <si>
     <t>Solicitação de plenário</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guilherme Monark</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/639/solicitacao_de_guilherme10072024.pdf</t>
   </si>
   <si>
     <t>Solicitação de veículo para o vereador Guilherme Monark</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/706/oficio_resposta_secretaria_de_infraestrutura_-_marcelino15072024.pdf</t>
   </si>
   <si>
     <t>Ofício resposta oriundo Secretaria de Infraestrutura - Marcelino</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/707/oficio_resposta_secretaria_de_infraestrutura_-_thallys15072024.pdf</t>
   </si>
   <si>
     <t>ofício resposta oriundo da Secretaria de Infraestrutura - Thallys</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/708/oficio_resposta_secretaria_de_infraestrutura_-_lila15072024.pdf</t>
   </si>
   <si>
     <t>ofício resposta oriundo da Secretaria de Infraestrutura - Lila</t>
   </si>
@@ -1848,99 +2633,105 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/890/resposta_oficio_no6782023_-_secm_-_tenente.pdf</t>
   </si>
   <si>
     <t>RESPOSTA OFÍCIO Nº678/2023 - SECM</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/884/resposta_oficio_no6042023_-_secm.pdf</t>
   </si>
   <si>
     <t>RESPOSTA OFÍCIO Nº604/2023 - SECM</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/886/comprovante1610.pdf</t>
   </si>
   <si>
     <t>RESPOSTA OFÍCIO Nº 453/2024 - SECM</t>
   </si>
   <si>
     <t>LM</t>
   </si>
   <si>
     <t>Leis Municipais</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/833/lei_complementar_001.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a transferência da receia livre do imposto de renda retido na fonte dos servidores municipais ao BELO JARDIM PREV para o equacionamento do déficit atuarial, e dá outras providências.</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/409/lei_municipal_no_3.60823052024.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.608/2024, Institui no Calendário Oficial de Eventos do Município de Belo Jardim, o Evento Católico ADORARTE, e dá outras providências.</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/lei_municipal_no_3.60923052024_0001.pdf</t>
+  </si>
+  <si>
+    <t>Altera redação do § 3º do artigo 1º da Lei Municipal 3.442/2022, e dá outras providências.</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/410/lei_municipal_3.610_000015.pdf</t>
   </si>
   <si>
     <t>Denomina a Praça situada na Vila de Taboquinha de "Sebastião Lopes da Silva" e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/lei_municipal_no_3.60923052024_0001.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/424/lei_municipal_no_3.611.2024_-_fixa_valor_para_pagamento_de_requisicoes_de_pequenos_valores_rpv.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL No 3.611/2024</t>
   </si>
   <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/lei_municipal_n_3.612.2024__-_altera_a_lei_municipal_n_3.442.2022_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Lei Municipal n° 3.612/2024: “Altera a Lei Municipal n° 3.442/2022, e dá outras providências.</t>
+  </si>
+  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/459/lei_municipal_3.613.2024_-_institui_a_semana_municipal_de_acoes_voltadas_a_lei_maria_da_penha_nas_escolas_de_ensino_fundamental_-_series_finais_e_de_medio_publicas_e_privadas..pdf</t>
   </si>
   <si>
     <t>Lei Municipal n° 3.613/2024: “Institui a Semana Municipal de Ações Voltadas à Lei Maria da Penha, nas escolas de ensino fundamental - séries finais e de médio, públicas e privadas, e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/lei_municipal_n_3.612.2024__-_altera_a_lei_municipal_n_3.442.2022_e_da_outras_providencias..pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/581/lei_municipal_n_3.614.2024_altera_o_artigo_4o_da_lei_municipal_no_3.463_de_11_de_novembro_de_2022_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 4º da lei municipal nº 3.463, de 11 de novembro de 2022, e dá outras providências.";</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/582/lei_municipal_n_3615.2024_dispoe_sobre_a_garantia_do_fornecimento_de_alimentacao_especial_para_estudantes_que_possuam_restricoes_alimentares_ou_que_necessitem_de_alguma_suplementacao_especifica_na_merenda_escola.pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/582/lei_municipal_n_3615.2024.pdf</t>
   </si>
   <si>
     <t>Lei Municipal n° 3.615/2024: "Dispõe sobre a garantia do fornecimento de alimentação especial para estudantes que possuam restrições alimentares ou que necessitem de alguma suplementação específica na merenda escolar das instituições da Rede Pública Municipal de Ensino do Município de Belo Jardim-PE";</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/583/lei_municipal_n_3.616.2024_modifica_a_redacao_do_caput_e_do_inciso_i_do_art._1o_da_lei_municipal_no_994.1993_que_dispoe_sobre_a_doacao_de_imovel_e_de_providencias_correlatas_e_da_outras_providencias.pdf</t>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/583/lei_municipal_n_3.616.2024_.pdf</t>
   </si>
   <si>
     <t>Lei Municipal n° 3.616/2024: “Modifica a redação do caput e do inciso I do art. 1º da Lei Municipal nº 994/1993, que ‘Dispõe sobre a doação de imóvel e de providências correlatas’ e dá outras providências.”;</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/584/lei_municipal_n_3.617.2024_estabelece_denominacao_de_predio_publico_municipal_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei Municipal n° 3.617/2024: "Estabelece denominação de prédio público municipal e dá outras providências.";</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/585/lei_municipal_n_3.618.2024_estabelece_denominacao_de_via_publica_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei Municipal n° 3.618/2024: "Estabelece denominação de via pública e dá outras providências.".</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/586/lei_municipal_n_3.619.2024_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Lei Municipal n° 3.619/2024: “Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A., e dá outras providências.";</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/732/lei_municipal_n_3.620.2024_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_o_dia_municipal_do_reggae_night_fest1.pdf</t>
   </si>
@@ -1950,714 +2741,72 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/790/lei_municipal_no_3.6222024_estabelece_denominacao_de_estabelecimento_publico_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei Municipal Nº 3.622/2024: "Estabelece denominação de estabelecimento público e dá outras providências";</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/791/lei_municipal_no_3.6232024_estabelece_a_denominacao_de_espaco_publico_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.623/2024: "Estabelece a denominação de espaço público e dá outras providências".</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/794/lei_municipal_no_3.6242024_estabelece_as_diretrizes_orcamentaria_para_o_exercicio_de_2025_e_da_outras_providencias_-_ldo.pdf</t>
   </si>
   <si>
     <t>Lei Municipal Nº 3.624/2024: "Estabelece as diretrizes orçamentária para o exercício de 2025 e dá outras providências - LDO.";</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/788/lei_municipal_n_3.6252024_da_nova_redacao_ao_caput_dos_artigos_3o_acrescentando_o__3o_e_revoga_o_art._4o_da_lei_3.4462022_que_dispoe_sobre_a_concessao_de_incentivo_financeiro_aos_atletas_e_equipes_de_esporte.pdf</t>
   </si>
   <si>
     <t>Lei Municipal n° 3.625/2024: "Dá nova redação ao caput dos artigos 3º, acrescentando o § 3º e revoga o art. 4º da Lei 3.446/2022, que “Dispõe sobre a concessão de incentivo financeiro aos atletas e equipes de esporte em plena atividade esportiva, que representem o Município de Belo Jardim em competições intermunicipais, estaduais e internacionais”.;</t>
   </si>
   <si>
-    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/833/lei_complementar_001.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/834/lei_complementar_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação da Segregação da Massas dos segurados do Regime Próprio de Previdência Social de Belo Jardim - PE, e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/847/oficio_leis.pdf</t>
   </si>
   <si>
     <t>Encaminhamos em nexo as Leis Municipais, devidamente sancionada pelo Chefe do Poder Executivo, que possuem como ementa, respectivamente Lei Municipal nº 3.632/2024 , 3.631/2024 , 3.630/2024 , 3.629/2024 , 3.628/2024 .</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/879/lei_municipal__3.6362024_denomina_a_praca_na_vila_dr._fernando_dias_de_abreu_situada_no_bairro_airton_maciel_de_pedro_candido_da_silva.pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.636/2024, cuja ementa: "Denomina a praça na Vila Dr. Fernando Dias de Abreu, situada no Bairro Airton Maciel de “Pedro Cândido da Silva” e dá outras providências." Fruto do PL 069, de 04 de dezembro de 2024.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/880/3.6372024_modifica_a_redacao_do_artigo_1o_da_lei_municipal_no_3.5352023_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Lei Municipal nº 3.637/2024, cuja ementa: "Modifica a redação do artigo 1º da Lei Municipal nº 3.535/2023 e dá outras providências". Fruto do PL 070, de 06 de dezembro de 2024.</t>
-  </si>
-[...634 lines deleted...]
-    <t>a execução dos serviços de saneamento, calçamento e manutenções necessárias nas Ruas 07 e 08 do Bairro José Barbosa Maciel, mais conhecido como Viana &amp; Moura da BR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2961,10805 +3110,11195 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/875/proposta_de_emenda_a_lei_organica_n_0022024..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/302/pl_001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/303/pl_002.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/304/pl_003.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/305/pl_004.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/307/pl_006.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/309/pl_008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/310/pl_009.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/311/pl_010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/346/pl_011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/347/pl_012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/348/pl_013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/349/pl_014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/350/pl_015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/351/pl_016.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/352/pl_017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/353/pl_018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/354/pl_019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/355/pl_020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/356/pl_021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/357/pl_022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/358/pl_023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/359/pl_024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/360/pl_025_2.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/361/pl_026_2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/362/pl_027.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/377/pl_028.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/378/pl_029.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/379/pl_030.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/380/pl_031.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/386/req_032.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/387/req_033.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/388/req_034.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/389/pl_035.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/390/pl_036_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/391/pl_037.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/392/pl_038.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/393/pl_039_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/399/pl_040.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/397/pl_041.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/398/pl_042.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_043.2024_-_dispoe_sobre_a_ampliacao_do_perimetro_urbano_do_municipio_de_belo_jardim_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/425/pl_04505062024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/426/projeto_de_lei_046_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/427/pl_047.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/452/pl_048.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/741/pl_049.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/543/pl_050_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/745/pl_051.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/746/pl_052.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/747/pl_053.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_ldo_2025..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/751/projeto_de_lei_no055_de_07_de_agosto_de_2024_-_ze_lopes..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/749/pl_056.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/753/pl_057.2024__-_altera_parcialmente_a_redacao_do_art._1o_da_lei_municipal_n_580.87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_lei_058_-_autoriza_o_municipio_de_belo_jardim_a_ceder_o_direito_de_uso_de_imovel_mediante_licitacao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/826/projeto_de_lei_de_revisao_ppa_2022.2025__-_pl_059.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/822/proj._de_lei_061-2024_-_denomina_a_quadra_poliesportiva_do_distrito_de_agua_fria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/827/pl_062.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/828/pl_063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/829/pl_064.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/830/pl_065.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/836/pl_066.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/837/pl_067.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/838/pl_068.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/863/pl_069.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/871/pl_070.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/876/nstitui_o_incentivo_de_desempenho_da_vigilancia_em_saude_idvs_para_os_profissionais_avaliados_pelo_municipio_de_belo_jardim_de_acordo_com_o_cumprimento_das_metas_do_programa_de_qualificacao_das_acoes_de_vigilan.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/877/pl_072.2024_dispoe_sobre_a_coleta_seletiva_publica_no_municipio_de_belo_jardim-pe_regulamenta_o_plano_de_gerenciamento_de_residuos_solidos_e_da_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei_07320241219_12464375.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/883/pl_074.2024_-_autoriza_o_poder_executivo_municipal_a_conceder_os_incentivos_fiscais_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/885/pl_075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/809/projeto_de_resolucao_no_001-2024_-_regulamenta_o_credenciamento_-_compras_publicas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/736/projeto_de_resolucao_no_002_de_31_de_julho_de_2024._-completo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/808/projeto_de_resolucao_no_003.2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_decreto_00810062024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/312/req_001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/313/req_002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/314/req_003.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/315/req_004.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/316/req_005.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/317/req_006.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/318/req_008.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/327/req_009.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/328/req_010.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/329/req_011.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/330/req_012.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/331/req_013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/332/req_014.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/333/req_015.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/335/pl_016.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/334/req_017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/336/req_018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/337/req_019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/338/req_021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/339/req_022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/340/req_023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/341/req_024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/342/req_025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/343/req_026.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/344/req_027.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/345/req_028.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/363/req_029.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/364/req_030.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/365/req_031.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/366/req_032.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/367/req_033.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/368/req_034.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/369/req_035.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/370/req_036.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/371/req_037.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/372/req_038.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/373/req_039.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/374/req_040.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/375/req_041.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/376/req_042.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/381/req_044.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/382/req_045.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/383/req_046.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/384/req_047.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/385/req_048.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/394/req_049.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/395/req_050.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/396/req_051.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/413/requeriemento_ferias_james_000016.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/415/req_053.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/416/req_054.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/417/req_055.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/418/req_056.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/759/req_067.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/817/proj_lei_complentar_002_-_prev...pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/mocao_de_aplausos_02.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/mocao_de_aplauso04.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/878/plano_de_sustentabilidade_hospital20241218_12491620.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/401/oficio_resposta_-_tenente21052024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/835/comunicacao_de_assuncao-_mp-pe_2a_pj_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/768/oficio_-_prefeitura_-_suprimento_agosto_2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/403/oficio_resposta__-_saude_21052024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/404/oficio_resposta__-_saude_455_21052024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/405/oficio_resposta_dr._romulo22052024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/406/oficio_resposta_de_autarquia_22052024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/407/resposta_oficio_360.2024_-_secm_-_manutencao_de_saneamento..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/412/54-decreto-33-corpus-christi-educacao-1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/414/solicitacao_e_plenario_-_dia_07.06.202428052024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/737/resposta_oficio_5972024-secm.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/419/rreo_2_bimestre_2024._-_doc..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/420/belo_jardim_requerimento_auditoria_contratacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/422/oficio_resposta_secretaria_de_agricultura_-_deto04062024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/544/oficio_no_166.2024gabprpresi-funasa_referente_ao_oficio_no_526.2024-secm.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/580/oficio_secretaria_de_meio_ambiente28062024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/605/resposta_oficio_127.2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/606/resposta_oficio_310.2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/634/oficio_resposta_secretaria_de_assistencia_social10072024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/635/solicitacao_de_plenario10072024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/639/solicitacao_de_guilherme10072024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/706/oficio_resposta_secretaria_de_infraestrutura_-_marcelino15072024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/707/oficio_resposta_secretaria_de_infraestrutura_-_thallys15072024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/708/oficio_resposta_secretaria_de_infraestrutura_-_lila15072024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/709/solicitacao_de_plenario15072024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/713/solicitacao_de_plenario_-_professor_wildes18072024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/725/solicitacao_de_plenario_-_copmac18072024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/726/secretaria_da_mulher19072024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/727/oficio_resposta_secretaria_de_infraestrutura_-_euno19072024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/728/oficio_resposta_secretaria_de_infraestrutura_-_autarquia19072024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/729/oficio_resposta_marcelino23072024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/733/resposta_oficio_405.2023_-_secm_-_manutencao_da_estrada..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/734/1rreo_3_bimestre_2024..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/738/resposta_oficio_6092024-secm.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/739/gmail_-_resposta_oficio_422_2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/742/resposta_edvaldo07082024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/743/resposta_euno_207082024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/744/resposta_ze_lopes_07082024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/748/solicitacao_de_plenario_-_oab07082024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/750/resposta_euno_08082024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/752/resposta_euno09082024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/754/relacao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/755/resposta_oficio_6152024_-_secm_-_terraplanagem_e_limpeza.1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/756/resposta_oficio_6002023_-_secm_-_iluminacao._romulo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/757/resposta_oficio_7742023_-_secm_-_terraplanagem_e_limpeza.autarquia.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/758/resposta_oficio_1822024_-_secm_-_manutencao_de_calcamento._edvaldo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/760/resposta_oficio_2302024_-_secm_-_manutencao_de_calcamento._euno2.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/761/resposta_oficio_1582024_-_secm_-_saneamento_e_implantacao_de_quebra-molas._euno3.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/762/resposta_oficio_1352024_-_secm_-_abrigos_de_parada_de_transporte_coletivo._jonas.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/763/resposta_oficio_2672024_-_secm_-_calcamento.jonas2.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/764/resposta_oficio_7342023_-_secm_-_calcamento._autarquia2.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/765/resposta_oficio_10632023_-_secm_-_passagem_molhada._joelson.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/766/oficio_resposta_euno15082024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/769/resposta_oficio_1492024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/770/resposta_oficio_1952024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/771/resposta_oficio_0262024_-_secm_-_lila.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/772/resposta_oficio_0762024_jonas.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/773/resposta_oficio_4642024_-_secm_autarquia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/774/resposta_oficio_6442024_-_secm_deto.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/775/resposta_oficio_3162024_-_secm_ed.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/776/resposta_oficio_0312024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/777/oficio_resposta_guilherme.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/778/resposta_euno.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/779/oficio_resposta_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/780/oficio_resposta_claudemir.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/781/oficio_resposta_thallys.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/782/oficio_resposta_pitomba.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/783/oficio_resposta_ze_lopes_0001.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/784/euno_0001.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/785/resposta_oficio_no0952024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/786/oficio_1.164-2024_aeb.pmbj._-_cedencia_de_servidor..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/787/resposta_oficio_2322024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/789/lei_municipal_n_3.6262024_altera_parcialmente_a_redacao_do_art._1o_da_lei_municipal_n_58087_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/792/comdica.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/793/convocacao_para_audiencia_publica_das_metas_fiscais_do_2o_quadrimestre_de_2024_e_orcamento_municipal_para_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/795/resposta_claudemir_-_sec._obras.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/796/resposta_ze_lopes_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/797/resposta_deto_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/798/resposta_deto_2_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/799/resposta_euno_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/800/resposta_oficio_070_2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/801/resposta_oficio_443_2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/802/resposta_oficio_647_2024_-_secm_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/803/resposta_oficio_no_201_2024_-_secm_tenente.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/804/resposta_oficio_no_312_2024_-_secm_euno_andrade.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/805/resposta_oficio_no_784_2023_-_secm_euno_andrade.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/806/resposta_oficio_no_009_2024_-_secm_claudemir.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/807/resposta_oficio_5612023_-_secm_-_drenagem_pluvial.lila.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/810/resposta_oficio_093.2024_-_secm_-_lixeiras._-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/811/resposta_euno..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/812/relatorio_resumido_da_execucao_orcamentaria_referente_ao_4o_bimestre_e_rgf_referente_ao_2_quadrimestre_de_2024..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/813/resposta_oficio_no_398-2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/814/resposta_oficio_no041-2024_-_secm_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/815/resposta_oficio_no1035-2023_-_secm_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/816/proj_lei_complentar_001_-_prev..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/818/solicitacao_do_plenario.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/821/resposta_oficio_318.2024_-_secm_-_saneamento_e_escoamento_de_agua..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/820/resposta_oficio_314.2024_-_secm_-_recuperacao_e_manutencao..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/819/resposta_oficio_532.2024_-_secm_-_reforma_e_implantacao..pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/823/image_20241023_0001.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/824/image_20241024_0001.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/825/encaminhamento_de_plano_de_sustentabilidade_referente_ao_projeto_para_a_execucao_de_da_obra_do_hospital_municipal_de_belo_jardim1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/831/defesa_administrativa_referente_ao_exercicio_financeiro_do_ano_de_2021_acerca_do_processo_tc_n_22100561-4..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/832/defesa_administrativa_referente_ao_exercicio_financeiro_do_ano_de_2022_acerca_do_processo_tc_n_23100613-5.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/839/relatorio_de_plebiscito..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/841/plano_de_sustentabilidade_referente_ao_projeto_para_a_construcao_de_creche_tipo_1_no_loteamento_viana_e_moura_inhuma_bairro_euno_andrade_no_municipio_de_belo_jardimpe..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/840/1plano_de_sustentabilidade_referente_ao_projeto_para_a_construcao_de_uma_escola_em_tempo_integral_no_loteamento_viana_e_moura_no_municipio_de_belo_jardimpe.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/842/declaracao_jefferson.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/843/resposta_oficio_no_536.2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/844/resposta_oficio_no_5512024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/845/resposta_oficio_no_0072024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/846/resposta_oficio_no_1882023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/848/resposta_oficio_no10312023_-_secm_marcelino.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/849/resposta_oficio_no_4182024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/850/resposta_oficio_no_1712024_-secm_deto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/851/resposta_oficio_no6512024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/852/resposta_oficio_no_0332024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/853/oficio_1532_-_pmbj_devolucao_projeto_de_lei_066.2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/854/oficio_e_plano_de_sustentabilidade_-_hospital_belo_jardim_-_etapa_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/855/resposta_oficio_no6382024_-_secm_tenente.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/856/resposta_oficio_no3412024_-_secm__lila.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/857/resposta_oficio_no1312024_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/858/resposta_oficio_no_0212024_-_secm_thallys.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/859/resposta_oficio_no_9952023_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/860/oficio_nilton.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/861/relatorio_resumido_da_execucao_orcamentaria_referente_ao_5o_bimestre_de_2024..pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/862/gmail_-_resposta_oficio_no544_2023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/864/resposta_oficio_no1332024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/865/resposta_oficio_no1332024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/866/resposta_oficio_no6422024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/867/resposta_oficio_no3322024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/868/resposta_oficio_no0662024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/869/resposta_oficio_no_6792024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/870/resposta_oficio_no770_2023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/872/lei_municipal_no_3.6332024_institui_a_forma_de_pagamento_do_componente_de_qualidade_para_as_equipes_de_saude_da_familia_equipes_de_atencao_primaria_a_saude_equipe_multidisciplinar_e_equipes_de_saude_bucal_na_at.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/873/resposta_oficio_no4702024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/874/documento_jefferson.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/887/resposta_oficio_no_1372024_-_secm_-_thallys.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/888/resposta_oficio_no2612024_-_secm_-_jonas_chagas.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/889/resposta_oficio_no5562024_-_secm_jonas_chagas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/890/resposta_oficio_no6782023_-_secm_-_tenente.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/884/resposta_oficio_no6042023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/886/comprovante1610.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/409/lei_municipal_no_3.60823052024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/410/lei_municipal_3.610_000015.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/lei_municipal_no_3.60923052024_0001.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/424/lei_municipal_no_3.611.2024_-_fixa_valor_para_pagamento_de_requisicoes_de_pequenos_valores_rpv.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/459/lei_municipal_3.613.2024_-_institui_a_semana_municipal_de_acoes_voltadas_a_lei_maria_da_penha_nas_escolas_de_ensino_fundamental_-_series_finais_e_de_medio_publicas_e_privadas..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/lei_municipal_n_3.612.2024__-_altera_a_lei_municipal_n_3.442.2022_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/581/lei_municipal_n_3.614.2024_altera_o_artigo_4o_da_lei_municipal_no_3.463_de_11_de_novembro_de_2022_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/582/lei_municipal_n_3615.2024_dispoe_sobre_a_garantia_do_fornecimento_de_alimentacao_especial_para_estudantes_que_possuam_restricoes_alimentares_ou_que_necessitem_de_alguma_suplementacao_especifica_na_merenda_escola.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/583/lei_municipal_n_3.616.2024_modifica_a_redacao_do_caput_e_do_inciso_i_do_art._1o_da_lei_municipal_no_994.1993_que_dispoe_sobre_a_doacao_de_imovel_e_de_providencias_correlatas_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/584/lei_municipal_n_3.617.2024_estabelece_denominacao_de_predio_publico_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/585/lei_municipal_n_3.618.2024_estabelece_denominacao_de_via_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/586/lei_municipal_n_3.619.2024_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/732/lei_municipal_n_3.620.2024_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_o_dia_municipal_do_reggae_night_fest1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/790/lei_municipal_no_3.6222024_estabelece_denominacao_de_estabelecimento_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/791/lei_municipal_no_3.6232024_estabelece_a_denominacao_de_espaco_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/794/lei_municipal_no_3.6242024_estabelece_as_diretrizes_orcamentaria_para_o_exercicio_de_2025_e_da_outras_providencias_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/788/lei_municipal_n_3.6252024_da_nova_redacao_ao_caput_dos_artigos_3o_acrescentando_o__3o_e_revoga_o_art._4o_da_lei_3.4462022_que_dispoe_sobre_a_concessao_de_incentivo_financeiro_aos_atletas_e_equipes_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/833/lei_complementar_001.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/834/lei_complementar_002.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/847/oficio_leis.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/879/lei_municipal__3.6362024_denomina_a_praca_na_vila_dr._fernando_dias_de_abreu_situada_no_bairro_airton_maciel_de_pedro_candido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/880/3.6372024_modifica_a_redacao_do_artigo_1o_da_lei_municipal_no_3.5352023_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/501/01-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/502/02-2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/503/3-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/504/4-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/505/5-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/506/6-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/507/7-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/508/8-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/509/9-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/510/10-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/431/74-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/498/12-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/499/13-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/500/14-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/492/15-2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/493/16-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/494/17-2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/495/18-2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/496/20-2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/497/21-2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/484/22-2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/485/23-2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/486/24-2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/487/25-2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/488/26-2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/489/27-2024.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/490/28-2024.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/491/29-2024.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/478/30-2024.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/479/31-2024.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/480/32-2024.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/481/33-2024.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/476/34-2024.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/482/35-2024.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/483/36-2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/477/37-2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/466/38-2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/467/39-2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/468/40-2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/469/41-2024.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/470/42-2024.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/471/43-2024.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/472/44-2024.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/473/45-2024.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/474/46-2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/475/47-2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/454/48-2024.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/455/49-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/456/50-2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/457/51-2024.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/458/52-2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/460/53-2024.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/461/54-2024.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/463/55-2024.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/464/56-2024.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/465/57-2024.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/449/58-2024.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/450/59-2024.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/451/60-2024.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/453/61-2024.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/441/62-2024.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/442/63-2024.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/443/64-2024.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/444/65-2024.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/445/66-2024.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/446/67-2024.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/447/68-2024.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/438/69-2024.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/439/70-2024.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/440/71-2024.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/437/72-2024.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/430/73-2024.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/432/75-2024.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/433/76-2024.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/434/77-2024.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/435/78-2024.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/436/79-2024.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/448/81-2024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/632/sol._verbal.082-2024_-_quadra_em_vila_nova_-_euno.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/633/sol._verbal.083-2024_-_quadra_em_escolas_jurandir_de_brito_marcionila_alves_e_sebastiao_jose_-_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/636/sol._verbal.084-2024_-_apreensao_de_animais_soltos_em_vias_publicas_-_euno.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/637/sol._verbal.085-2024_-_poda_de_arvores_nas_localidades_do_sitio_bulandeira_e_sitio_palha_-_joelson.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/674/sol._verbal.086-2024_-_projeto_de_lei_para_composicao_do_conselho_adm_e_fiscal_do_belo_jardim_prev_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/676/sol._verbal.088-2024_-_reforma_dos_moveis_da_quadra_poliesportiva_e_da_praca_em_vila_bela__-_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/677/sol._verbal.089-2024_-_calcamento_da_rua_cachimbo_na_vila_bola_-_guilherme_monark.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/678/sol._verbal.090-2024_-_manutencao_das_lampadas__do_sitio_batinga_e_sitio_rodrigues_-_autarquia.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/679/sol._verbal.091-2024_-__terraplanagem_no_distrito_de_taboquinha_-_autarquia.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/680/sol._verbal.092-2024_-__convida_o_secretario_de_gestao_publica_para_vim_a_esta_casa_-_jose_lopes.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/681/sol._verbal.093-2024_-__calcamento_ruas_ainda_nao_contempladas_bairro_euno_andrade_-_jonas.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/682/sol._verbal.094-2024_-__destinacao_de_recursos_para_odontologia_em_vila_nova_-_euno.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/710/sol._verbal.095-2024_-__terraplanagem_nas_estradas_do_sitio_bola_i_e_bola_ii_-_euno.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/711/sol._verbal.096-2024_-__conserto_de_esgoto_rua_monteiro_lobato_-_euno.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/712/sol._verbal.097-2024_-_reforma_no_banheiro_publico_situado_no_patio_da_feira_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/714/sol._verbal.098-2024_-_recolocacao_de_dois_bracos_de_iluminacao_de_led_no_sitio_batinga_-_euno.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/715/sol._verbal.099-2024_-_colocacao_de_picarro_na_estrada_que_da_acesso_ao_distrito_de_agua_fria_-_euno.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/716/sol._verbal.100-2024_-_maquinarios_para_fazer_a_recuperacao_das_estradas_de_xucuru_e_sitio_araras_-_joelson.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/717/sol._verbal.101-2024_-_instalacao_de_corrimao_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/718/sol._verbal.102-2024_-_manutencao_em_todos_os_postes_e_luminarias_no_sitio_rodrigues_-_marcelino.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/721/sol._verbal.103-2024_-_terraplanagem_e_roco_do_mato_proximo_do_posto_de_saude_do_tereza_mendonca_-_euno.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/722/sol._verbal.104-2024_-_saneamento_e_calcamento_da_rua_06_situada_no_bairro_jose_barbosa_maciel_-_euno.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/723/sol._verbal.105-2024_-_calcamento_na_rua_jose_marcena_irmao_situada_no_bairro_gameleira_-_joelson.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/719/sol._verbal.106-2024_-_sinalizacao_vertical_e_horizontal_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/720/sol._verbal.107-2024_-_ambulancia_que_presta_servico_no_distrito_de_agua_fria_-_euno.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/724/sol._verbal.108-2024_-_saneamento_e_calcamento_das_ruas_07_e_08_do_viana_da_br_-_euno.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1285/01_guilherme.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1287/02_pitomba.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1291/04_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1295/05_nilton.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1297/06_lila.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1300/07_claudemir.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1303/08_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1305/09_euninho.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1309/10_deto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1313/11_tenente.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1315/12_marcelino.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1321/13_-_emendas_impositivas_-_2025_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1318/14_dr._romulo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1324/15_thallys.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/817/proj_lei_complentar_002_-_prev...pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/875/proposta_de_emenda_a_lei_organica_n_0022024..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/302/pl_001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/303/pl_002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/304/pl_003.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/305/pl_004.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/307/pl_006.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/309/pl_008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/310/pl_009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/311/pl_010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/346/pl_011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/347/pl_012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/348/pl_013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/349/pl_014.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/350/pl_015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/351/pl_016.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/352/pl_017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/353/pl_018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/354/pl_019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/355/pl_020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/356/pl_021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/357/pl_022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/358/pl_023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/359/pl_024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/360/pl_025_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/361/pl_026_2.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/362/pl_027.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/377/pl_028.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/378/pl_029.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/379/pl_030.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/380/pl_031.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/386/req_032.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/387/req_033.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/388/req_034.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/389/pl_035.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/390/pl_036_2.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/391/pl_037.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/392/pl_038.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/393/pl_039_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/399/pl_040.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/397/pl_041.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/398/pl_042.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/400/projeto_de_lei_043.2024_-_dispoe_sobre_a_ampliacao_do_perimetro_urbano_do_municipio_de_belo_jardim_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/425/pl_04505062024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/426/projeto_de_lei_046_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._e_da_outras_providencias...pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/427/pl_047.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/452/pl_048.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/741/pl_049.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/543/pl_050_2.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/745/pl_051.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/746/pl_052.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/747/pl_053.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/735/projeto_de_lei_ldo_2025..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/751/projeto_de_lei_no055_de_07_de_agosto_de_2024_-_ze_lopes..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/749/pl_056.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/753/pl_057.2024__-_altera_parcialmente_a_redacao_do_art._1o_da_lei_municipal_n_580.87_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/767/projeto_de_lei_058_-_autoriza_o_municipio_de_belo_jardim_a_ceder_o_direito_de_uso_de_imovel_mediante_licitacao_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/826/projeto_de_lei_de_revisao_ppa_2022.2025__-_pl_059.2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/822/proj._de_lei_061-2024_-_denomina_a_quadra_poliesportiva_do_distrito_de_agua_fria_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/827/pl_062.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/828/pl_063.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/829/pl_064.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/830/pl_065.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/836/pl_066.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/837/pl_067.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/838/pl_068.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/863/pl_069.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/871/pl_070.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/876/nstitui_o_incentivo_de_desempenho_da_vigilancia_em_saude_idvs_para_os_profissionais_avaliados_pelo_municipio_de_belo_jardim_de_acordo_com_o_cumprimento_das_metas_do_programa_de_qualificacao_das_acoes_de_vigilan.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/877/pl_072.2024_dispoe_sobre_a_coleta_seletiva_publica_no_municipio_de_belo_jardim-pe_regulamenta_o_plano_de_gerenciamento_de_residuos_solidos_e_da_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/881/projeto_de_lei_07320241219_12464375.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/883/pl_074.2024_-_autoriza_o_poder_executivo_municipal_a_conceder_os_incentivos_fiscais_que_especifica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/885/pl_075.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/809/projeto_de_resolucao_no_001-2024_-_regulamenta_o_credenciamento_-_compras_publicas.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/736/projeto_de_resolucao_no_002_de_31_de_julho_de_2024._-completo.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/808/projeto_de_resolucao_no_003.2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/428/projeto_de_decreto_00810062024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/312/req_001.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/313/req_002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/314/req_003.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/315/req_004.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/316/req_005.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/317/req_006.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/318/req_008.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/327/req_009.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/328/req_010.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/329/req_011.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/330/req_012.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/331/req_013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/332/req_014.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/333/req_015.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/335/pl_016.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/334/req_017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/336/req_018.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/337/req_019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/338/req_021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/339/req_022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/340/req_023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/341/req_024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/342/req_025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/343/req_026.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/344/req_027.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/345/req_028.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/363/req_029.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/364/req_030.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/365/req_031.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/366/req_032.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/367/req_033.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/368/req_034.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/369/req_035.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/370/req_036.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/371/req_037.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/372/req_038.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/373/req_039.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/374/req_040.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/375/req_041.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/376/req_042.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/381/req_044.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/382/req_045.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/383/req_046.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/384/req_047.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/385/req_048.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/394/req_049.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/395/req_050.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/396/req_051.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/413/requeriemento_ferias_james_000016.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/415/req_053.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/416/req_054.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/417/req_055.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/418/req_056.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/759/req_067.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/501/01-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/502/02-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/503/3-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/504/4-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/505/5-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/506/6-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/507/7-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/508/8-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/509/9-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/510/10-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/431/74-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/498/12-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/499/13-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/500/14-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/492/15-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/493/16-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/494/17-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/495/18-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/496/20-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/497/21-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/484/22-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/485/23-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/486/24-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/487/25-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/488/26-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/489/27-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/490/28-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/491/29-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/478/30-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/479/31-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/480/32-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/481/33-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/476/34-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/482/35-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/483/36-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/477/37-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/466/38-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/467/39-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/468/40-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/469/41-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/470/42-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/471/43-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/472/44-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/473/45-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/474/46-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/475/47-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/454/48-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/455/49-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/456/50-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/457/51-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/458/52-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/460/53-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/461/54-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/463/55-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/464/56-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/465/57-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/449/58-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/450/59-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/451/60-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/453/61-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/441/62-2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/442/63-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/443/64-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/444/65-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/445/66-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/446/67-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/447/68-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/438/69-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/439/70-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/440/71-2024.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/437/72-2024.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/430/73-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/432/75-2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/433/76-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/434/77-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/435/78-2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/436/79-2024.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/448/81-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/632/sol._verbal.082-2024_-_quadra_em_vila_nova_-_euno.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/633/sol._verbal.083-2024_-_quadra_em_escolas_jurandir_de_brito_marcionila_alves_e_sebastiao_jose_-_reginaldo.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/636/sol._verbal.084-2024_-_apreensao_de_animais_soltos_em_vias_publicas_-_euno.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/637/sol._verbal.085-2024_-_poda_de_arvores_nas_localidades_do_sitio_bulandeira_e_sitio_palha_-_joelson.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/674/sol._verbal.086-2024_-_projeto_de_lei_para_composicao_do_conselho_adm_e_fiscal_do_belo_jardim_prev_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/676/sol._verbal.088-2024_-_reforma_dos_moveis_da_quadra_poliesportiva_e_da_praca_em_vila_bela__-_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/677/sol._verbal.089-2024_-_calcamento_da_rua_cachimbo_na_vila_bola_-_guilherme_monark.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/678/sol._verbal.090-2024_-_manutencao_das_lampadas__do_sitio_batinga_e_sitio_rodrigues_-_autarquia.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/679/sol._verbal.091-2024_-__terraplanagem_no_distrito_de_taboquinha_-_autarquia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/680/sol._verbal.092-2024_-__convida_o_secretario_de_gestao_publica_para_vim_a_esta_casa_-_jose_lopes.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/681/sol._verbal.093-2024_-__calcamento_ruas_ainda_nao_contempladas_bairro_euno_andrade_-_jonas.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/682/sol._verbal.094-2024_-__destinacao_de_recursos_para_odontologia_em_vila_nova_-_euno.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/710/sol._verbal.095-2024_-__terraplanagem_nas_estradas_do_sitio_bola_i_e_bola_ii_-_euno.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/711/sol._verbal.096-2024_-__conserto_de_esgoto_rua_monteiro_lobato_-_euno.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/712/sol._verbal.097-2024_-_reforma_no_banheiro_publico_situado_no_patio_da_feira_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/714/sol._verbal.098-2024_-_recolocacao_de_dois_bracos_de_iluminacao_de_led_no_sitio_batinga_-_euno.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/715/sol._verbal.099-2024_-_colocacao_de_picarro_na_estrada_que_da_acesso_ao_distrito_de_agua_fria_-_euno.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/716/sol._verbal.100-2024_-_maquinarios_para_fazer_a_recuperacao_das_estradas_de_xucuru_e_sitio_araras_-_joelson.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/717/sol._verbal.101-2024_-_instalacao_de_corrimao_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/718/sol._verbal.102-2024_-_manutencao_em_todos_os_postes_e_luminarias_no_sitio_rodrigues_-_marcelino.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/721/sol._verbal.103-2024_-_terraplanagem_e_roco_do_mato_proximo_do_posto_de_saude_do_tereza_mendonca_-_euno.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/722/sol._verbal.104-2024_-_saneamento_e_calcamento_da_rua_06_situada_no_bairro_jose_barbosa_maciel_-_euno.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/723/sol._verbal.105-2024_-_calcamento_na_rua_jose_marcena_irmao_situada_no_bairro_gameleira_-_joelson.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/719/sol._verbal.106-2024_-_sinalizacao_vertical_e_horizontal_-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/720/sol._verbal.107-2024_-_ambulancia_que_presta_servico_no_distrito_de_agua_fria_-_euno.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/724/sol._verbal.108-2024_-_saneamento_e_calcamento_das_ruas_07_e_08_do_viana_da_br_-_euno.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1077/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1078/mocao_de_aplausos_02.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/1079/mocao_de_aplauso04.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/878/plano_de_sustentabilidade_hospital20241218_12491620.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/401/oficio_resposta_-_tenente21052024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/835/comunicacao_de_assuncao-_mp-pe_2a_pj_belo_jardim.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/768/oficio_-_prefeitura_-_suprimento_agosto_2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/403/oficio_resposta__-_saude_21052024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/404/oficio_resposta__-_saude_455_21052024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/405/oficio_resposta_dr._romulo22052024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/406/oficio_resposta_de_autarquia_22052024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/407/resposta_oficio_360.2024_-_secm_-_manutencao_de_saneamento..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/412/54-decreto-33-corpus-christi-educacao-1.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/414/solicitacao_e_plenario_-_dia_07.06.202428052024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/737/resposta_oficio_5972024-secm.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/419/rreo_2_bimestre_2024._-_doc..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/420/belo_jardim_requerimento_auditoria_contratacao_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/422/oficio_resposta_secretaria_de_agricultura_-_deto04062024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/544/oficio_no_166.2024gabprpresi-funasa_referente_ao_oficio_no_526.2024-secm.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/580/oficio_secretaria_de_meio_ambiente28062024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/605/resposta_oficio_127.2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/606/resposta_oficio_310.2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/634/oficio_resposta_secretaria_de_assistencia_social10072024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/635/solicitacao_de_plenario10072024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/639/solicitacao_de_guilherme10072024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/706/oficio_resposta_secretaria_de_infraestrutura_-_marcelino15072024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/707/oficio_resposta_secretaria_de_infraestrutura_-_thallys15072024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/708/oficio_resposta_secretaria_de_infraestrutura_-_lila15072024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/709/solicitacao_de_plenario15072024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/713/solicitacao_de_plenario_-_professor_wildes18072024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/725/solicitacao_de_plenario_-_copmac18072024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/726/secretaria_da_mulher19072024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/727/oficio_resposta_secretaria_de_infraestrutura_-_euno19072024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/728/oficio_resposta_secretaria_de_infraestrutura_-_autarquia19072024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/729/oficio_resposta_marcelino23072024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/733/resposta_oficio_405.2023_-_secm_-_manutencao_da_estrada..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/734/1rreo_3_bimestre_2024..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/738/resposta_oficio_6092024-secm.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/739/gmail_-_resposta_oficio_422_2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/742/resposta_edvaldo07082024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/743/resposta_euno_207082024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/744/resposta_ze_lopes_07082024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/748/solicitacao_de_plenario_-_oab07082024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/750/resposta_euno_08082024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/752/resposta_euno09082024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/754/relacao_de_veiculos.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/755/resposta_oficio_6152024_-_secm_-_terraplanagem_e_limpeza.1.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/756/resposta_oficio_6002023_-_secm_-_iluminacao._romulo.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/757/resposta_oficio_7742023_-_secm_-_terraplanagem_e_limpeza.autarquia.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/758/resposta_oficio_1822024_-_secm_-_manutencao_de_calcamento._edvaldo.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/760/resposta_oficio_2302024_-_secm_-_manutencao_de_calcamento._euno2.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/761/resposta_oficio_1582024_-_secm_-_saneamento_e_implantacao_de_quebra-molas._euno3.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/762/resposta_oficio_1352024_-_secm_-_abrigos_de_parada_de_transporte_coletivo._jonas.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/763/resposta_oficio_2672024_-_secm_-_calcamento.jonas2.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/764/resposta_oficio_7342023_-_secm_-_calcamento._autarquia2.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/765/resposta_oficio_10632023_-_secm_-_passagem_molhada._joelson.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/766/oficio_resposta_euno15082024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/769/resposta_oficio_1492024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/770/resposta_oficio_1952024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/771/resposta_oficio_0262024_-_secm_-_lila.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/772/resposta_oficio_0762024_jonas.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/773/resposta_oficio_4642024_-_secm_autarquia.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/774/resposta_oficio_6442024_-_secm_deto.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/775/resposta_oficio_3162024_-_secm_ed.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/776/resposta_oficio_0312024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/777/oficio_resposta_guilherme.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/778/resposta_euno.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/779/oficio_resposta_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/780/oficio_resposta_claudemir.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/781/oficio_resposta_thallys.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/782/oficio_resposta_pitomba.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/783/oficio_resposta_ze_lopes_0001.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/784/euno_0001.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/785/resposta_oficio_no0952024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/786/oficio_1.164-2024_aeb.pmbj._-_cedencia_de_servidor..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/787/resposta_oficio_2322024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/789/lei_municipal_n_3.6262024_altera_parcialmente_a_redacao_do_art._1o_da_lei_municipal_n_58087_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/792/comdica.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/793/convocacao_para_audiencia_publica_das_metas_fiscais_do_2o_quadrimestre_de_2024_e_orcamento_municipal_para_2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/795/resposta_claudemir_-_sec._obras.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/796/resposta_ze_lopes_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/797/resposta_deto_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/798/resposta_deto_2_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/799/resposta_euno_-_sec_obras.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/800/resposta_oficio_070_2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/801/resposta_oficio_443_2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/802/resposta_oficio_647_2024_-_secm_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/803/resposta_oficio_no_201_2024_-_secm_tenente.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/804/resposta_oficio_no_312_2024_-_secm_euno_andrade.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/805/resposta_oficio_no_784_2023_-_secm_euno_andrade.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/806/resposta_oficio_no_009_2024_-_secm_claudemir.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/807/resposta_oficio_5612023_-_secm_-_drenagem_pluvial.lila.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/810/resposta_oficio_093.2024_-_secm_-_lixeiras._-_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/811/resposta_euno..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/812/relatorio_resumido_da_execucao_orcamentaria_referente_ao_4o_bimestre_e_rgf_referente_ao_2_quadrimestre_de_2024..pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/813/resposta_oficio_no_398-2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/814/resposta_oficio_no041-2024_-_secm_edvaldo.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/815/resposta_oficio_no1035-2023_-_secm_ze_lopes.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/816/proj_lei_complentar_001_-_prev..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/818/solicitacao_do_plenario.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/821/resposta_oficio_318.2024_-_secm_-_saneamento_e_escoamento_de_agua..pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/820/resposta_oficio_314.2024_-_secm_-_recuperacao_e_manutencao..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/819/resposta_oficio_532.2024_-_secm_-_reforma_e_implantacao..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/823/image_20241023_0001.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/824/image_20241024_0001.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/825/encaminhamento_de_plano_de_sustentabilidade_referente_ao_projeto_para_a_execucao_de_da_obra_do_hospital_municipal_de_belo_jardim1.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/831/defesa_administrativa_referente_ao_exercicio_financeiro_do_ano_de_2021_acerca_do_processo_tc_n_22100561-4..pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/832/defesa_administrativa_referente_ao_exercicio_financeiro_do_ano_de_2022_acerca_do_processo_tc_n_23100613-5.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/839/relatorio_de_plebiscito..pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/841/plano_de_sustentabilidade_referente_ao_projeto_para_a_construcao_de_creche_tipo_1_no_loteamento_viana_e_moura_inhuma_bairro_euno_andrade_no_municipio_de_belo_jardimpe..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/840/1plano_de_sustentabilidade_referente_ao_projeto_para_a_construcao_de_uma_escola_em_tempo_integral_no_loteamento_viana_e_moura_no_municipio_de_belo_jardimpe.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/842/declaracao_jefferson.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/843/resposta_oficio_no_536.2024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/844/resposta_oficio_no_5512024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/845/resposta_oficio_no_0072024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/846/resposta_oficio_no_1882023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/848/resposta_oficio_no10312023_-_secm_marcelino.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/849/resposta_oficio_no_4182024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/850/resposta_oficio_no_1712024_-secm_deto.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/851/resposta_oficio_no6512024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/852/resposta_oficio_no_0332024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/853/oficio_1532_-_pmbj_devolucao_projeto_de_lei_066.2024.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/854/oficio_e_plano_de_sustentabilidade_-_hospital_belo_jardim_-_etapa_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/855/resposta_oficio_no6382024_-_secm_tenente.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/856/resposta_oficio_no3412024_-_secm__lila.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/857/resposta_oficio_no1312024_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/858/resposta_oficio_no_0212024_-_secm_thallys.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/859/resposta_oficio_no_9952023_-_secm_lila.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/860/oficio_nilton.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/861/relatorio_resumido_da_execucao_orcamentaria_referente_ao_5o_bimestre_de_2024..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/862/gmail_-_resposta_oficio_no544_2023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/864/resposta_oficio_no1332024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/865/resposta_oficio_no1332024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/866/resposta_oficio_no6422024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/867/resposta_oficio_no3322024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/868/resposta_oficio_no0662024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/869/resposta_oficio_no_6792024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/870/resposta_oficio_no770_2023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/872/lei_municipal_no_3.6332024_institui_a_forma_de_pagamento_do_componente_de_qualidade_para_as_equipes_de_saude_da_familia_equipes_de_atencao_primaria_a_saude_equipe_multidisciplinar_e_equipes_de_saude_bucal_na_at.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/873/resposta_oficio_no4702024_-_secm.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/874/documento_jefferson.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/887/resposta_oficio_no_1372024_-_secm_-_thallys.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/888/resposta_oficio_no2612024_-_secm_-_jonas_chagas.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/889/resposta_oficio_no5562024_-_secm_jonas_chagas.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/890/resposta_oficio_no6782023_-_secm_-_tenente.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/884/resposta_oficio_no6042023_-_secm.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/886/comprovante1610.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/833/lei_complementar_001.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/409/lei_municipal_no_3.60823052024.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/411/lei_municipal_no_3.60923052024_0001.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/410/lei_municipal_3.610_000015.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/424/lei_municipal_no_3.611.2024_-_fixa_valor_para_pagamento_de_requisicoes_de_pequenos_valores_rpv.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/462/lei_municipal_n_3.612.2024__-_altera_a_lei_municipal_n_3.442.2022_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/459/lei_municipal_3.613.2024_-_institui_a_semana_municipal_de_acoes_voltadas_a_lei_maria_da_penha_nas_escolas_de_ensino_fundamental_-_series_finais_e_de_medio_publicas_e_privadas..pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/581/lei_municipal_n_3.614.2024_altera_o_artigo_4o_da_lei_municipal_no_3.463_de_11_de_novembro_de_2022_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/582/lei_municipal_n_3615.2024.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/583/lei_municipal_n_3.616.2024_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/584/lei_municipal_n_3.617.2024_estabelece_denominacao_de_predio_publico_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/585/lei_municipal_n_3.618.2024_estabelece_denominacao_de_via_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/586/lei_municipal_n_3.619.2024_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_o_banco_do_brasil_s.a._e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/732/lei_municipal_n_3.620.2024_institui_no_calendario_oficial_de_eventos_do_municipio_de_belo_jardim_o_dia_municipal_do_reggae_night_fest1.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/790/lei_municipal_no_3.6222024_estabelece_denominacao_de_estabelecimento_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/791/lei_municipal_no_3.6232024_estabelece_a_denominacao_de_espaco_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/794/lei_municipal_no_3.6242024_estabelece_as_diretrizes_orcamentaria_para_o_exercicio_de_2025_e_da_outras_providencias_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/788/lei_municipal_n_3.6252024_da_nova_redacao_ao_caput_dos_artigos_3o_acrescentando_o__3o_e_revoga_o_art._4o_da_lei_3.4462022_que_dispoe_sobre_a_concessao_de_incentivo_financeiro_aos_atletas_e_equipes_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/834/lei_complementar_002.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/847/oficio_leis.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/879/lei_municipal__3.6362024_denomina_a_praca_na_vila_dr._fernando_dias_de_abreu_situada_no_bairro_airton_maciel_de_pedro_candido_da_silva.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2024/880/3.6372024_modifica_a_redacao_do_artigo_1o_da_lei_municipal_no_3.5352023_e_da_outras_providencias..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H413"/>
+  <dimension ref="A1:H428"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>875</v>
+        <v>1285</v>
       </c>
       <c r="B2">
         <v>2024</v>
       </c>
       <c r="C2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>302</v>
+        <v>1287</v>
       </c>
       <c r="B3">
         <v>2024</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>303</v>
+        <v>1289</v>
       </c>
       <c r="B4">
         <v>2024</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>304</v>
+        <v>1291</v>
       </c>
       <c r="B5">
         <v>2024</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>305</v>
+        <v>1295</v>
       </c>
       <c r="B6">
         <v>2024</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>306</v>
+        <v>1297</v>
       </c>
       <c r="B7">
         <v>2024</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>307</v>
+        <v>1300</v>
       </c>
       <c r="B8">
         <v>2024</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H8" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>308</v>
+        <v>1303</v>
       </c>
       <c r="B9">
         <v>2024</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="H9" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>309</v>
+        <v>1305</v>
       </c>
       <c r="B10">
         <v>2024</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H10" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>310</v>
+        <v>1309</v>
       </c>
       <c r="B11">
         <v>2024</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H11" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>311</v>
+        <v>1313</v>
       </c>
       <c r="B12">
         <v>2024</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H12" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>346</v>
+        <v>1315</v>
       </c>
       <c r="B13">
         <v>2024</v>
       </c>
       <c r="C13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
       <c r="E13" t="s">
         <v>9</v>
       </c>
       <c r="F13" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H13" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>347</v>
+        <v>1321</v>
       </c>
       <c r="B14">
         <v>2024</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14" t="s">
         <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H14" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>348</v>
+        <v>1318</v>
       </c>
       <c r="B15">
         <v>2024</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15" t="s">
         <v>9</v>
       </c>
       <c r="F15" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="H15" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>349</v>
+        <v>1324</v>
       </c>
       <c r="B16">
         <v>2024</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16" t="s">
         <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H16" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>350</v>
+        <v>817</v>
       </c>
       <c r="B17">
         <v>2024</v>
       </c>
       <c r="C17">
-        <v>15</v>
+        <v>1352</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>55</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="F17" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="H17" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>351</v>
+        <v>875</v>
       </c>
       <c r="B18">
         <v>2024</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H18" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>352</v>
+        <v>302</v>
       </c>
       <c r="B19">
         <v>2024</v>
       </c>
       <c r="C19">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F19" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="H19" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>353</v>
+        <v>303</v>
       </c>
       <c r="B20">
         <v>2024</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F20" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="H20" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>354</v>
+        <v>304</v>
       </c>
       <c r="B21">
         <v>2024</v>
       </c>
       <c r="C21">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="H21" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>355</v>
+        <v>305</v>
       </c>
       <c r="B22">
         <v>2024</v>
       </c>
       <c r="C22">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="D22" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E22" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="H22" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>356</v>
+        <v>306</v>
       </c>
       <c r="B23">
         <v>2024</v>
       </c>
       <c r="C23">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="D23" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E23" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="H23" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>357</v>
+        <v>307</v>
       </c>
       <c r="B24">
         <v>2024</v>
       </c>
       <c r="C24">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="D24" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E24" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F24" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="H24" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>358</v>
+        <v>308</v>
       </c>
       <c r="B25">
         <v>2024</v>
       </c>
       <c r="C25">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="D25" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E25" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="H25" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>359</v>
+        <v>309</v>
       </c>
       <c r="B26">
         <v>2024</v>
       </c>
       <c r="C26">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D26" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E26" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F26" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="H26" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>360</v>
+        <v>310</v>
       </c>
       <c r="B27">
         <v>2024</v>
       </c>
       <c r="C27">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E27" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="H27" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>361</v>
+        <v>311</v>
       </c>
       <c r="B28">
         <v>2024</v>
       </c>
       <c r="C28">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E28" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="H28" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="B29">
         <v>2024</v>
       </c>
       <c r="C29">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E29" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="H29" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>377</v>
+        <v>347</v>
       </c>
       <c r="B30">
         <v>2024</v>
       </c>
       <c r="C30">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D30" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E30" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="H30" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>378</v>
+        <v>348</v>
       </c>
       <c r="B31">
         <v>2024</v>
       </c>
       <c r="C31">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E31" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="H31" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>379</v>
+        <v>349</v>
       </c>
       <c r="B32">
         <v>2024</v>
       </c>
       <c r="C32">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="D32" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E32" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="H32" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>380</v>
+        <v>350</v>
       </c>
       <c r="B33">
         <v>2024</v>
       </c>
       <c r="C33">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E33" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="H33" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>386</v>
+        <v>351</v>
       </c>
       <c r="B34">
         <v>2024</v>
       </c>
       <c r="C34">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="D34" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E34" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F34" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="H34" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>387</v>
+        <v>352</v>
       </c>
       <c r="B35">
         <v>2024</v>
       </c>
       <c r="C35">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D35" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E35" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="H35" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>388</v>
+        <v>353</v>
       </c>
       <c r="B36">
         <v>2024</v>
       </c>
       <c r="C36">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E36" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="H36" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>389</v>
+        <v>354</v>
       </c>
       <c r="B37">
         <v>2024</v>
       </c>
       <c r="C37">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="D37" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E37" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F37" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="H37" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>390</v>
+        <v>355</v>
       </c>
       <c r="B38">
         <v>2024</v>
       </c>
       <c r="C38">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="D38" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E38" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F38" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="H38" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>391</v>
+        <v>356</v>
       </c>
       <c r="B39">
         <v>2024</v>
       </c>
       <c r="C39">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D39" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E39" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F39" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="H39" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>392</v>
+        <v>357</v>
       </c>
       <c r="B40">
         <v>2024</v>
       </c>
       <c r="C40">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E40" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F40" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="H40" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>393</v>
+        <v>358</v>
       </c>
       <c r="B41">
         <v>2024</v>
       </c>
       <c r="C41">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="D41" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E41" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F41" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="H41" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>399</v>
+        <v>359</v>
       </c>
       <c r="B42">
         <v>2024</v>
       </c>
       <c r="C42">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D42" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E42" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F42" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H42" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>397</v>
+        <v>360</v>
       </c>
       <c r="B43">
         <v>2024</v>
       </c>
       <c r="C43">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D43" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E43" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F43" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="H43" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>398</v>
+        <v>361</v>
       </c>
       <c r="B44">
         <v>2024</v>
       </c>
       <c r="C44">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D44" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E44" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F44" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="H44" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>400</v>
+        <v>362</v>
       </c>
       <c r="B45">
         <v>2024</v>
       </c>
       <c r="C45">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="D45" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E45" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F45" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="H45" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>423</v>
+        <v>377</v>
       </c>
       <c r="B46">
         <v>2024</v>
       </c>
       <c r="C46">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="D46" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E46" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="H46" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>425</v>
+        <v>378</v>
       </c>
       <c r="B47">
         <v>2024</v>
       </c>
       <c r="C47">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="D47" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E47" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F47" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="H47" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>426</v>
+        <v>379</v>
       </c>
       <c r="B48">
         <v>2024</v>
       </c>
       <c r="C48">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D48" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E48" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F48" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="H48" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>427</v>
+        <v>380</v>
       </c>
       <c r="B49">
         <v>2024</v>
       </c>
       <c r="C49">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="D49" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E49" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F49" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
       <c r="H49" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>452</v>
+        <v>386</v>
       </c>
       <c r="B50">
         <v>2024</v>
       </c>
       <c r="C50">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E50" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="H50" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>741</v>
+        <v>387</v>
       </c>
       <c r="B51">
         <v>2024</v>
       </c>
       <c r="C51">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D51" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E51" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="H51" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>543</v>
+        <v>388</v>
       </c>
       <c r="B52">
         <v>2024</v>
       </c>
       <c r="C52">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D52" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E52" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F52" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="H52" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>745</v>
+        <v>389</v>
       </c>
       <c r="B53">
         <v>2024</v>
       </c>
       <c r="C53">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="D53" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E53" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F53" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="H53" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>746</v>
+        <v>390</v>
       </c>
       <c r="B54">
         <v>2024</v>
       </c>
       <c r="C54">
+        <v>36</v>
+      </c>
+      <c r="D54" t="s">
+        <v>60</v>
+      </c>
+      <c r="E54" t="s">
+        <v>61</v>
+      </c>
+      <c r="F54" t="s">
         <v>52</v>
       </c>
-      <c r="D54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G54" s="1" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="H54" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>747</v>
+        <v>391</v>
       </c>
       <c r="B55">
         <v>2024</v>
       </c>
       <c r="C55">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="D55" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E55" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="H55" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>735</v>
+        <v>392</v>
       </c>
       <c r="B56">
         <v>2024</v>
       </c>
       <c r="C56">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D56" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E56" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F56" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="H56" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>751</v>
+        <v>393</v>
       </c>
       <c r="B57">
         <v>2024</v>
       </c>
       <c r="C57">
-        <v>55</v>
+        <v>39</v>
       </c>
       <c r="D57" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E57" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F57" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="H57" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>749</v>
+        <v>399</v>
       </c>
       <c r="B58">
         <v>2024</v>
       </c>
       <c r="C58">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D58" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E58" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F58" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="H58" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>753</v>
+        <v>397</v>
       </c>
       <c r="B59">
         <v>2024</v>
       </c>
       <c r="C59">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="D59" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E59" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F59" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="H59" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>767</v>
+        <v>398</v>
       </c>
       <c r="B60">
         <v>2024</v>
       </c>
       <c r="C60">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="D60" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E60" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F60" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="H60" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>826</v>
+        <v>400</v>
       </c>
       <c r="B61">
         <v>2024</v>
       </c>
       <c r="C61">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="D61" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E61" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F61" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="H61" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>822</v>
+        <v>423</v>
       </c>
       <c r="B62">
         <v>2024</v>
       </c>
       <c r="C62">
+        <v>44</v>
+      </c>
+      <c r="D62" t="s">
+        <v>60</v>
+      </c>
+      <c r="E62" t="s">
         <v>61</v>
       </c>
-      <c r="D62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="H62" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>827</v>
+        <v>425</v>
       </c>
       <c r="B63">
         <v>2024</v>
       </c>
       <c r="C63">
-        <v>62</v>
+        <v>45</v>
       </c>
       <c r="D63" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E63" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F63" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="H63" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>828</v>
+        <v>426</v>
       </c>
       <c r="B64">
         <v>2024</v>
       </c>
       <c r="C64">
-        <v>63</v>
+        <v>46</v>
       </c>
       <c r="D64" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E64" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F64" t="s">
-        <v>143</v>
+        <v>57</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="H64" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>829</v>
+        <v>427</v>
       </c>
       <c r="B65">
         <v>2024</v>
       </c>
       <c r="C65">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E65" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F65" t="s">
-        <v>146</v>
+        <v>22</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="H65" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>830</v>
+        <v>452</v>
       </c>
       <c r="B66">
         <v>2024</v>
       </c>
       <c r="C66">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D66" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E66" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F66" t="s">
-        <v>146</v>
+        <v>57</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="H66" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>836</v>
+        <v>741</v>
       </c>
       <c r="B67">
         <v>2024</v>
       </c>
       <c r="C67">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="D67" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E67" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F67" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="H67" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>837</v>
+        <v>543</v>
       </c>
       <c r="B68">
         <v>2024</v>
       </c>
       <c r="C68">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="D68" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E68" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F68" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="H68" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>838</v>
+        <v>745</v>
       </c>
       <c r="B69">
         <v>2024</v>
       </c>
       <c r="C69">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="D69" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E69" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="H69" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>863</v>
+        <v>746</v>
       </c>
       <c r="B70">
         <v>2024</v>
       </c>
       <c r="C70">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="D70" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E70" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F70" t="s">
-        <v>157</v>
+        <v>22</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="H70" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>871</v>
+        <v>747</v>
       </c>
       <c r="B71">
         <v>2024</v>
       </c>
       <c r="C71">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="D71" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E71" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F71" t="s">
-        <v>160</v>
+        <v>52</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H71" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>876</v>
+        <v>735</v>
       </c>
       <c r="B72">
         <v>2024</v>
       </c>
       <c r="C72">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="D72" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E72" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="H72" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>877</v>
+        <v>751</v>
       </c>
       <c r="B73">
         <v>2024</v>
       </c>
       <c r="C73">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="D73" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E73" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F73" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="H73" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>881</v>
+        <v>749</v>
       </c>
       <c r="B74">
         <v>2024</v>
       </c>
       <c r="C74">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="D74" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E74" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F74" t="s">
-        <v>167</v>
+        <v>57</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H74" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>883</v>
+        <v>753</v>
       </c>
       <c r="B75">
         <v>2024</v>
       </c>
       <c r="C75">
-        <v>74</v>
+        <v>57</v>
       </c>
       <c r="D75" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E75" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F75" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="H75" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>885</v>
+        <v>767</v>
       </c>
       <c r="B76">
         <v>2024</v>
       </c>
       <c r="C76">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="D76" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E76" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F76" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="H76" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>809</v>
+        <v>826</v>
       </c>
       <c r="B77">
         <v>2024</v>
       </c>
       <c r="C77">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="D77" t="s">
-        <v>174</v>
+        <v>60</v>
       </c>
       <c r="E77" t="s">
-        <v>175</v>
+        <v>61</v>
       </c>
       <c r="F77" t="s">
-        <v>160</v>
+        <v>57</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H77" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>736</v>
+        <v>822</v>
       </c>
       <c r="B78">
         <v>2024</v>
       </c>
       <c r="C78">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="D78" t="s">
-        <v>174</v>
+        <v>60</v>
       </c>
       <c r="E78" t="s">
-        <v>175</v>
+        <v>61</v>
       </c>
       <c r="F78" t="s">
-        <v>160</v>
+        <v>57</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H78" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>808</v>
+        <v>827</v>
       </c>
       <c r="B79">
         <v>2024</v>
       </c>
       <c r="C79">
-        <v>3</v>
+        <v>62</v>
       </c>
       <c r="D79" t="s">
-        <v>174</v>
+        <v>60</v>
       </c>
       <c r="E79" t="s">
-        <v>175</v>
+        <v>61</v>
       </c>
       <c r="F79" t="s">
-        <v>160</v>
+        <v>182</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="H79" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>428</v>
+        <v>828</v>
       </c>
       <c r="B80">
         <v>2024</v>
       </c>
       <c r="C80">
-        <v>1</v>
+        <v>63</v>
       </c>
       <c r="D80" t="s">
-        <v>182</v>
+        <v>60</v>
       </c>
       <c r="E80" t="s">
-        <v>183</v>
+        <v>61</v>
       </c>
       <c r="F80" t="s">
-        <v>29</v>
+        <v>185</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H80" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>312</v>
+        <v>829</v>
       </c>
       <c r="B81">
         <v>2024</v>
       </c>
       <c r="C81">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="D81" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E81" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F81" t="s">
         <v>188</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H81" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>313</v>
+        <v>830</v>
       </c>
       <c r="B82">
         <v>2024</v>
       </c>
       <c r="C82">
-        <v>2</v>
+        <v>65</v>
       </c>
       <c r="D82" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E82" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F82" t="s">
-        <v>88</v>
+        <v>188</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>191</v>
       </c>
       <c r="H82" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>314</v>
+        <v>836</v>
       </c>
       <c r="B83">
         <v>2024</v>
       </c>
       <c r="C83">
-        <v>3</v>
+        <v>66</v>
       </c>
       <c r="D83" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E83" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F83" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H83" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>315</v>
+        <v>837</v>
       </c>
       <c r="B84">
         <v>2024</v>
       </c>
       <c r="C84">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="D84" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E84" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F84" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H84" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>316</v>
+        <v>838</v>
       </c>
       <c r="B85">
         <v>2024</v>
       </c>
       <c r="C85">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="D85" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E85" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F85" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H85" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>317</v>
+        <v>863</v>
       </c>
       <c r="B86">
         <v>2024</v>
       </c>
       <c r="C86">
-        <v>6</v>
+        <v>69</v>
       </c>
       <c r="D86" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E86" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F86" t="s">
         <v>199</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H86" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>318</v>
+        <v>871</v>
       </c>
       <c r="B87">
         <v>2024</v>
       </c>
       <c r="C87">
-        <v>8</v>
+        <v>70</v>
       </c>
       <c r="D87" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E87" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F87" t="s">
         <v>202</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H87" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>327</v>
+        <v>876</v>
       </c>
       <c r="B88">
         <v>2024</v>
       </c>
       <c r="C88">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D88" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E88" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F88" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>205</v>
       </c>
       <c r="H88" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>328</v>
+        <v>877</v>
       </c>
       <c r="B89">
         <v>2024</v>
       </c>
       <c r="C89">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="D89" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E89" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F89" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H89" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>329</v>
+        <v>881</v>
       </c>
       <c r="B90">
         <v>2024</v>
       </c>
       <c r="C90">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="D90" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E90" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F90" t="s">
-        <v>81</v>
+        <v>209</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H90" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>330</v>
+        <v>883</v>
       </c>
       <c r="B91">
         <v>2024</v>
       </c>
       <c r="C91">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="D91" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E91" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F91" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H91" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>331</v>
+        <v>885</v>
       </c>
       <c r="B92">
         <v>2024</v>
       </c>
       <c r="C92">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D92" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="E92" t="s">
-        <v>187</v>
+        <v>61</v>
       </c>
       <c r="F92" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H92" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>332</v>
+        <v>809</v>
       </c>
       <c r="B93">
         <v>2024</v>
       </c>
       <c r="C93">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D93" t="s">
-        <v>186</v>
+        <v>216</v>
       </c>
       <c r="E93" t="s">
-        <v>187</v>
+        <v>217</v>
       </c>
       <c r="F93" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H93" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>333</v>
+        <v>736</v>
       </c>
       <c r="B94">
         <v>2024</v>
       </c>
       <c r="C94">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="D94" t="s">
-        <v>186</v>
+        <v>216</v>
       </c>
       <c r="E94" t="s">
-        <v>187</v>
+        <v>217</v>
       </c>
       <c r="F94" t="s">
         <v>202</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="H94" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>335</v>
+        <v>808</v>
       </c>
       <c r="B95">
         <v>2024</v>
       </c>
       <c r="C95">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D95" t="s">
-        <v>186</v>
+        <v>216</v>
       </c>
       <c r="E95" t="s">
-        <v>187</v>
+        <v>217</v>
       </c>
       <c r="F95" t="s">
-        <v>25</v>
+        <v>202</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H95" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>334</v>
+        <v>428</v>
       </c>
       <c r="B96">
         <v>2024</v>
       </c>
       <c r="C96">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="D96" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="E96" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="F96" t="s">
-        <v>188</v>
+        <v>22</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="H96" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>336</v>
+        <v>312</v>
       </c>
       <c r="B97">
         <v>2024</v>
       </c>
       <c r="C97">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="D97" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E97" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F97" t="s">
-        <v>188</v>
+        <v>43</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="H97" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>337</v>
+        <v>313</v>
       </c>
       <c r="B98">
         <v>2024</v>
       </c>
       <c r="C98">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D98" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E98" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F98" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="H98" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>338</v>
+        <v>314</v>
       </c>
       <c r="B99">
         <v>2024</v>
       </c>
       <c r="C99">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="D99" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E99" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F99" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="H99" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>339</v>
+        <v>315</v>
       </c>
       <c r="B100">
         <v>2024</v>
       </c>
       <c r="C100">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="D100" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E100" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F100" t="s">
-        <v>230</v>
+        <v>19</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="H100" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>340</v>
+        <v>316</v>
       </c>
       <c r="B101">
         <v>2024</v>
       </c>
       <c r="C101">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="D101" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E101" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F101" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H101" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>341</v>
+        <v>317</v>
       </c>
       <c r="B102">
         <v>2024</v>
       </c>
       <c r="C102">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="D102" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E102" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F102" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H102" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>342</v>
+        <v>318</v>
       </c>
       <c r="B103">
         <v>2024</v>
       </c>
       <c r="C103">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D103" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E103" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F103" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="H103" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>343</v>
+        <v>327</v>
       </c>
       <c r="B104">
         <v>2024</v>
       </c>
       <c r="C104">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D104" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E104" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F104" t="s">
-        <v>230</v>
+        <v>43</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H104" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="B105">
         <v>2024</v>
       </c>
       <c r="C105">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E105" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F105" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H105" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>345</v>
+        <v>329</v>
       </c>
       <c r="B106">
         <v>2024</v>
       </c>
       <c r="C106">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="D106" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E106" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F106" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H106" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>363</v>
+        <v>330</v>
       </c>
       <c r="B107">
         <v>2024</v>
       </c>
       <c r="C107">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D107" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E107" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F107" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="H107" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>364</v>
+        <v>331</v>
       </c>
       <c r="B108">
         <v>2024</v>
       </c>
       <c r="C108">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D108" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E108" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F108" t="s">
-        <v>230</v>
+        <v>52</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="H108" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>365</v>
+        <v>332</v>
       </c>
       <c r="B109">
         <v>2024</v>
       </c>
       <c r="C109">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="D109" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E109" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F109" t="s">
-        <v>188</v>
+        <v>16</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H109" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>366</v>
+        <v>333</v>
       </c>
       <c r="B110">
         <v>2024</v>
       </c>
       <c r="C110">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="D110" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E110" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F110" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="H110" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>367</v>
+        <v>335</v>
       </c>
       <c r="B111">
         <v>2024</v>
       </c>
       <c r="C111">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D111" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E111" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F111" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H111" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>368</v>
+        <v>334</v>
       </c>
       <c r="B112">
         <v>2024</v>
       </c>
       <c r="C112">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D112" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E112" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F112" t="s">
-        <v>199</v>
+        <v>43</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H112" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>369</v>
+        <v>336</v>
       </c>
       <c r="B113">
         <v>2024</v>
       </c>
       <c r="C113">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E113" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F113" t="s">
-        <v>199</v>
+        <v>43</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="H113" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>370</v>
+        <v>337</v>
       </c>
       <c r="B114">
         <v>2024</v>
       </c>
       <c r="C114">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="D114" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E114" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F114" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H114" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>371</v>
+        <v>338</v>
       </c>
       <c r="B115">
         <v>2024</v>
       </c>
       <c r="C115">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D115" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E115" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F115" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H115" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>372</v>
+        <v>339</v>
       </c>
       <c r="B116">
         <v>2024</v>
       </c>
       <c r="C116">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="D116" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E116" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F116" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H116" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>373</v>
+        <v>340</v>
       </c>
       <c r="B117">
         <v>2024</v>
       </c>
       <c r="C117">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="D117" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E117" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F117" t="s">
-        <v>230</v>
+        <v>52</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H117" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>374</v>
+        <v>341</v>
       </c>
       <c r="B118">
         <v>2024</v>
       </c>
       <c r="C118">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D118" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E118" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F118" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H118" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>375</v>
+        <v>342</v>
       </c>
       <c r="B119">
         <v>2024</v>
       </c>
       <c r="C119">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="D119" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E119" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F119" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H119" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>376</v>
+        <v>343</v>
       </c>
       <c r="B120">
         <v>2024</v>
       </c>
       <c r="C120">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D120" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E120" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F120" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="H120" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>381</v>
+        <v>344</v>
       </c>
       <c r="B121">
         <v>2024</v>
       </c>
       <c r="C121">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="D121" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E121" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F121" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="H121" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>382</v>
+        <v>345</v>
       </c>
       <c r="B122">
         <v>2024</v>
       </c>
       <c r="C122">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="D122" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E122" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F122" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H122" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>383</v>
+        <v>363</v>
       </c>
       <c r="B123">
         <v>2024</v>
       </c>
       <c r="C123">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="D123" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E123" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F123" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="H123" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>384</v>
+        <v>364</v>
       </c>
       <c r="B124">
         <v>2024</v>
       </c>
       <c r="C124">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="D124" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E124" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F124" t="s">
-        <v>230</v>
+        <v>34</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="H124" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>385</v>
+        <v>365</v>
       </c>
       <c r="B125">
         <v>2024</v>
       </c>
       <c r="C125">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="D125" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E125" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F125" t="s">
-        <v>230</v>
+        <v>43</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="H125" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>394</v>
+        <v>366</v>
       </c>
       <c r="B126">
         <v>2024</v>
       </c>
       <c r="C126">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D126" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E126" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F126" t="s">
-        <v>215</v>
+        <v>37</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="H126" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>395</v>
+        <v>367</v>
       </c>
       <c r="B127">
         <v>2024</v>
       </c>
       <c r="C127">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="D127" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E127" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F127" t="s">
-        <v>215</v>
+        <v>37</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="H127" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>396</v>
+        <v>368</v>
       </c>
       <c r="B128">
         <v>2024</v>
       </c>
       <c r="C128">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D128" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E128" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F128" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="H128" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>413</v>
+        <v>369</v>
       </c>
       <c r="B129">
         <v>2024</v>
       </c>
       <c r="C129">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="D129" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E129" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F129" t="s">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="H129" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>415</v>
+        <v>370</v>
       </c>
       <c r="B130">
         <v>2024</v>
       </c>
       <c r="C130">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="D130" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E130" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F130" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="H130" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>416</v>
+        <v>371</v>
       </c>
       <c r="B131">
         <v>2024</v>
       </c>
       <c r="C131">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="D131" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E131" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F131" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="H131" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>417</v>
+        <v>372</v>
       </c>
       <c r="B132">
         <v>2024</v>
       </c>
       <c r="C132">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="D132" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E132" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F132" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="H132" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>418</v>
+        <v>373</v>
       </c>
       <c r="B133">
         <v>2024</v>
       </c>
       <c r="C133">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D133" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E133" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F133" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="H133" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>759</v>
+        <v>374</v>
       </c>
       <c r="B134">
         <v>2024</v>
       </c>
       <c r="C134">
-        <v>67</v>
+        <v>40</v>
       </c>
       <c r="D134" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="E134" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="F134" t="s">
-        <v>199</v>
+        <v>52</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="H134" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>817</v>
+        <v>375</v>
       </c>
       <c r="B135">
         <v>2024</v>
       </c>
       <c r="C135">
-        <v>1352</v>
+        <v>41</v>
       </c>
       <c r="D135" t="s">
-        <v>301</v>
+        <v>228</v>
       </c>
       <c r="E135" t="s">
-        <v>302</v>
+        <v>229</v>
       </c>
       <c r="F135" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="H135" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>1077</v>
+        <v>376</v>
       </c>
       <c r="B136">
         <v>2024</v>
       </c>
       <c r="C136">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="D136" t="s">
-        <v>305</v>
+        <v>228</v>
       </c>
       <c r="E136" t="s">
-        <v>306</v>
+        <v>229</v>
       </c>
       <c r="F136" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H136" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>1078</v>
+        <v>381</v>
       </c>
       <c r="B137">
         <v>2024</v>
       </c>
       <c r="C137">
-        <v>2</v>
+        <v>44</v>
       </c>
       <c r="D137" t="s">
-        <v>305</v>
+        <v>228</v>
       </c>
       <c r="E137" t="s">
-        <v>306</v>
+        <v>229</v>
       </c>
       <c r="F137" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H137" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>1079</v>
+        <v>382</v>
       </c>
       <c r="B138">
         <v>2024</v>
       </c>
       <c r="C138">
-        <v>3</v>
+        <v>45</v>
       </c>
       <c r="D138" t="s">
-        <v>305</v>
+        <v>228</v>
       </c>
       <c r="E138" t="s">
-        <v>306</v>
+        <v>229</v>
       </c>
       <c r="F138" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H138" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>878</v>
+        <v>383</v>
       </c>
       <c r="B139">
         <v>2024</v>
       </c>
       <c r="C139">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="D139" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E139" t="s">
+        <v>229</v>
+      </c>
+      <c r="F139" t="s">
+        <v>19</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="F139" t="s">
-[...2 lines deleted...]
-      <c r="G139" s="1" t="s">
+      <c r="H139" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="B140">
         <v>2024</v>
       </c>
       <c r="C140">
-        <v>1</v>
+        <v>47</v>
       </c>
       <c r="D140" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E140" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F140" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G140" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H140" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>835</v>
+        <v>385</v>
       </c>
       <c r="B141">
         <v>2024</v>
       </c>
       <c r="C141">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="D141" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E141" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F141" t="s">
+        <v>34</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H141" t="s">
         <v>319</v>
-      </c>
-[...4 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>768</v>
+        <v>394</v>
       </c>
       <c r="B142">
         <v>2024</v>
       </c>
       <c r="C142">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D142" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E142" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F142" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="H142" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="B143">
         <v>2024</v>
       </c>
       <c r="C143">
-        <v>202</v>
+        <v>50</v>
       </c>
       <c r="D143" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E143" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F143" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="H143" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="B144">
         <v>2024</v>
       </c>
       <c r="C144">
-        <v>203</v>
+        <v>51</v>
       </c>
       <c r="D144" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E144" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F144" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="H144" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="B145">
         <v>2024</v>
       </c>
       <c r="C145">
-        <v>204</v>
+        <v>52</v>
       </c>
       <c r="D145" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E145" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F145" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="H145" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="B146">
         <v>2024</v>
       </c>
       <c r="C146">
-        <v>205</v>
+        <v>53</v>
       </c>
       <c r="D146" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E146" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F146" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="H146" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="B147">
         <v>2024</v>
       </c>
       <c r="C147">
-        <v>206</v>
+        <v>54</v>
       </c>
       <c r="D147" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E147" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F147" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="H147" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="B148">
         <v>2024</v>
       </c>
       <c r="C148">
-        <v>207</v>
+        <v>55</v>
       </c>
       <c r="D148" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E148" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F148" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>23</v>
+        <v>332</v>
       </c>
       <c r="H148" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="B149">
         <v>2024</v>
       </c>
       <c r="C149">
-        <v>208</v>
+        <v>56</v>
       </c>
       <c r="D149" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E149" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F149" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G149" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="H149" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>414</v>
+        <v>759</v>
       </c>
       <c r="B150">
         <v>2024</v>
       </c>
       <c r="C150">
-        <v>209</v>
+        <v>67</v>
       </c>
       <c r="D150" t="s">
-        <v>313</v>
+        <v>228</v>
       </c>
       <c r="E150" t="s">
-        <v>314</v>
+        <v>229</v>
       </c>
       <c r="F150" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G150" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H150" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>737</v>
+        <v>501</v>
       </c>
       <c r="B151">
         <v>2024</v>
       </c>
       <c r="C151">
-        <v>597</v>
+        <v>1</v>
       </c>
       <c r="D151" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E151" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F151" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H151" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>419</v>
+        <v>502</v>
       </c>
       <c r="B152">
         <v>2024</v>
       </c>
       <c r="C152">
-        <v>693</v>
+        <v>2</v>
       </c>
       <c r="D152" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E152" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F152" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H152" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>420</v>
+        <v>503</v>
       </c>
       <c r="B153">
         <v>2024</v>
       </c>
       <c r="C153">
-        <v>698</v>
+        <v>3</v>
       </c>
       <c r="D153" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E153" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F153" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H153" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>421</v>
+        <v>504</v>
       </c>
       <c r="B154">
         <v>2024</v>
       </c>
       <c r="C154">
-        <v>699</v>
+        <v>4</v>
       </c>
       <c r="D154" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E154" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F154" t="s">
-        <v>160</v>
+        <v>37</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="H154" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>422</v>
+        <v>505</v>
       </c>
       <c r="B155">
         <v>2024</v>
       </c>
       <c r="C155">
-        <v>700</v>
+        <v>5</v>
       </c>
       <c r="D155" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E155" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F155" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H155" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>544</v>
+        <v>506</v>
       </c>
       <c r="B156">
         <v>2024</v>
       </c>
       <c r="C156">
-        <v>701</v>
+        <v>6</v>
       </c>
       <c r="D156" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E156" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F156" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H156" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>580</v>
+        <v>507</v>
       </c>
       <c r="B157">
         <v>2024</v>
       </c>
       <c r="C157">
-        <v>702</v>
+        <v>7</v>
       </c>
       <c r="D157" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E157" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F157" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="H157" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>605</v>
+        <v>508</v>
       </c>
       <c r="B158">
         <v>2024</v>
       </c>
       <c r="C158">
-        <v>703</v>
+        <v>8</v>
       </c>
       <c r="D158" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E158" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F158" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H158" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>606</v>
+        <v>509</v>
       </c>
       <c r="B159">
         <v>2024</v>
       </c>
       <c r="C159">
-        <v>704</v>
+        <v>9</v>
       </c>
       <c r="D159" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E159" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F159" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H159" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>634</v>
+        <v>510</v>
       </c>
       <c r="B160">
         <v>2024</v>
       </c>
       <c r="C160">
-        <v>705</v>
+        <v>10</v>
       </c>
       <c r="D160" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E160" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F160" t="s">
-        <v>356</v>
+        <v>31</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H160" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>635</v>
+        <v>431</v>
       </c>
       <c r="B161">
         <v>2024</v>
       </c>
       <c r="C161">
-        <v>706</v>
+        <v>11</v>
       </c>
       <c r="D161" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E161" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F161" t="s">
-        <v>319</v>
+        <v>34</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H161" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>639</v>
+        <v>498</v>
       </c>
       <c r="B162">
         <v>2024</v>
       </c>
       <c r="C162">
-        <v>707</v>
+        <v>12</v>
       </c>
       <c r="D162" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E162" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F162" t="s">
-        <v>361</v>
+        <v>49</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>362</v>
       </c>
       <c r="H162" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>706</v>
+        <v>499</v>
       </c>
       <c r="B163">
         <v>2024</v>
       </c>
       <c r="C163">
-        <v>708</v>
+        <v>13</v>
       </c>
       <c r="D163" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E163" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F163" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>364</v>
       </c>
       <c r="H163" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>707</v>
+        <v>500</v>
       </c>
       <c r="B164">
         <v>2024</v>
       </c>
       <c r="C164">
-        <v>709</v>
+        <v>14</v>
       </c>
       <c r="D164" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E164" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F164" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>366</v>
       </c>
       <c r="H164" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>708</v>
+        <v>492</v>
       </c>
       <c r="B165">
         <v>2024</v>
       </c>
       <c r="C165">
-        <v>710</v>
+        <v>15</v>
       </c>
       <c r="D165" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E165" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F165" t="s">
         <v>10</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>368</v>
       </c>
       <c r="H165" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>709</v>
+        <v>493</v>
       </c>
       <c r="B166">
         <v>2024</v>
       </c>
       <c r="C166">
-        <v>711</v>
+        <v>16</v>
       </c>
       <c r="D166" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E166" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F166" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H166" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>713</v>
+        <v>494</v>
       </c>
       <c r="B167">
         <v>2024</v>
       </c>
       <c r="C167">
-        <v>712</v>
+        <v>17</v>
       </c>
       <c r="D167" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E167" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F167" t="s">
-        <v>319</v>
+        <v>25</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>372</v>
       </c>
       <c r="H167" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>725</v>
+        <v>495</v>
       </c>
       <c r="B168">
         <v>2024</v>
       </c>
       <c r="C168">
-        <v>713</v>
+        <v>18</v>
       </c>
       <c r="D168" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E168" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F168" t="s">
-        <v>319</v>
+        <v>40</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>374</v>
       </c>
       <c r="H168" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>726</v>
+        <v>496</v>
       </c>
       <c r="B169">
         <v>2024</v>
       </c>
       <c r="C169">
-        <v>714</v>
+        <v>20</v>
       </c>
       <c r="D169" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E169" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F169" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>376</v>
       </c>
       <c r="H169" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>727</v>
+        <v>497</v>
       </c>
       <c r="B170">
         <v>2024</v>
       </c>
       <c r="C170">
-        <v>715</v>
+        <v>21</v>
       </c>
       <c r="D170" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E170" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F170" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H170" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>728</v>
+        <v>484</v>
       </c>
       <c r="B171">
         <v>2024</v>
       </c>
       <c r="C171">
-        <v>716</v>
+        <v>22</v>
       </c>
       <c r="D171" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E171" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F171" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>380</v>
       </c>
       <c r="H171" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>729</v>
+        <v>485</v>
       </c>
       <c r="B172">
         <v>2024</v>
       </c>
       <c r="C172">
-        <v>717</v>
+        <v>23</v>
       </c>
       <c r="D172" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E172" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F172" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>382</v>
       </c>
       <c r="H172" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>730</v>
+        <v>486</v>
       </c>
       <c r="B173">
         <v>2024</v>
       </c>
       <c r="C173">
-        <v>718</v>
+        <v>24</v>
       </c>
       <c r="D173" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E173" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F173" t="s">
-        <v>160</v>
+        <v>37</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>23</v>
+        <v>384</v>
       </c>
       <c r="H173" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>731</v>
+        <v>487</v>
       </c>
       <c r="B174">
         <v>2024</v>
       </c>
       <c r="C174">
-        <v>719</v>
+        <v>25</v>
       </c>
       <c r="D174" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E174" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F174" t="s">
-        <v>319</v>
+        <v>22</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>23</v>
+        <v>386</v>
       </c>
       <c r="H174" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>733</v>
+        <v>488</v>
       </c>
       <c r="B175">
         <v>2024</v>
       </c>
       <c r="C175">
-        <v>720</v>
+        <v>26</v>
       </c>
       <c r="D175" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E175" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F175" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H175" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>734</v>
+        <v>489</v>
       </c>
       <c r="B176">
         <v>2024</v>
       </c>
       <c r="C176">
-        <v>721</v>
+        <v>27</v>
       </c>
       <c r="D176" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E176" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F176" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H176" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>738</v>
+        <v>490</v>
       </c>
       <c r="B177">
         <v>2024</v>
       </c>
       <c r="C177">
-        <v>976</v>
+        <v>28</v>
       </c>
       <c r="D177" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E177" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F177" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H177" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>739</v>
+        <v>491</v>
       </c>
       <c r="B178">
         <v>2024</v>
       </c>
       <c r="C178">
-        <v>977</v>
+        <v>29</v>
       </c>
       <c r="D178" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E178" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F178" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="H178" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>742</v>
+        <v>478</v>
       </c>
       <c r="B179">
         <v>2024</v>
       </c>
       <c r="C179">
-        <v>978</v>
+        <v>30</v>
       </c>
       <c r="D179" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E179" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F179" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H179" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>743</v>
+        <v>479</v>
       </c>
       <c r="B180">
         <v>2024</v>
       </c>
       <c r="C180">
-        <v>979</v>
+        <v>31</v>
       </c>
       <c r="D180" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E180" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F180" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H180" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>744</v>
+        <v>480</v>
       </c>
       <c r="B181">
         <v>2024</v>
       </c>
       <c r="C181">
-        <v>980</v>
+        <v>32</v>
       </c>
       <c r="D181" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E181" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F181" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H181" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>748</v>
+        <v>481</v>
       </c>
       <c r="B182">
         <v>2024</v>
       </c>
       <c r="C182">
-        <v>981</v>
+        <v>33</v>
       </c>
       <c r="D182" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E182" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F182" t="s">
-        <v>319</v>
+        <v>34</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H182" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>750</v>
+        <v>476</v>
       </c>
       <c r="B183">
         <v>2024</v>
       </c>
       <c r="C183">
-        <v>982</v>
+        <v>34</v>
       </c>
       <c r="D183" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E183" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F183" t="s">
-        <v>319</v>
+        <v>19</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="H183" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>752</v>
+        <v>482</v>
       </c>
       <c r="B184">
         <v>2024</v>
       </c>
       <c r="C184">
-        <v>983</v>
+        <v>35</v>
       </c>
       <c r="D184" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E184" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F184" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H184" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>754</v>
+        <v>483</v>
       </c>
       <c r="B185">
         <v>2024</v>
       </c>
       <c r="C185">
-        <v>984</v>
+        <v>36</v>
       </c>
       <c r="D185" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E185" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F185" t="s">
-        <v>319</v>
+        <v>43</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H185" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>755</v>
+        <v>477</v>
       </c>
       <c r="B186">
         <v>2024</v>
       </c>
       <c r="C186">
-        <v>985</v>
+        <v>37</v>
       </c>
       <c r="D186" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E186" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F186" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="H186" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>756</v>
+        <v>466</v>
       </c>
       <c r="B187">
         <v>2024</v>
       </c>
       <c r="C187">
-        <v>986</v>
+        <v>38</v>
       </c>
       <c r="D187" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E187" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F187" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="H187" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>757</v>
+        <v>467</v>
       </c>
       <c r="B188">
         <v>2024</v>
       </c>
       <c r="C188">
-        <v>987</v>
+        <v>39</v>
       </c>
       <c r="D188" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E188" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F188" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H188" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>758</v>
+        <v>468</v>
       </c>
       <c r="B189">
         <v>2024</v>
       </c>
       <c r="C189">
-        <v>988</v>
+        <v>40</v>
       </c>
       <c r="D189" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E189" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F189" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="H189" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>760</v>
+        <v>469</v>
       </c>
       <c r="B190">
         <v>2024</v>
       </c>
       <c r="C190">
-        <v>989</v>
+        <v>41</v>
       </c>
       <c r="D190" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E190" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F190" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="H190" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>761</v>
+        <v>470</v>
       </c>
       <c r="B191">
         <v>2024</v>
       </c>
       <c r="C191">
-        <v>990</v>
+        <v>42</v>
       </c>
       <c r="D191" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E191" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F191" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="H191" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>762</v>
+        <v>471</v>
       </c>
       <c r="B192">
         <v>2024</v>
       </c>
       <c r="C192">
-        <v>991</v>
+        <v>43</v>
       </c>
       <c r="D192" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E192" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F192" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="H192" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>763</v>
+        <v>472</v>
       </c>
       <c r="B193">
         <v>2024</v>
       </c>
       <c r="C193">
-        <v>992</v>
+        <v>44</v>
       </c>
       <c r="D193" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E193" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F193" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="H193" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>764</v>
+        <v>473</v>
       </c>
       <c r="B194">
         <v>2024</v>
       </c>
       <c r="C194">
-        <v>993</v>
+        <v>45</v>
       </c>
       <c r="D194" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E194" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F194" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="H194" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>765</v>
+        <v>474</v>
       </c>
       <c r="B195">
         <v>2024</v>
       </c>
       <c r="C195">
-        <v>994</v>
+        <v>46</v>
       </c>
       <c r="D195" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E195" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F195" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="H195" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>766</v>
+        <v>475</v>
       </c>
       <c r="B196">
         <v>2024</v>
       </c>
       <c r="C196">
-        <v>995</v>
+        <v>47</v>
       </c>
       <c r="D196" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E196" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F196" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="H196" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>769</v>
+        <v>454</v>
       </c>
       <c r="B197">
         <v>2024</v>
       </c>
       <c r="C197">
-        <v>996</v>
+        <v>48</v>
       </c>
       <c r="D197" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E197" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F197" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H197" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>770</v>
+        <v>455</v>
       </c>
       <c r="B198">
         <v>2024</v>
       </c>
       <c r="C198">
-        <v>997</v>
+        <v>49</v>
       </c>
       <c r="D198" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E198" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F198" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="H198" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>771</v>
+        <v>456</v>
       </c>
       <c r="B199">
         <v>2024</v>
       </c>
       <c r="C199">
-        <v>998</v>
+        <v>50</v>
       </c>
       <c r="D199" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E199" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F199" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="H199" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>772</v>
+        <v>457</v>
       </c>
       <c r="B200">
         <v>2024</v>
       </c>
       <c r="C200">
-        <v>999</v>
+        <v>51</v>
       </c>
       <c r="D200" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E200" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F200" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H200" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>773</v>
+        <v>458</v>
       </c>
       <c r="B201">
         <v>2024</v>
       </c>
       <c r="C201">
-        <v>1000</v>
+        <v>52</v>
       </c>
       <c r="D201" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E201" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F201" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="H201" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>774</v>
+        <v>460</v>
       </c>
       <c r="B202">
         <v>2024</v>
       </c>
       <c r="C202">
-        <v>1001</v>
+        <v>53</v>
       </c>
       <c r="D202" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E202" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F202" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H202" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>775</v>
+        <v>461</v>
       </c>
       <c r="B203">
         <v>2024</v>
       </c>
       <c r="C203">
-        <v>1002</v>
+        <v>54</v>
       </c>
       <c r="D203" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E203" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F203" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="H203" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>776</v>
+        <v>463</v>
       </c>
       <c r="B204">
         <v>2024</v>
       </c>
       <c r="C204">
-        <v>1003</v>
+        <v>55</v>
       </c>
       <c r="D204" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E204" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F204" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H204" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>777</v>
+        <v>464</v>
       </c>
       <c r="B205">
         <v>2024</v>
       </c>
       <c r="C205">
-        <v>1004</v>
+        <v>56</v>
       </c>
       <c r="D205" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E205" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F205" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="H205" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>778</v>
+        <v>465</v>
       </c>
       <c r="B206">
         <v>2024</v>
       </c>
       <c r="C206">
-        <v>1005</v>
+        <v>57</v>
       </c>
       <c r="D206" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E206" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F206" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="H206" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>779</v>
+        <v>449</v>
       </c>
       <c r="B207">
         <v>2024</v>
       </c>
       <c r="C207">
-        <v>1006</v>
+        <v>58</v>
       </c>
       <c r="D207" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E207" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F207" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="H207" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>780</v>
+        <v>450</v>
       </c>
       <c r="B208">
         <v>2024</v>
       </c>
       <c r="C208">
-        <v>1007</v>
+        <v>59</v>
       </c>
       <c r="D208" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E208" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F208" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="H208" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>781</v>
+        <v>451</v>
       </c>
       <c r="B209">
         <v>2024</v>
       </c>
       <c r="C209">
-        <v>1008</v>
+        <v>60</v>
       </c>
       <c r="D209" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E209" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F209" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="H209" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>782</v>
+        <v>453</v>
       </c>
       <c r="B210">
         <v>2024</v>
       </c>
       <c r="C210">
-        <v>1009</v>
+        <v>61</v>
       </c>
       <c r="D210" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E210" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F210" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="H210" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>783</v>
+        <v>441</v>
       </c>
       <c r="B211">
         <v>2024</v>
       </c>
       <c r="C211">
-        <v>1010</v>
+        <v>62</v>
       </c>
       <c r="D211" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E211" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F211" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="H211" t="s">
-        <v>399</v>
+        <v>461</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>784</v>
+        <v>442</v>
       </c>
       <c r="B212">
         <v>2024</v>
       </c>
       <c r="C212">
-        <v>1011</v>
+        <v>63</v>
       </c>
       <c r="D212" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E212" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F212" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H212" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>785</v>
+        <v>443</v>
       </c>
       <c r="B213">
         <v>2024</v>
       </c>
       <c r="C213">
-        <v>1161</v>
+        <v>64</v>
       </c>
       <c r="D213" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E213" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F213" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="H213" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>786</v>
+        <v>444</v>
       </c>
       <c r="B214">
         <v>2024</v>
       </c>
       <c r="C214">
-        <v>1164</v>
+        <v>65</v>
       </c>
       <c r="D214" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E214" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F214" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="H214" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>787</v>
+        <v>445</v>
       </c>
       <c r="B215">
         <v>2024</v>
       </c>
       <c r="C215">
-        <v>1170</v>
+        <v>66</v>
       </c>
       <c r="D215" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E215" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F215" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="H215" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>789</v>
+        <v>446</v>
       </c>
       <c r="B216">
         <v>2024</v>
       </c>
       <c r="C216">
-        <v>1174</v>
+        <v>67</v>
       </c>
       <c r="D216" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E216" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F216" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="H216" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>792</v>
+        <v>447</v>
       </c>
       <c r="B217">
         <v>2024</v>
       </c>
       <c r="C217">
-        <v>1175</v>
+        <v>68</v>
       </c>
       <c r="D217" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E217" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F217" t="s">
-        <v>319</v>
+        <v>37</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="H217" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>793</v>
+        <v>438</v>
       </c>
       <c r="B218">
         <v>2024</v>
       </c>
       <c r="C218">
-        <v>1229</v>
+        <v>69</v>
       </c>
       <c r="D218" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E218" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F218" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="H218" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>795</v>
+        <v>439</v>
       </c>
       <c r="B219">
         <v>2024</v>
       </c>
       <c r="C219">
-        <v>1230</v>
+        <v>70</v>
       </c>
       <c r="D219" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E219" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F219" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="H219" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>796</v>
+        <v>440</v>
       </c>
       <c r="B220">
         <v>2024</v>
       </c>
       <c r="C220">
-        <v>1231</v>
+        <v>71</v>
       </c>
       <c r="D220" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E220" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F220" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H220" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>797</v>
+        <v>437</v>
       </c>
       <c r="B221">
         <v>2024</v>
       </c>
       <c r="C221">
-        <v>1232</v>
+        <v>72</v>
       </c>
       <c r="D221" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E221" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F221" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="H221" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>798</v>
+        <v>430</v>
       </c>
       <c r="B222">
         <v>2024</v>
       </c>
       <c r="C222">
-        <v>1233</v>
+        <v>73</v>
       </c>
       <c r="D222" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E222" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F222" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="H222" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>799</v>
+        <v>432</v>
       </c>
       <c r="B223">
         <v>2024</v>
       </c>
       <c r="C223">
-        <v>1234</v>
+        <v>75</v>
       </c>
       <c r="D223" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E223" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F223" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="H223" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>800</v>
+        <v>433</v>
       </c>
       <c r="B224">
         <v>2024</v>
       </c>
       <c r="C224">
-        <v>1245</v>
+        <v>76</v>
       </c>
       <c r="D224" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E224" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F224" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="H224" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>801</v>
+        <v>434</v>
       </c>
       <c r="B225">
         <v>2024</v>
       </c>
       <c r="C225">
-        <v>1248</v>
+        <v>77</v>
       </c>
       <c r="D225" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E225" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F225" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="H225" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>802</v>
+        <v>435</v>
       </c>
       <c r="B226">
         <v>2024</v>
       </c>
       <c r="C226">
-        <v>1249</v>
+        <v>78</v>
       </c>
       <c r="D226" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E226" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F226" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="H226" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>803</v>
+        <v>436</v>
       </c>
       <c r="B227">
         <v>2024</v>
       </c>
       <c r="C227">
-        <v>1250</v>
+        <v>79</v>
       </c>
       <c r="D227" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E227" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F227" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="H227" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>804</v>
+        <v>448</v>
       </c>
       <c r="B228">
         <v>2024</v>
       </c>
       <c r="C228">
-        <v>1252</v>
+        <v>81</v>
       </c>
       <c r="D228" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E228" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F228" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="H228" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>805</v>
+        <v>632</v>
       </c>
       <c r="B229">
         <v>2024</v>
       </c>
       <c r="C229">
-        <v>1253</v>
+        <v>82</v>
       </c>
       <c r="D229" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E229" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F229" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="H229" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>806</v>
+        <v>633</v>
       </c>
       <c r="B230">
         <v>2024</v>
       </c>
       <c r="C230">
-        <v>1254</v>
+        <v>83</v>
       </c>
       <c r="D230" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E230" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F230" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="H230" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>807</v>
+        <v>636</v>
       </c>
       <c r="B231">
         <v>2024</v>
       </c>
       <c r="C231">
-        <v>1255</v>
+        <v>84</v>
       </c>
       <c r="D231" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E231" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F231" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="H231" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>810</v>
+        <v>637</v>
       </c>
       <c r="B232">
         <v>2024</v>
       </c>
       <c r="C232">
-        <v>1275</v>
+        <v>85</v>
       </c>
       <c r="D232" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E232" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F232" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="H232" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>811</v>
+        <v>674</v>
       </c>
       <c r="B233">
         <v>2024</v>
       </c>
       <c r="C233">
-        <v>1276</v>
+        <v>86</v>
       </c>
       <c r="D233" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E233" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F233" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="H233" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>812</v>
+        <v>675</v>
       </c>
       <c r="B234">
         <v>2024</v>
       </c>
       <c r="C234">
-        <v>1277</v>
+        <v>87</v>
       </c>
       <c r="D234" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E234" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F234" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>502</v>
+        <v>17</v>
       </c>
       <c r="H234" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>813</v>
+        <v>676</v>
       </c>
       <c r="B235">
         <v>2024</v>
       </c>
       <c r="C235">
-        <v>1331</v>
+        <v>88</v>
       </c>
       <c r="D235" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E235" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F235" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="H235" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>814</v>
+        <v>677</v>
       </c>
       <c r="B236">
         <v>2024</v>
       </c>
       <c r="C236">
-        <v>1332</v>
+        <v>89</v>
       </c>
       <c r="D236" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E236" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F236" t="s">
         <v>10</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="H236" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>815</v>
+        <v>678</v>
       </c>
       <c r="B237">
         <v>2024</v>
       </c>
       <c r="C237">
-        <v>1333</v>
+        <v>90</v>
       </c>
       <c r="D237" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E237" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F237" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="H237" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>816</v>
+        <v>679</v>
       </c>
       <c r="B238">
         <v>2024</v>
       </c>
       <c r="C238">
-        <v>1335</v>
+        <v>91</v>
       </c>
       <c r="D238" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E238" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F238" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="H238" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>818</v>
+        <v>680</v>
       </c>
       <c r="B239">
         <v>2024</v>
       </c>
       <c r="C239">
-        <v>1336</v>
+        <v>92</v>
       </c>
       <c r="D239" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E239" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F239" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="H239" t="s">
-        <v>360</v>
+        <v>516</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>821</v>
+        <v>681</v>
       </c>
       <c r="B240">
         <v>2024</v>
       </c>
       <c r="C240">
-        <v>1359</v>
+        <v>93</v>
       </c>
       <c r="D240" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E240" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F240" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="H240" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>820</v>
+        <v>682</v>
       </c>
       <c r="B241">
         <v>2024</v>
       </c>
       <c r="C241">
-        <v>1360</v>
+        <v>94</v>
       </c>
       <c r="D241" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E241" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F241" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="H241" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>819</v>
+        <v>710</v>
       </c>
       <c r="B242">
         <v>2024</v>
       </c>
       <c r="C242">
-        <v>1361</v>
+        <v>95</v>
       </c>
       <c r="D242" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E242" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F242" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="H242" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>823</v>
+        <v>711</v>
       </c>
       <c r="B243">
         <v>2024</v>
       </c>
       <c r="C243">
-        <v>1362</v>
+        <v>96</v>
       </c>
       <c r="D243" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E243" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F243" t="s">
-        <v>319</v>
+        <v>34</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="H243" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>824</v>
+        <v>712</v>
       </c>
       <c r="B244">
         <v>2024</v>
       </c>
       <c r="C244">
-        <v>1363</v>
+        <v>97</v>
       </c>
       <c r="D244" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E244" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F244" t="s">
-        <v>319</v>
+        <v>31</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="H244" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>825</v>
+        <v>714</v>
       </c>
       <c r="B245">
         <v>2024</v>
       </c>
       <c r="C245">
-        <v>1378</v>
+        <v>98</v>
       </c>
       <c r="D245" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E245" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F245" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="H245" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>831</v>
+        <v>715</v>
       </c>
       <c r="B246">
         <v>2024</v>
       </c>
       <c r="C246">
-        <v>1379</v>
+        <v>99</v>
       </c>
       <c r="D246" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E246" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F246" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="H246" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>832</v>
+        <v>716</v>
       </c>
       <c r="B247">
         <v>2024</v>
       </c>
       <c r="C247">
-        <v>1380</v>
+        <v>100</v>
       </c>
       <c r="D247" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E247" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F247" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="H247" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>839</v>
+        <v>717</v>
       </c>
       <c r="B248">
         <v>2024</v>
       </c>
       <c r="C248">
-        <v>1381</v>
+        <v>101</v>
       </c>
       <c r="D248" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E248" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F248" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="H248" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>841</v>
+        <v>718</v>
       </c>
       <c r="B249">
         <v>2024</v>
       </c>
       <c r="C249">
-        <v>1494</v>
+        <v>102</v>
       </c>
       <c r="D249" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E249" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F249" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="H249" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>840</v>
+        <v>721</v>
       </c>
       <c r="B250">
         <v>2024</v>
       </c>
       <c r="C250">
-        <v>1495</v>
+        <v>103</v>
       </c>
       <c r="D250" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E250" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F250" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="H250" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>842</v>
+        <v>722</v>
       </c>
       <c r="B251">
         <v>2024</v>
       </c>
       <c r="C251">
-        <v>1496</v>
+        <v>104</v>
       </c>
       <c r="D251" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E251" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F251" t="s">
-        <v>319</v>
+        <v>34</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="H251" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>843</v>
+        <v>723</v>
       </c>
       <c r="B252">
         <v>2024</v>
       </c>
       <c r="C252">
-        <v>1501</v>
+        <v>105</v>
       </c>
       <c r="D252" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E252" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F252" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="H252" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>844</v>
+        <v>719</v>
       </c>
       <c r="B253">
         <v>2024</v>
       </c>
       <c r="C253">
-        <v>1502</v>
+        <v>106</v>
       </c>
       <c r="D253" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E253" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F253" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="H253" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>845</v>
+        <v>720</v>
       </c>
       <c r="B254">
         <v>2024</v>
       </c>
       <c r="C254">
-        <v>1503</v>
+        <v>107</v>
       </c>
       <c r="D254" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E254" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F254" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="H254" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>846</v>
+        <v>724</v>
       </c>
       <c r="B255">
         <v>2024</v>
       </c>
       <c r="C255">
-        <v>1505</v>
+        <v>108</v>
       </c>
       <c r="D255" t="s">
-        <v>313</v>
+        <v>338</v>
       </c>
       <c r="E255" t="s">
-        <v>314</v>
+        <v>339</v>
       </c>
       <c r="F255" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="H255" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>848</v>
+        <v>1077</v>
       </c>
       <c r="B256">
         <v>2024</v>
       </c>
       <c r="C256">
-        <v>1516</v>
+        <v>1</v>
       </c>
       <c r="D256" t="s">
-        <v>313</v>
+        <v>549</v>
       </c>
       <c r="E256" t="s">
-        <v>314</v>
+        <v>550</v>
       </c>
       <c r="F256" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="H256" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>849</v>
+        <v>1078</v>
       </c>
       <c r="B257">
         <v>2024</v>
       </c>
       <c r="C257">
-        <v>1517</v>
+        <v>2</v>
       </c>
       <c r="D257" t="s">
-        <v>313</v>
+        <v>549</v>
       </c>
       <c r="E257" t="s">
-        <v>314</v>
+        <v>550</v>
       </c>
       <c r="F257" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="H257" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>850</v>
+        <v>1079</v>
       </c>
       <c r="B258">
         <v>2024</v>
       </c>
       <c r="C258">
-        <v>1518</v>
+        <v>3</v>
       </c>
       <c r="D258" t="s">
-        <v>313</v>
+        <v>549</v>
       </c>
       <c r="E258" t="s">
-        <v>314</v>
+        <v>550</v>
       </c>
       <c r="F258" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="H258" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>851</v>
+        <v>878</v>
       </c>
       <c r="B259">
         <v>2024</v>
       </c>
       <c r="C259">
-        <v>1519</v>
+        <v>0</v>
       </c>
       <c r="D259" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E259" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F259" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="H259" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>852</v>
+        <v>401</v>
       </c>
       <c r="B260">
         <v>2024</v>
       </c>
       <c r="C260">
-        <v>1520</v>
+        <v>1</v>
       </c>
       <c r="D260" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E260" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F260" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="H260" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>853</v>
+        <v>835</v>
       </c>
       <c r="B261">
         <v>2024</v>
       </c>
       <c r="C261">
-        <v>1532</v>
+        <v>6</v>
       </c>
       <c r="D261" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E261" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F261" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="H261" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>854</v>
+        <v>768</v>
       </c>
       <c r="B262">
         <v>2024</v>
       </c>
       <c r="C262">
-        <v>1533</v>
+        <v>28</v>
       </c>
       <c r="D262" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E262" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F262" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="H262" t="s">
-        <v>558</v>
+        <v>567</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>855</v>
+        <v>403</v>
       </c>
       <c r="B263">
         <v>2024</v>
       </c>
       <c r="C263">
-        <v>1534</v>
+        <v>202</v>
       </c>
       <c r="D263" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E263" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F263" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="H263" t="s">
-        <v>560</v>
+        <v>569</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>856</v>
+        <v>404</v>
       </c>
       <c r="B264">
         <v>2024</v>
       </c>
       <c r="C264">
-        <v>1535</v>
+        <v>203</v>
       </c>
       <c r="D264" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E264" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F264" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>561</v>
+        <v>570</v>
       </c>
       <c r="H264" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>857</v>
+        <v>405</v>
       </c>
       <c r="B265">
         <v>2024</v>
       </c>
       <c r="C265">
-        <v>1536</v>
+        <v>204</v>
       </c>
       <c r="D265" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E265" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F265" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="H265" t="s">
-        <v>564</v>
+        <v>573</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>858</v>
+        <v>406</v>
       </c>
       <c r="B266">
         <v>2024</v>
       </c>
       <c r="C266">
-        <v>1538</v>
+        <v>205</v>
       </c>
       <c r="D266" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E266" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F266" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="H266" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>859</v>
+        <v>407</v>
       </c>
       <c r="B267">
         <v>2024</v>
       </c>
       <c r="C267">
-        <v>1539</v>
+        <v>206</v>
       </c>
       <c r="D267" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E267" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F267" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="H267" t="s">
-        <v>568</v>
+        <v>577</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>860</v>
+        <v>408</v>
       </c>
       <c r="B268">
         <v>2024</v>
       </c>
       <c r="C268">
-        <v>1540</v>
+        <v>207</v>
       </c>
       <c r="D268" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E268" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F268" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>569</v>
+        <v>17</v>
       </c>
       <c r="H268" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>861</v>
+        <v>412</v>
       </c>
       <c r="B269">
         <v>2024</v>
       </c>
       <c r="C269">
-        <v>1560</v>
+        <v>208</v>
       </c>
       <c r="D269" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E269" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F269" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="H269" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>862</v>
+        <v>414</v>
       </c>
       <c r="B270">
         <v>2024</v>
       </c>
       <c r="C270">
-        <v>1562</v>
+        <v>209</v>
       </c>
       <c r="D270" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E270" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F270" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="H270" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>864</v>
+        <v>737</v>
       </c>
       <c r="B271">
         <v>2024</v>
       </c>
       <c r="C271">
-        <v>1574</v>
+        <v>597</v>
       </c>
       <c r="D271" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E271" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F271" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="H271" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>865</v>
+        <v>419</v>
       </c>
       <c r="B272">
         <v>2024</v>
       </c>
       <c r="C272">
-        <v>1575</v>
+        <v>693</v>
       </c>
       <c r="D272" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E272" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F272" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
       <c r="H272" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>866</v>
+        <v>420</v>
       </c>
       <c r="B273">
         <v>2024</v>
       </c>
       <c r="C273">
-        <v>1576</v>
+        <v>698</v>
       </c>
       <c r="D273" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E273" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F273" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
       <c r="H273" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>867</v>
+        <v>421</v>
       </c>
       <c r="B274">
         <v>2024</v>
       </c>
       <c r="C274">
-        <v>1577</v>
+        <v>699</v>
       </c>
       <c r="D274" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E274" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F274" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>581</v>
+        <v>17</v>
       </c>
       <c r="H274" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>868</v>
+        <v>422</v>
       </c>
       <c r="B275">
         <v>2024</v>
       </c>
       <c r="C275">
-        <v>1578</v>
+        <v>700</v>
       </c>
       <c r="D275" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E275" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F275" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="H275" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>869</v>
+        <v>544</v>
       </c>
       <c r="B276">
         <v>2024</v>
       </c>
       <c r="C276">
-        <v>1580</v>
+        <v>701</v>
       </c>
       <c r="D276" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E276" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F276" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="H276" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>870</v>
+        <v>580</v>
       </c>
       <c r="B277">
         <v>2024</v>
       </c>
       <c r="C277">
-        <v>1581</v>
+        <v>702</v>
       </c>
       <c r="D277" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E277" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F277" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="H277" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>872</v>
+        <v>605</v>
       </c>
       <c r="B278">
         <v>2024</v>
       </c>
       <c r="C278">
-        <v>1582</v>
+        <v>703</v>
       </c>
       <c r="D278" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E278" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F278" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="H278" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>873</v>
+        <v>606</v>
       </c>
       <c r="B279">
         <v>2024</v>
       </c>
       <c r="C279">
-        <v>1583</v>
+        <v>704</v>
       </c>
       <c r="D279" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E279" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F279" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="H279" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>874</v>
+        <v>634</v>
       </c>
       <c r="B280">
         <v>2024</v>
       </c>
       <c r="C280">
-        <v>1584</v>
+        <v>705</v>
       </c>
       <c r="D280" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E280" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F280" t="s">
-        <v>319</v>
+        <v>600</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="H280" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>887</v>
+        <v>635</v>
       </c>
       <c r="B281">
         <v>2024</v>
       </c>
       <c r="C281">
-        <v>1611</v>
+        <v>706</v>
       </c>
       <c r="D281" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E281" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F281" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="H281" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>888</v>
+        <v>639</v>
       </c>
       <c r="B282">
         <v>2024</v>
       </c>
       <c r="C282">
-        <v>1612</v>
+        <v>707</v>
       </c>
       <c r="D282" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E282" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F282" t="s">
         <v>10</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="H282" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>889</v>
+        <v>706</v>
       </c>
       <c r="B283">
         <v>2024</v>
       </c>
       <c r="C283">
-        <v>1613</v>
+        <v>708</v>
       </c>
       <c r="D283" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E283" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F283" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="H283" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>890</v>
+        <v>707</v>
       </c>
       <c r="B284">
         <v>2024</v>
       </c>
       <c r="C284">
-        <v>1614</v>
+        <v>709</v>
       </c>
       <c r="D284" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E284" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F284" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="H284" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>884</v>
+        <v>708</v>
       </c>
       <c r="B285">
         <v>2024</v>
       </c>
       <c r="C285">
-        <v>1632</v>
+        <v>710</v>
       </c>
       <c r="D285" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E285" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F285" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="H285" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>886</v>
+        <v>709</v>
       </c>
       <c r="B286">
         <v>2024</v>
       </c>
       <c r="C286">
-        <v>1633</v>
+        <v>711</v>
       </c>
       <c r="D286" t="s">
-        <v>313</v>
+        <v>557</v>
       </c>
       <c r="E286" t="s">
-        <v>314</v>
+        <v>558</v>
       </c>
       <c r="F286" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="H286" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>409</v>
+        <v>713</v>
       </c>
       <c r="B287">
         <v>2024</v>
       </c>
       <c r="C287">
-        <v>1</v>
+        <v>712</v>
       </c>
       <c r="D287" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E287" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F287" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="H287" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>410</v>
+        <v>725</v>
       </c>
       <c r="B288">
         <v>2024</v>
       </c>
       <c r="C288">
-        <v>3610</v>
+        <v>713</v>
       </c>
       <c r="D288" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E288" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F288" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="H288" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>411</v>
+        <v>726</v>
       </c>
       <c r="B289">
         <v>2024</v>
       </c>
       <c r="C289">
-        <v>3611</v>
+        <v>714</v>
       </c>
       <c r="D289" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E289" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F289" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="H289" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>424</v>
+        <v>727</v>
       </c>
       <c r="B290">
         <v>2024</v>
       </c>
       <c r="C290">
-        <v>3612</v>
+        <v>715</v>
       </c>
       <c r="D290" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E290" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F290" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="H290" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>459</v>
+        <v>728</v>
       </c>
       <c r="B291">
         <v>2024</v>
       </c>
       <c r="C291">
-        <v>3613</v>
+        <v>716</v>
       </c>
       <c r="D291" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E291" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F291" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="H291" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>462</v>
+        <v>729</v>
       </c>
       <c r="B292">
         <v>2024</v>
       </c>
       <c r="C292">
-        <v>3614</v>
+        <v>717</v>
       </c>
       <c r="D292" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E292" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F292" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="H292" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>581</v>
+        <v>730</v>
       </c>
       <c r="B293">
         <v>2024</v>
       </c>
       <c r="C293">
-        <v>3615</v>
+        <v>718</v>
       </c>
       <c r="D293" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E293" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F293" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>621</v>
+        <v>17</v>
       </c>
       <c r="H293" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>582</v>
+        <v>731</v>
       </c>
       <c r="B294">
         <v>2024</v>
       </c>
       <c r="C294">
-        <v>3616</v>
+        <v>719</v>
       </c>
       <c r="D294" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E294" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F294" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>623</v>
+        <v>17</v>
       </c>
       <c r="H294" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>583</v>
+        <v>733</v>
       </c>
       <c r="B295">
         <v>2024</v>
       </c>
       <c r="C295">
-        <v>3617</v>
+        <v>720</v>
       </c>
       <c r="D295" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E295" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F295" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="H295" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>584</v>
+        <v>734</v>
       </c>
       <c r="B296">
         <v>2024</v>
       </c>
       <c r="C296">
-        <v>3618</v>
+        <v>721</v>
       </c>
       <c r="D296" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E296" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F296" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="H296" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>585</v>
+        <v>738</v>
       </c>
       <c r="B297">
         <v>2024</v>
       </c>
       <c r="C297">
-        <v>3619</v>
+        <v>976</v>
       </c>
       <c r="D297" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E297" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F297" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H297" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>586</v>
+        <v>739</v>
       </c>
       <c r="B298">
         <v>2024</v>
       </c>
       <c r="C298">
-        <v>3620</v>
+        <v>977</v>
       </c>
       <c r="D298" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E298" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F298" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="H298" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="B299">
         <v>2024</v>
       </c>
       <c r="C299">
-        <v>3621</v>
+        <v>978</v>
       </c>
       <c r="D299" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E299" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F299" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="H299" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>790</v>
+        <v>743</v>
       </c>
       <c r="B300">
         <v>2024</v>
       </c>
       <c r="C300">
-        <v>3622</v>
+        <v>979</v>
       </c>
       <c r="D300" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E300" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F300" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="H300" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>791</v>
+        <v>744</v>
       </c>
       <c r="B301">
         <v>2024</v>
       </c>
       <c r="C301">
-        <v>3623</v>
+        <v>980</v>
       </c>
       <c r="D301" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E301" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F301" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="H301" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>794</v>
+        <v>748</v>
       </c>
       <c r="B302">
         <v>2024</v>
       </c>
       <c r="C302">
-        <v>3624</v>
+        <v>981</v>
       </c>
       <c r="D302" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E302" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F302" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="H302" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>788</v>
+        <v>750</v>
       </c>
       <c r="B303">
         <v>2024</v>
       </c>
       <c r="C303">
-        <v>3625</v>
+        <v>982</v>
       </c>
       <c r="D303" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E303" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F303" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="H303" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>833</v>
+        <v>752</v>
       </c>
       <c r="B304">
         <v>2024</v>
       </c>
       <c r="C304">
-        <v>3626</v>
+        <v>983</v>
       </c>
       <c r="D304" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E304" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F304" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="H304" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>834</v>
+        <v>754</v>
       </c>
       <c r="B305">
         <v>2024</v>
       </c>
       <c r="C305">
-        <v>3627</v>
+        <v>984</v>
       </c>
       <c r="D305" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E305" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F305" t="s">
-        <v>10</v>
+        <v>563</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="H305" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>847</v>
+        <v>755</v>
       </c>
       <c r="B306">
         <v>2024</v>
       </c>
       <c r="C306">
-        <v>3628</v>
+        <v>985</v>
       </c>
       <c r="D306" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E306" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F306" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="H306" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>879</v>
+        <v>756</v>
       </c>
       <c r="B307">
         <v>2024</v>
       </c>
       <c r="C307">
-        <v>3636</v>
+        <v>986</v>
       </c>
       <c r="D307" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E307" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F307" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="H307" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>880</v>
+        <v>757</v>
       </c>
       <c r="B308">
         <v>2024</v>
       </c>
       <c r="C308">
-        <v>3637</v>
+        <v>987</v>
       </c>
       <c r="D308" t="s">
-        <v>607</v>
+        <v>557</v>
       </c>
       <c r="E308" t="s">
-        <v>608</v>
+        <v>558</v>
       </c>
       <c r="F308" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="H308" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>501</v>
+        <v>758</v>
       </c>
       <c r="B309">
         <v>2024</v>
       </c>
       <c r="C309">
-        <v>1</v>
+        <v>988</v>
       </c>
       <c r="D309" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E309" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F309" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>656</v>
       </c>
       <c r="H309" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>502</v>
+        <v>760</v>
       </c>
       <c r="B310">
         <v>2024</v>
       </c>
       <c r="C310">
-        <v>2</v>
+        <v>989</v>
       </c>
       <c r="D310" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E310" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F310" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>658</v>
       </c>
       <c r="H310" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>503</v>
+        <v>761</v>
       </c>
       <c r="B311">
         <v>2024</v>
       </c>
       <c r="C311">
-        <v>3</v>
+        <v>990</v>
       </c>
       <c r="D311" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E311" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F311" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>660</v>
       </c>
       <c r="H311" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>504</v>
+        <v>762</v>
       </c>
       <c r="B312">
         <v>2024</v>
       </c>
       <c r="C312">
-        <v>4</v>
+        <v>991</v>
       </c>
       <c r="D312" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E312" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F312" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>662</v>
       </c>
       <c r="H312" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>505</v>
+        <v>763</v>
       </c>
       <c r="B313">
         <v>2024</v>
       </c>
       <c r="C313">
-        <v>5</v>
+        <v>992</v>
       </c>
       <c r="D313" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E313" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F313" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>664</v>
       </c>
       <c r="H313" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>506</v>
+        <v>764</v>
       </c>
       <c r="B314">
         <v>2024</v>
       </c>
       <c r="C314">
-        <v>6</v>
+        <v>993</v>
       </c>
       <c r="D314" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E314" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F314" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>666</v>
       </c>
       <c r="H314" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>507</v>
+        <v>765</v>
       </c>
       <c r="B315">
         <v>2024</v>
       </c>
       <c r="C315">
-        <v>7</v>
+        <v>994</v>
       </c>
       <c r="D315" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E315" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F315" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>668</v>
       </c>
       <c r="H315" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>508</v>
+        <v>766</v>
       </c>
       <c r="B316">
         <v>2024</v>
       </c>
       <c r="C316">
-        <v>8</v>
+        <v>995</v>
       </c>
       <c r="D316" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E316" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F316" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>670</v>
       </c>
       <c r="H316" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>509</v>
+        <v>769</v>
       </c>
       <c r="B317">
         <v>2024</v>
       </c>
       <c r="C317">
-        <v>9</v>
+        <v>996</v>
       </c>
       <c r="D317" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E317" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F317" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>672</v>
       </c>
       <c r="H317" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>510</v>
+        <v>770</v>
       </c>
       <c r="B318">
         <v>2024</v>
       </c>
       <c r="C318">
-        <v>10</v>
+        <v>997</v>
       </c>
       <c r="D318" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E318" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F318" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>674</v>
       </c>
       <c r="H318" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>431</v>
+        <v>771</v>
       </c>
       <c r="B319">
         <v>2024</v>
       </c>
       <c r="C319">
-        <v>11</v>
+        <v>998</v>
       </c>
       <c r="D319" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E319" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F319" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H319" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>498</v>
+        <v>772</v>
       </c>
       <c r="B320">
         <v>2024</v>
       </c>
       <c r="C320">
-        <v>12</v>
+        <v>999</v>
       </c>
       <c r="D320" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E320" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F320" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>678</v>
       </c>
       <c r="H320" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>499</v>
+        <v>773</v>
       </c>
       <c r="B321">
         <v>2024</v>
       </c>
       <c r="C321">
-        <v>13</v>
+        <v>1000</v>
       </c>
       <c r="D321" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E321" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F321" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>680</v>
       </c>
       <c r="H321" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>500</v>
+        <v>774</v>
       </c>
       <c r="B322">
         <v>2024</v>
       </c>
       <c r="C322">
-        <v>14</v>
+        <v>1001</v>
       </c>
       <c r="D322" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E322" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F322" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>682</v>
       </c>
       <c r="H322" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>492</v>
+        <v>775</v>
       </c>
       <c r="B323">
         <v>2024</v>
       </c>
       <c r="C323">
-        <v>15</v>
+        <v>1002</v>
       </c>
       <c r="D323" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E323" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F323" t="s">
-        <v>361</v>
+        <v>57</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>684</v>
       </c>
       <c r="H323" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>493</v>
+        <v>776</v>
       </c>
       <c r="B324">
         <v>2024</v>
       </c>
       <c r="C324">
-        <v>16</v>
+        <v>1003</v>
       </c>
       <c r="D324" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E324" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F324" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>686</v>
       </c>
       <c r="H324" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>494</v>
+        <v>777</v>
       </c>
       <c r="B325">
         <v>2024</v>
       </c>
       <c r="C325">
-        <v>17</v>
+        <v>1004</v>
       </c>
       <c r="D325" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E325" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F325" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>688</v>
       </c>
       <c r="H325" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>495</v>
+        <v>778</v>
       </c>
       <c r="B326">
         <v>2024</v>
       </c>
       <c r="C326">
-        <v>18</v>
+        <v>1005</v>
       </c>
       <c r="D326" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E326" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F326" t="s">
-        <v>199</v>
+        <v>57</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>690</v>
       </c>
       <c r="H326" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>496</v>
+        <v>779</v>
       </c>
       <c r="B327">
         <v>2024</v>
       </c>
       <c r="C327">
-        <v>20</v>
+        <v>1006</v>
       </c>
       <c r="D327" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E327" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F327" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H327" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>497</v>
+        <v>780</v>
       </c>
       <c r="B328">
         <v>2024</v>
       </c>
       <c r="C328">
-        <v>21</v>
+        <v>1007</v>
       </c>
       <c r="D328" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E328" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F328" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>694</v>
       </c>
       <c r="H328" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>484</v>
+        <v>781</v>
       </c>
       <c r="B329">
         <v>2024</v>
       </c>
       <c r="C329">
-        <v>22</v>
+        <v>1008</v>
       </c>
       <c r="D329" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E329" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F329" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>696</v>
       </c>
       <c r="H329" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
-        <v>485</v>
+        <v>782</v>
       </c>
       <c r="B330">
         <v>2024</v>
       </c>
       <c r="C330">
-        <v>23</v>
+        <v>1009</v>
       </c>
       <c r="D330" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E330" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F330" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H330" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
-        <v>486</v>
+        <v>783</v>
       </c>
       <c r="B331">
         <v>2024</v>
       </c>
       <c r="C331">
-        <v>24</v>
+        <v>1010</v>
       </c>
       <c r="D331" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E331" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F331" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>700</v>
       </c>
       <c r="H331" t="s">
-        <v>701</v>
+        <v>642</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
-        <v>487</v>
+        <v>784</v>
       </c>
       <c r="B332">
         <v>2024</v>
       </c>
       <c r="C332">
-        <v>25</v>
+        <v>1011</v>
       </c>
       <c r="D332" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E332" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F332" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
       <c r="G332" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H332" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
-        <v>488</v>
+        <v>785</v>
       </c>
       <c r="B333">
         <v>2024</v>
       </c>
       <c r="C333">
-        <v>26</v>
+        <v>1161</v>
       </c>
       <c r="D333" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E333" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F333" t="s">
-        <v>199</v>
+        <v>57</v>
       </c>
       <c r="G333" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H333" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
-        <v>489</v>
+        <v>786</v>
       </c>
       <c r="B334">
         <v>2024</v>
       </c>
       <c r="C334">
-        <v>27</v>
+        <v>1164</v>
       </c>
       <c r="D334" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E334" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F334" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G334" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H334" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
-        <v>490</v>
+        <v>787</v>
       </c>
       <c r="B335">
         <v>2024</v>
       </c>
       <c r="C335">
-        <v>28</v>
+        <v>1170</v>
       </c>
       <c r="D335" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E335" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F335" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G335" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H335" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
-        <v>491</v>
+        <v>789</v>
       </c>
       <c r="B336">
         <v>2024</v>
       </c>
       <c r="C336">
-        <v>29</v>
+        <v>1174</v>
       </c>
       <c r="D336" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E336" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F336" t="s">
-        <v>202</v>
+        <v>57</v>
       </c>
       <c r="G336" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H336" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
-        <v>478</v>
+        <v>792</v>
       </c>
       <c r="B337">
         <v>2024</v>
       </c>
       <c r="C337">
-        <v>30</v>
+        <v>1175</v>
       </c>
       <c r="D337" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E337" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F337" t="s">
-        <v>32</v>
+        <v>563</v>
       </c>
       <c r="G337" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H337" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
-        <v>479</v>
+        <v>793</v>
       </c>
       <c r="B338">
         <v>2024</v>
       </c>
       <c r="C338">
-        <v>31</v>
+        <v>1229</v>
       </c>
       <c r="D338" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E338" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F338" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G338" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H338" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
-        <v>480</v>
+        <v>795</v>
       </c>
       <c r="B339">
         <v>2024</v>
       </c>
       <c r="C339">
-        <v>32</v>
+        <v>1230</v>
       </c>
       <c r="D339" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E339" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F339" t="s">
-        <v>199</v>
+        <v>57</v>
       </c>
       <c r="G339" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H339" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
-        <v>481</v>
+        <v>796</v>
       </c>
       <c r="B340">
         <v>2024</v>
       </c>
       <c r="C340">
-        <v>33</v>
+        <v>1231</v>
       </c>
       <c r="D340" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E340" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F340" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G340" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H340" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
-        <v>476</v>
+        <v>797</v>
       </c>
       <c r="B341">
         <v>2024</v>
       </c>
       <c r="C341">
-        <v>34</v>
+        <v>1232</v>
       </c>
       <c r="D341" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E341" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F341" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G341" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H341" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
-        <v>482</v>
+        <v>798</v>
       </c>
       <c r="B342">
         <v>2024</v>
       </c>
       <c r="C342">
-        <v>35</v>
+        <v>1233</v>
       </c>
       <c r="D342" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E342" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F342" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G342" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H342" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
-        <v>483</v>
+        <v>799</v>
       </c>
       <c r="B343">
         <v>2024</v>
       </c>
       <c r="C343">
-        <v>36</v>
+        <v>1234</v>
       </c>
       <c r="D343" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E343" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F343" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G343" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="H343" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
-        <v>477</v>
+        <v>800</v>
       </c>
       <c r="B344">
         <v>2024</v>
       </c>
       <c r="C344">
-        <v>37</v>
+        <v>1245</v>
       </c>
       <c r="D344" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E344" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F344" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G344" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H344" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
-        <v>466</v>
+        <v>801</v>
       </c>
       <c r="B345">
         <v>2024</v>
       </c>
       <c r="C345">
-        <v>38</v>
+        <v>1248</v>
       </c>
       <c r="D345" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E345" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F345" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G345" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H345" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
-        <v>467</v>
+        <v>802</v>
       </c>
       <c r="B346">
         <v>2024</v>
       </c>
       <c r="C346">
-        <v>39</v>
+        <v>1249</v>
       </c>
       <c r="D346" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E346" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F346" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="G346" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H346" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
-        <v>468</v>
+        <v>803</v>
       </c>
       <c r="B347">
         <v>2024</v>
       </c>
       <c r="C347">
-        <v>40</v>
+        <v>1250</v>
       </c>
       <c r="D347" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E347" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F347" t="s">
-        <v>202</v>
+        <v>57</v>
       </c>
       <c r="G347" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H347" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
-        <v>469</v>
+        <v>804</v>
       </c>
       <c r="B348">
         <v>2024</v>
       </c>
       <c r="C348">
-        <v>41</v>
+        <v>1252</v>
       </c>
       <c r="D348" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E348" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F348" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G348" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H348" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
-        <v>470</v>
+        <v>805</v>
       </c>
       <c r="B349">
         <v>2024</v>
       </c>
       <c r="C349">
-        <v>42</v>
+        <v>1253</v>
       </c>
       <c r="D349" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E349" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F349" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G349" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H349" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
-        <v>471</v>
+        <v>806</v>
       </c>
       <c r="B350">
         <v>2024</v>
       </c>
       <c r="C350">
-        <v>43</v>
+        <v>1254</v>
       </c>
       <c r="D350" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E350" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F350" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G350" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H350" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
-        <v>472</v>
+        <v>807</v>
       </c>
       <c r="B351">
         <v>2024</v>
       </c>
       <c r="C351">
-        <v>44</v>
+        <v>1255</v>
       </c>
       <c r="D351" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E351" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F351" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G351" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H351" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
-        <v>473</v>
+        <v>810</v>
       </c>
       <c r="B352">
         <v>2024</v>
       </c>
       <c r="C352">
-        <v>45</v>
+        <v>1275</v>
       </c>
       <c r="D352" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E352" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F352" t="s">
-        <v>202</v>
+        <v>57</v>
       </c>
       <c r="G352" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H352" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
-        <v>474</v>
+        <v>811</v>
       </c>
       <c r="B353">
         <v>2024</v>
       </c>
       <c r="C353">
-        <v>46</v>
+        <v>1276</v>
       </c>
       <c r="D353" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E353" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F353" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="G353" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H353" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
-        <v>475</v>
+        <v>812</v>
       </c>
       <c r="B354">
         <v>2024</v>
       </c>
       <c r="C354">
-        <v>47</v>
+        <v>1277</v>
       </c>
       <c r="D354" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E354" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F354" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G354" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H354" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
-        <v>454</v>
+        <v>813</v>
       </c>
       <c r="B355">
         <v>2024</v>
       </c>
       <c r="C355">
-        <v>48</v>
+        <v>1331</v>
       </c>
       <c r="D355" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E355" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F355" t="s">
-        <v>202</v>
+        <v>57</v>
       </c>
       <c r="G355" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H355" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
-        <v>455</v>
+        <v>814</v>
       </c>
       <c r="B356">
         <v>2024</v>
       </c>
       <c r="C356">
-        <v>49</v>
+        <v>1332</v>
       </c>
       <c r="D356" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E356" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F356" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="G356" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H356" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
-        <v>456</v>
+        <v>815</v>
       </c>
       <c r="B357">
         <v>2024</v>
       </c>
       <c r="C357">
-        <v>50</v>
+        <v>1333</v>
       </c>
       <c r="D357" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E357" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F357" t="s">
-        <v>199</v>
+        <v>57</v>
       </c>
       <c r="G357" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H357" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
-        <v>457</v>
+        <v>816</v>
       </c>
       <c r="B358">
         <v>2024</v>
       </c>
       <c r="C358">
-        <v>51</v>
+        <v>1335</v>
       </c>
       <c r="D358" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E358" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F358" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G358" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H358" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
-        <v>458</v>
+        <v>818</v>
       </c>
       <c r="B359">
         <v>2024</v>
       </c>
       <c r="C359">
-        <v>52</v>
+        <v>1336</v>
       </c>
       <c r="D359" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E359" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F359" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="H359" t="s">
-        <v>757</v>
+        <v>604</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
-        <v>460</v>
+        <v>821</v>
       </c>
       <c r="B360">
         <v>2024</v>
       </c>
       <c r="C360">
-        <v>53</v>
+        <v>1359</v>
       </c>
       <c r="D360" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E360" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F360" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="H360" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
-        <v>461</v>
+        <v>820</v>
       </c>
       <c r="B361">
         <v>2024</v>
       </c>
       <c r="C361">
-        <v>54</v>
+        <v>1360</v>
       </c>
       <c r="D361" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E361" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F361" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="H361" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
-        <v>463</v>
+        <v>819</v>
       </c>
       <c r="B362">
         <v>2024</v>
       </c>
       <c r="C362">
-        <v>55</v>
+        <v>1361</v>
       </c>
       <c r="D362" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E362" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F362" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="H362" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
-        <v>464</v>
+        <v>823</v>
       </c>
       <c r="B363">
         <v>2024</v>
       </c>
       <c r="C363">
-        <v>56</v>
+        <v>1362</v>
       </c>
       <c r="D363" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E363" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F363" t="s">
-        <v>188</v>
+        <v>563</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="H363" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
-        <v>465</v>
+        <v>824</v>
       </c>
       <c r="B364">
         <v>2024</v>
       </c>
       <c r="C364">
-        <v>57</v>
+        <v>1363</v>
       </c>
       <c r="D364" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E364" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F364" t="s">
-        <v>199</v>
+        <v>563</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="H364" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
-        <v>449</v>
+        <v>825</v>
       </c>
       <c r="B365">
         <v>2024</v>
       </c>
       <c r="C365">
-        <v>58</v>
+        <v>1378</v>
       </c>
       <c r="D365" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E365" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F365" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="H365" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
-        <v>450</v>
+        <v>831</v>
       </c>
       <c r="B366">
         <v>2024</v>
       </c>
       <c r="C366">
-        <v>59</v>
+        <v>1379</v>
       </c>
       <c r="D366" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E366" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F366" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="H366" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
-        <v>451</v>
+        <v>832</v>
       </c>
       <c r="B367">
         <v>2024</v>
       </c>
       <c r="C367">
-        <v>60</v>
+        <v>1380</v>
       </c>
       <c r="D367" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E367" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F367" t="s">
-        <v>88</v>
+        <v>57</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="H367" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
-        <v>453</v>
+        <v>839</v>
       </c>
       <c r="B368">
         <v>2024</v>
       </c>
       <c r="C368">
-        <v>61</v>
+        <v>1381</v>
       </c>
       <c r="D368" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E368" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F368" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="H368" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
-        <v>441</v>
+        <v>841</v>
       </c>
       <c r="B369">
         <v>2024</v>
       </c>
       <c r="C369">
-        <v>62</v>
+        <v>1494</v>
       </c>
       <c r="D369" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E369" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F369" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="H369" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
-        <v>442</v>
+        <v>840</v>
       </c>
       <c r="B370">
         <v>2024</v>
       </c>
       <c r="C370">
-        <v>63</v>
+        <v>1495</v>
       </c>
       <c r="D370" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E370" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F370" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="H370" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
-        <v>443</v>
+        <v>842</v>
       </c>
       <c r="B371">
         <v>2024</v>
       </c>
       <c r="C371">
-        <v>64</v>
+        <v>1496</v>
       </c>
       <c r="D371" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E371" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F371" t="s">
-        <v>199</v>
+        <v>563</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="H371" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
-        <v>444</v>
+        <v>843</v>
       </c>
       <c r="B372">
         <v>2024</v>
       </c>
       <c r="C372">
-        <v>65</v>
+        <v>1501</v>
       </c>
       <c r="D372" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E372" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F372" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="H372" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
-        <v>445</v>
+        <v>844</v>
       </c>
       <c r="B373">
         <v>2024</v>
       </c>
       <c r="C373">
-        <v>66</v>
+        <v>1502</v>
       </c>
       <c r="D373" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E373" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F373" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="H373" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
-        <v>446</v>
+        <v>845</v>
       </c>
       <c r="B374">
         <v>2024</v>
       </c>
       <c r="C374">
-        <v>67</v>
+        <v>1503</v>
       </c>
       <c r="D374" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E374" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F374" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="H374" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
-        <v>447</v>
+        <v>846</v>
       </c>
       <c r="B375">
         <v>2024</v>
       </c>
       <c r="C375">
-        <v>68</v>
+        <v>1505</v>
       </c>
       <c r="D375" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E375" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F375" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="H375" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
-        <v>438</v>
+        <v>848</v>
       </c>
       <c r="B376">
         <v>2024</v>
       </c>
       <c r="C376">
-        <v>69</v>
+        <v>1516</v>
       </c>
       <c r="D376" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E376" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F376" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="H376" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
-        <v>439</v>
+        <v>849</v>
       </c>
       <c r="B377">
         <v>2024</v>
       </c>
       <c r="C377">
-        <v>70</v>
+        <v>1517</v>
       </c>
       <c r="D377" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E377" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F377" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="H377" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
-        <v>440</v>
+        <v>850</v>
       </c>
       <c r="B378">
         <v>2024</v>
       </c>
       <c r="C378">
-        <v>71</v>
+        <v>1518</v>
       </c>
       <c r="D378" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E378" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F378" t="s">
-        <v>215</v>
+        <v>57</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="H378" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
-        <v>437</v>
+        <v>851</v>
       </c>
       <c r="B379">
         <v>2024</v>
       </c>
       <c r="C379">
-        <v>72</v>
+        <v>1519</v>
       </c>
       <c r="D379" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E379" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F379" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="H379" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
-        <v>430</v>
+        <v>852</v>
       </c>
       <c r="B380">
         <v>2024</v>
       </c>
       <c r="C380">
-        <v>73</v>
+        <v>1520</v>
       </c>
       <c r="D380" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E380" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F380" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="H380" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
-        <v>432</v>
+        <v>853</v>
       </c>
       <c r="B381">
         <v>2024</v>
       </c>
       <c r="C381">
-        <v>75</v>
+        <v>1532</v>
       </c>
       <c r="D381" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E381" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F381" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="H381" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
-        <v>433</v>
+        <v>854</v>
       </c>
       <c r="B382">
         <v>2024</v>
       </c>
       <c r="C382">
-        <v>76</v>
+        <v>1533</v>
       </c>
       <c r="D382" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E382" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F382" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="H382" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
-        <v>434</v>
+        <v>855</v>
       </c>
       <c r="B383">
         <v>2024</v>
       </c>
       <c r="C383">
-        <v>77</v>
+        <v>1534</v>
       </c>
       <c r="D383" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E383" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F383" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="H383" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
-        <v>435</v>
+        <v>856</v>
       </c>
       <c r="B384">
         <v>2024</v>
       </c>
       <c r="C384">
-        <v>78</v>
+        <v>1535</v>
       </c>
       <c r="D384" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E384" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F384" t="s">
-        <v>655</v>
+        <v>57</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="H384" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
-        <v>436</v>
+        <v>857</v>
       </c>
       <c r="B385">
         <v>2024</v>
       </c>
       <c r="C385">
-        <v>79</v>
+        <v>1536</v>
       </c>
       <c r="D385" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E385" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F385" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="H385" t="s">
-        <v>809</v>
+        <v>807</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
-        <v>448</v>
+        <v>858</v>
       </c>
       <c r="B386">
         <v>2024</v>
       </c>
       <c r="C386">
-        <v>81</v>
+        <v>1538</v>
       </c>
       <c r="D386" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E386" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F386" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="H386" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
-        <v>632</v>
+        <v>859</v>
       </c>
       <c r="B387">
         <v>2024</v>
       </c>
       <c r="C387">
-        <v>82</v>
+        <v>1539</v>
       </c>
       <c r="D387" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E387" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F387" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="H387" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
-        <v>633</v>
+        <v>860</v>
       </c>
       <c r="B388">
         <v>2024</v>
       </c>
       <c r="C388">
-        <v>83</v>
+        <v>1540</v>
       </c>
       <c r="D388" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E388" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F388" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="H388" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
-        <v>636</v>
+        <v>861</v>
       </c>
       <c r="B389">
         <v>2024</v>
       </c>
       <c r="C389">
-        <v>84</v>
+        <v>1560</v>
       </c>
       <c r="D389" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E389" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F389" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="H389" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
-        <v>637</v>
+        <v>862</v>
       </c>
       <c r="B390">
         <v>2024</v>
       </c>
       <c r="C390">
-        <v>85</v>
+        <v>1562</v>
       </c>
       <c r="D390" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E390" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F390" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="H390" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
-        <v>674</v>
+        <v>864</v>
       </c>
       <c r="B391">
         <v>2024</v>
       </c>
       <c r="C391">
-        <v>86</v>
+        <v>1574</v>
       </c>
       <c r="D391" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E391" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F391" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="H391" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
-        <v>675</v>
+        <v>865</v>
       </c>
       <c r="B392">
         <v>2024</v>
       </c>
       <c r="C392">
-        <v>87</v>
+        <v>1575</v>
       </c>
       <c r="D392" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E392" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F392" t="s">
-        <v>202</v>
+        <v>57</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>23</v>
+        <v>820</v>
       </c>
       <c r="H392" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
-        <v>676</v>
+        <v>866</v>
       </c>
       <c r="B393">
         <v>2024</v>
       </c>
       <c r="C393">
-        <v>88</v>
+        <v>1576</v>
       </c>
       <c r="D393" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E393" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F393" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G393" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H393" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
-        <v>677</v>
+        <v>867</v>
       </c>
       <c r="B394">
         <v>2024</v>
       </c>
       <c r="C394">
-        <v>89</v>
+        <v>1577</v>
       </c>
       <c r="D394" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E394" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F394" t="s">
-        <v>361</v>
+        <v>57</v>
       </c>
       <c r="G394" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H394" t="s">
         <v>825</v>
-      </c>
-[...1 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
-        <v>678</v>
+        <v>868</v>
       </c>
       <c r="B395">
         <v>2024</v>
       </c>
       <c r="C395">
-        <v>90</v>
+        <v>1578</v>
       </c>
       <c r="D395" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E395" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F395" t="s">
-        <v>215</v>
+        <v>57</v>
       </c>
       <c r="G395" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H395" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
-        <v>679</v>
+        <v>869</v>
       </c>
       <c r="B396">
         <v>2024</v>
       </c>
       <c r="C396">
-        <v>91</v>
+        <v>1580</v>
       </c>
       <c r="D396" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E396" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F396" t="s">
-        <v>215</v>
+        <v>57</v>
       </c>
       <c r="G396" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H396" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
-        <v>680</v>
+        <v>870</v>
       </c>
       <c r="B397">
         <v>2024</v>
       </c>
       <c r="C397">
-        <v>92</v>
+        <v>1581</v>
       </c>
       <c r="D397" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E397" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F397" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="G397" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H397" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
-        <v>681</v>
+        <v>872</v>
       </c>
       <c r="B398">
         <v>2024</v>
       </c>
       <c r="C398">
-        <v>93</v>
+        <v>1582</v>
       </c>
       <c r="D398" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E398" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F398" t="s">
-        <v>202</v>
+        <v>57</v>
       </c>
       <c r="G398" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H398" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
-        <v>682</v>
+        <v>873</v>
       </c>
       <c r="B399">
         <v>2024</v>
       </c>
       <c r="C399">
-        <v>94</v>
+        <v>1583</v>
       </c>
       <c r="D399" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E399" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F399" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G399" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H399" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
-        <v>710</v>
+        <v>874</v>
       </c>
       <c r="B400">
         <v>2024</v>
       </c>
       <c r="C400">
-        <v>95</v>
+        <v>1584</v>
       </c>
       <c r="D400" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E400" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F400" t="s">
-        <v>230</v>
+        <v>563</v>
       </c>
       <c r="G400" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="H400" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
-        <v>711</v>
+        <v>887</v>
       </c>
       <c r="B401">
         <v>2024</v>
       </c>
       <c r="C401">
-        <v>96</v>
+        <v>1611</v>
       </c>
       <c r="D401" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E401" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F401" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G401" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H401" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
-        <v>712</v>
+        <v>888</v>
       </c>
       <c r="B402">
         <v>2024</v>
       </c>
       <c r="C402">
-        <v>97</v>
+        <v>1612</v>
       </c>
       <c r="D402" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E402" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F402" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G402" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="H402" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
-        <v>714</v>
+        <v>889</v>
       </c>
       <c r="B403">
         <v>2024</v>
       </c>
       <c r="C403">
-        <v>98</v>
+        <v>1613</v>
       </c>
       <c r="D403" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E403" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F403" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G403" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H403" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
-        <v>715</v>
+        <v>890</v>
       </c>
       <c r="B404">
         <v>2024</v>
       </c>
       <c r="C404">
-        <v>99</v>
+        <v>1614</v>
       </c>
       <c r="D404" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E404" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F404" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G404" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H404" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
-        <v>716</v>
+        <v>884</v>
       </c>
       <c r="B405">
         <v>2024</v>
       </c>
       <c r="C405">
-        <v>100</v>
+        <v>1632</v>
       </c>
       <c r="D405" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E405" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F405" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G405" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H405" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
-        <v>717</v>
+        <v>886</v>
       </c>
       <c r="B406">
         <v>2024</v>
       </c>
       <c r="C406">
-        <v>101</v>
+        <v>1633</v>
       </c>
       <c r="D406" t="s">
-        <v>653</v>
+        <v>557</v>
       </c>
       <c r="E406" t="s">
-        <v>654</v>
+        <v>558</v>
       </c>
       <c r="F406" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G406" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="H406" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
-        <v>718</v>
+        <v>833</v>
       </c>
       <c r="B407">
         <v>2024</v>
       </c>
       <c r="C407">
-        <v>102</v>
+        <v>1</v>
       </c>
       <c r="D407" t="s">
-        <v>653</v>
+        <v>850</v>
       </c>
       <c r="E407" t="s">
-        <v>654</v>
+        <v>851</v>
       </c>
       <c r="F407" t="s">
-        <v>188</v>
+        <v>57</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="H407" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
-        <v>721</v>
+        <v>409</v>
       </c>
       <c r="B408">
         <v>2024</v>
       </c>
       <c r="C408">
-        <v>103</v>
+        <v>3608</v>
       </c>
       <c r="D408" t="s">
-        <v>653</v>
+        <v>850</v>
       </c>
       <c r="E408" t="s">
-        <v>654</v>
+        <v>851</v>
       </c>
       <c r="F408" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="H408" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
-        <v>722</v>
+        <v>411</v>
       </c>
       <c r="B409">
         <v>2024</v>
       </c>
       <c r="C409">
-        <v>104</v>
+        <v>3609</v>
       </c>
       <c r="D409" t="s">
-        <v>653</v>
+        <v>850</v>
       </c>
       <c r="E409" t="s">
-        <v>654</v>
+        <v>851</v>
       </c>
       <c r="F409" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="H409" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
-        <v>723</v>
+        <v>410</v>
       </c>
       <c r="B410">
         <v>2024</v>
       </c>
       <c r="C410">
-        <v>105</v>
+        <v>3610</v>
       </c>
       <c r="D410" t="s">
-        <v>653</v>
+        <v>850</v>
       </c>
       <c r="E410" t="s">
-        <v>654</v>
+        <v>851</v>
       </c>
       <c r="F410" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="H410" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
-        <v>719</v>
+        <v>424</v>
       </c>
       <c r="B411">
         <v>2024</v>
       </c>
       <c r="C411">
-        <v>106</v>
+        <v>3611</v>
       </c>
       <c r="D411" t="s">
-        <v>653</v>
+        <v>850</v>
       </c>
       <c r="E411" t="s">
-        <v>654</v>
+        <v>851</v>
       </c>
       <c r="F411" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="H411" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
-        <v>720</v>
+        <v>462</v>
       </c>
       <c r="B412">
         <v>2024</v>
       </c>
       <c r="C412">
-        <v>107</v>
+        <v>3612</v>
       </c>
       <c r="D412" t="s">
-        <v>653</v>
+        <v>850</v>
       </c>
       <c r="E412" t="s">
-        <v>654</v>
+        <v>851</v>
       </c>
       <c r="F412" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="H412" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
-        <v>724</v>
+        <v>459</v>
       </c>
       <c r="B413">
         <v>2024</v>
       </c>
       <c r="C413">
-        <v>108</v>
+        <v>3613</v>
       </c>
       <c r="D413" t="s">
-        <v>653</v>
+        <v>850</v>
       </c>
       <c r="E413" t="s">
-        <v>654</v>
+        <v>851</v>
       </c>
       <c r="F413" t="s">
-        <v>230</v>
+        <v>57</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H413" t="s">
-        <v>864</v>
+        <v>865</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414">
+        <v>581</v>
+      </c>
+      <c r="B414">
+        <v>2024</v>
+      </c>
+      <c r="C414">
+        <v>3614</v>
+      </c>
+      <c r="D414" t="s">
+        <v>850</v>
+      </c>
+      <c r="E414" t="s">
+        <v>851</v>
+      </c>
+      <c r="F414" t="s">
+        <v>57</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H414" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415">
+        <v>582</v>
+      </c>
+      <c r="B415">
+        <v>2024</v>
+      </c>
+      <c r="C415">
+        <v>3615</v>
+      </c>
+      <c r="D415" t="s">
+        <v>850</v>
+      </c>
+      <c r="E415" t="s">
+        <v>851</v>
+      </c>
+      <c r="F415" t="s">
+        <v>57</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H415" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416">
+        <v>583</v>
+      </c>
+      <c r="B416">
+        <v>2024</v>
+      </c>
+      <c r="C416">
+        <v>3616</v>
+      </c>
+      <c r="D416" t="s">
+        <v>850</v>
+      </c>
+      <c r="E416" t="s">
+        <v>851</v>
+      </c>
+      <c r="F416" t="s">
+        <v>57</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H416" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417">
+        <v>584</v>
+      </c>
+      <c r="B417">
+        <v>2024</v>
+      </c>
+      <c r="C417">
+        <v>3617</v>
+      </c>
+      <c r="D417" t="s">
+        <v>850</v>
+      </c>
+      <c r="E417" t="s">
+        <v>851</v>
+      </c>
+      <c r="F417" t="s">
+        <v>57</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H417" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418">
+        <v>585</v>
+      </c>
+      <c r="B418">
+        <v>2024</v>
+      </c>
+      <c r="C418">
+        <v>3618</v>
+      </c>
+      <c r="D418" t="s">
+        <v>850</v>
+      </c>
+      <c r="E418" t="s">
+        <v>851</v>
+      </c>
+      <c r="F418" t="s">
+        <v>57</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H418" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419">
+        <v>586</v>
+      </c>
+      <c r="B419">
+        <v>2024</v>
+      </c>
+      <c r="C419">
+        <v>3619</v>
+      </c>
+      <c r="D419" t="s">
+        <v>850</v>
+      </c>
+      <c r="E419" t="s">
+        <v>851</v>
+      </c>
+      <c r="F419" t="s">
+        <v>57</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="H419" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420">
+        <v>732</v>
+      </c>
+      <c r="B420">
+        <v>2024</v>
+      </c>
+      <c r="C420">
+        <v>3620</v>
+      </c>
+      <c r="D420" t="s">
+        <v>850</v>
+      </c>
+      <c r="E420" t="s">
+        <v>851</v>
+      </c>
+      <c r="F420" t="s">
+        <v>57</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H420" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421">
+        <v>790</v>
+      </c>
+      <c r="B421">
+        <v>2024</v>
+      </c>
+      <c r="C421">
+        <v>3622</v>
+      </c>
+      <c r="D421" t="s">
+        <v>850</v>
+      </c>
+      <c r="E421" t="s">
+        <v>851</v>
+      </c>
+      <c r="F421" t="s">
+        <v>57</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H421" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422">
+        <v>791</v>
+      </c>
+      <c r="B422">
+        <v>2024</v>
+      </c>
+      <c r="C422">
+        <v>3623</v>
+      </c>
+      <c r="D422" t="s">
+        <v>850</v>
+      </c>
+      <c r="E422" t="s">
+        <v>851</v>
+      </c>
+      <c r="F422" t="s">
+        <v>57</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H422" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423">
+        <v>794</v>
+      </c>
+      <c r="B423">
+        <v>2024</v>
+      </c>
+      <c r="C423">
+        <v>3624</v>
+      </c>
+      <c r="D423" t="s">
+        <v>850</v>
+      </c>
+      <c r="E423" t="s">
+        <v>851</v>
+      </c>
+      <c r="F423" t="s">
+        <v>57</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H423" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424">
+        <v>788</v>
+      </c>
+      <c r="B424">
+        <v>2024</v>
+      </c>
+      <c r="C424">
+        <v>3625</v>
+      </c>
+      <c r="D424" t="s">
+        <v>850</v>
+      </c>
+      <c r="E424" t="s">
+        <v>851</v>
+      </c>
+      <c r="F424" t="s">
+        <v>57</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H424" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425">
+        <v>834</v>
+      </c>
+      <c r="B425">
+        <v>2024</v>
+      </c>
+      <c r="C425">
+        <v>3627</v>
+      </c>
+      <c r="D425" t="s">
+        <v>850</v>
+      </c>
+      <c r="E425" t="s">
+        <v>851</v>
+      </c>
+      <c r="F425" t="s">
+        <v>57</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H425" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426">
+        <v>847</v>
+      </c>
+      <c r="B426">
+        <v>2024</v>
+      </c>
+      <c r="C426">
+        <v>3628</v>
+      </c>
+      <c r="D426" t="s">
+        <v>850</v>
+      </c>
+      <c r="E426" t="s">
+        <v>851</v>
+      </c>
+      <c r="F426" t="s">
+        <v>57</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H426" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427">
+        <v>879</v>
+      </c>
+      <c r="B427">
+        <v>2024</v>
+      </c>
+      <c r="C427">
+        <v>3636</v>
+      </c>
+      <c r="D427" t="s">
+        <v>850</v>
+      </c>
+      <c r="E427" t="s">
+        <v>851</v>
+      </c>
+      <c r="F427" t="s">
+        <v>57</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H427" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428">
+        <v>880</v>
+      </c>
+      <c r="B428">
+        <v>2024</v>
+      </c>
+      <c r="C428">
+        <v>3637</v>
+      </c>
+      <c r="D428" t="s">
+        <v>850</v>
+      </c>
+      <c r="E428" t="s">
+        <v>851</v>
+      </c>
+      <c r="F428" t="s">
+        <v>57</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H428" t="s">
+        <v>895</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -14132,50 +14671,65 @@
     <hyperlink ref="G389" r:id="rId388"/>
     <hyperlink ref="G390" r:id="rId389"/>
     <hyperlink ref="G391" r:id="rId390"/>
     <hyperlink ref="G392" r:id="rId391"/>
     <hyperlink ref="G393" r:id="rId392"/>
     <hyperlink ref="G394" r:id="rId393"/>
     <hyperlink ref="G395" r:id="rId394"/>
     <hyperlink ref="G396" r:id="rId395"/>
     <hyperlink ref="G397" r:id="rId396"/>
     <hyperlink ref="G398" r:id="rId397"/>
     <hyperlink ref="G399" r:id="rId398"/>
     <hyperlink ref="G400" r:id="rId399"/>
     <hyperlink ref="G401" r:id="rId400"/>
     <hyperlink ref="G402" r:id="rId401"/>
     <hyperlink ref="G403" r:id="rId402"/>
     <hyperlink ref="G404" r:id="rId403"/>
     <hyperlink ref="G405" r:id="rId404"/>
     <hyperlink ref="G406" r:id="rId405"/>
     <hyperlink ref="G407" r:id="rId406"/>
     <hyperlink ref="G408" r:id="rId407"/>
     <hyperlink ref="G409" r:id="rId408"/>
     <hyperlink ref="G410" r:id="rId409"/>
     <hyperlink ref="G411" r:id="rId410"/>
     <hyperlink ref="G412" r:id="rId411"/>
     <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>