--- v0 (2025-10-11)
+++ v1 (2026-01-03)
@@ -823,50 +823,116 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_n122.2023_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano para a Empresa Franciele Simão da Costa e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_n123.2023_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano para a Empresa Arquimedes Fernandes Rodrigues Lira e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_n124.2023_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno urbano para a Empresa Plásticos Bonabiu LTDA e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_n125.2023_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de terreno para a Empresa Antão Jefferson do Nascimento Silva.</t>
   </si>
   <si>
+    <t>PI</t>
+  </si>
+  <si>
+    <t>Pedido de informação</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/226/pedido_de_informacao_001.pdf</t>
+  </si>
+  <si>
+    <t>para que enviem a esta Casa informações sobre o valor total gasto na realização do Baile Municipal realizado em fevereiro de 2023, englobando os gastos com recursos públicos municipais, com eventuais recursos públicos estaduais ou federais, e com recursos privados oriundos de parcerias ou patrocínios, segregando os valores por fonte/origem do recurso; Notas de empenhos, recibos, notas fiscais e comprovantes de pagamento referentes aos recursos públicos municipais utilizados no Baile Municipal; Termo de convênio, termo de parceria ou congênere dando conta de individualizar a fonte de recursos e os valores efetivamente ingressados nos cofres públicos por destinação do(s) governo(s) estadual e/ou federal, para o Baile Municipal, se houver, individualizando a conta de recebimento e encaminhando o(s) respectivo(s) comprovante(s) de transferência, se houver; Notas de empenhos, recibos, notas fiscais e comprovantes de pagamento referentes aos recursos públicos estaduais e/ou federais utilizad</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/227/pedido_de_informacao_002.pdf</t>
+  </si>
+  <si>
+    <t>para que enviem a esta Casa informações sobre a pintura do trem situado nas proximidades da Praça da Cultura Desembargador João Paes: qual, o valor gasto com material; valor gasto com mão de obra; qual o tipo de tinta usada na pintura, comprovantes de pagamentos, notas de empenho, cópia do processo licitatório (caso tenha ocorrido).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/319/pedido_de_informacao_003.pdf</t>
+  </si>
+  <si>
+    <t>informações a respeito da vigilância sanitária no Hospital Júlio Alves de Lyra: as inspeções estão acontecendo de forma periódica? Quantas vezes ao mês? Foram encontradas irregularidades que precisaram ser sanadas?</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/320/pedido_de_informacao_004.pdf</t>
+  </si>
+  <si>
+    <t>informações sobre a empresa responsável pela execução da obra de calçamento na Rua Maria Xavier Martins: Por que a obra está paralisada? Por que a empresa responsável não fez a remoção das metralhas que até a presente data estão obstruindo as ruas? qual o valor da obra? Houve processo licitatório? Qual o valor pago até agora? E todas as respostas acompanhadas dos seguintes documentos em anexo: Notas, empenhos, comprovantes de pagamento; laudo técnico emitido pela Secretaria de Infraestrutura e Urbanismo e pela Empresa responsável pela realização da obra mencionada.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/321/pedido_de_informacao_005.pdf</t>
+  </si>
+  <si>
+    <t>que em caráter de urgência enviem a esta Casa Legislativa informações sobre o quantitativo de cargos comissionados existentes na gestão e se o quantitativo se enquadra no que diz o art. 87 da Lei Orgânica do nosso Município.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/322/pedido_de_informacao_006.pdf</t>
+  </si>
+  <si>
+    <t>as seguintes informações: como está sendo utilizado o prédio onde funcionava a Policlínica Professor Ulisses de Lima? Algum serviço está sendo ofertado para a população? A Prefeitura informou que o espaço seria reformado, há previsão para a conclusão da reforma? A policlínica voltará a funcionar no referido espaço? E caso volte a funcionar, qual a previsão?</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/323/pedido_de_informacao_007.pdf</t>
+  </si>
+  <si>
+    <t>relação das despesas efetuadas com as comemorações cívicas dos dias 7 e 11 de setembro do presente ano; identificação dos fornecedores acompanhada de processo, licitatório, ou justificativa da dispensa, notas de empenho/sub empenho, notas fiscais emitidas e comprovante de liquidação e pagamento; gastos de fardamentos/fantasias utilizadas por alunos da rede municipal de ensino (nº de processo licitatório, ou justificativa da dispensa, notas de empenho/sub empenho, notas fiscais emitidas e comprovante de liquidação e pagamento); relação completa de outras despesas efetuadas para custear ações, serviços de terceiros e/ou materiais utilizados à realização dos desfiles, todos acompanhados dos documentos de prévio empenho, liquidação e pagamento das despesas ou, ainda, da previsão de desembolso, caso estas estejam pendentes de pagamento.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/324/pedido_de_informacao_008.pdf</t>
+  </si>
+  <si>
+    <t>informações sobre a reforma da Praça Pedro Cândido, mais conhecida como Praça da Vila Fernando de Abreu, cujo projeto arquitetônico foi enviado pela Paróquia de São Pedro e São Paulo Apóstolos, desde 2021, e até a presente data não foi dada a devida importância e encaminhamento da obra.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/325/pedido_de_informacao_009.pdf</t>
+  </si>
+  <si>
+    <t>Relação das despesas efetuadas com as comemorações alusivas ao "Dia das crianças"; Identificação do fornecedor acompanhada de processo licitatório, ou justificativa da dispensa, notas de empenho/sub empenho, notas fiscais emitidas e comprovante de liquidação e pagamento; notas de empenho/sub empenho, notas fiscais emitidas e comprovante de liquidação e pagamento; relação completa de outras despesas efetuadas para custear ações, serviços de terceiros e/ou materiais acompanhados  dos documentos de prévio empenho, liquidação e pagamento das despesas ou, ainda, da previsão de desembolso, caso estas estejam pendentes de pagamento.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/326/pedido_de_informacao_010.pdf</t>
+  </si>
+  <si>
+    <t>que informem a esta Casa Legislativa se haverá a edição deste ano da Festa intitulada "Jardim Cultural". Caso haja, que nos informem toda a programação, processos licitatórios, critérios para escolha das atrações e o período em que a festa será realizada. Caso não haja, que externem os motivos da não realização a festa mencionada, com detalhamento da execução orçamentária da Secretaria de Cultura até a data deste Pedido de Informação.</t>
+  </si>
+  <si>
     <t>RE</t>
   </si>
   <si>
     <t>Requerimentos</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_002_-_saneamento_e_calcamento_em_diversas_localidades-_ze_lopess.docx</t>
   </si>
   <si>
     <t>o saneamento e calçamento nas seguintes localidades:_x000D_
 _x000D_
 •	Rua Adelma Barbosa, Rua Júlio Augusto de Oliveira, Travessa São Roque, Avenida Jesuína Maria da Conceição, Rua Abílio Ramos de Queiroz e Rua Projetada, todas situadas no Bairro Gameleira;_x000D_
 •	3ª Travessa Boa Ventura Joaquim de Moura, Rua José Romildo Cordeiro, Rua João Faustino Ferreira e 3ª Travessa Josefa Germano, situadas no Bairro São Pedro;_x000D_
 •	Calçamento às margens da BR 232, tendo início defronte a Loja Assis Pneus indo até a Oficina de João Gago (deste pedido dar ciência ao Deputado Federal Mendonça Filho);_x000D_
 •	Rua Antônio Cordeiro Ramos, Rua José de Souza Barbosa, Ruas Paraná, Sergipe, Pernambuco, Pará, Bahia, Rua Filomena de Souza Barbosa, Rua Manoel M. Senhorinho e Rua Honório Guimarães situadas no Bairro Maria Cristina;_x000D_
 •	Conservação da pavimentação na Vila de Santa Luzia nas proximidades do Colégio até a frente da Igreja Católica, como também nas ruas que dão acesso ao Memorial Frei Damião, assim como, saneamento e calçamen</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_003_-_reforma_na_praca_do_sitio_muquem_-_tenente.docx</t>
   </si>
   <si>
     <t>que seja feita a reforma da Praça do Sítio Muquém, destacando que este é um pedido dos moradores e os mesmos afirmam que esta foi uma promessa do Prefeito enquanto esteve em campanha por aquela localidade.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_004_-_lampadas_de_led_na_rua_valdemar_maciel_-_tenente.docx</t>
@@ -1477,50 +1543,1049 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/249/req._116.pdf</t>
   </si>
   <si>
     <t>a construção de uma cisterna ou a implantação de uma caixa d' água de 20 mil litros no Cemitério São Francisco situado no Distrito de Xucuru.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/250/req._117.pdf</t>
   </si>
   <si>
     <t>a instalação de um poste na Vila do Sítio Rodrigues com a finalidade de suprir às necessidades de algumas famílias.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/251/req._118.pdf</t>
   </si>
   <si>
     <t>a construção de praça e de uma creche na Rua Projetada 12 e 14, respectivamente, ambas localizadas no Loteamento Tereza Mendonça.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/252/req._119.pdf</t>
   </si>
   <si>
     <t>que seja incluída no portal do Município uma ferramenta direcionada à doação de animais nos moldes do "Adota PET" da cidade do Recife, em parceria com as ONGs de apoio animal de nossa cidade.</t>
   </si>
   <si>
+    <t>REQV</t>
+  </si>
+  <si>
+    <t>Requerimento Verbal</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/595/1-2023.pdf</t>
+  </si>
+  <si>
+    <t>Saneamento e calçamento na localidade do Loteamento João Paulo II.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/594/2-2023.pdf</t>
+  </si>
+  <si>
+    <t>Recapeamento na Localidade de Vila Nossa Senhora Aparecida (Cavalo Morto).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/593/3-2023.pdf</t>
+  </si>
+  <si>
+    <t>Calçamento na Rua do Chorão até a Vila Nossa Senhora Aparecida (Cavalo Morto).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/592/4-2023.pdf</t>
+  </si>
+  <si>
+    <t>Complemento do calçamento e saneamento na Rua Francisco Leite de Oliveira.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/591/5-2023.pdf</t>
+  </si>
+  <si>
+    <t>Disponibilizar três carros fumacê.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/590/6-2023.pdf</t>
+  </si>
+  <si>
+    <t>Terraplanagem na estrada localizada no sítio Raposo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/589/7-2023.pdf</t>
+  </si>
+  <si>
+    <t>Convida Secretária de Educação.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/588/8-2023.pdf</t>
+  </si>
+  <si>
+    <t>Convida Gerente da Compesa.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/587/09-2023.pdf</t>
+  </si>
+  <si>
+    <t>Solicita reparos na Vila do Planalto - COMPESA.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/429/10-2023.pdf</t>
+  </si>
+  <si>
+    <t>Andamento do Plano Diretor - Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/615/11-2023.pdf</t>
+  </si>
+  <si>
+    <t>Seja feito o reparo no esgoto da Rua Marcos Luiz Cordeiro, situada no bairro da Cohab I, onde encontra-se a céu aberto há meses causando transtornos para a população e riscos à saúde.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/614/12-2023.pdf</t>
+  </si>
+  <si>
+    <t>A aração de terras e a distribuição de sementes para beneficiar os agricultores.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/613/13-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o saneamento e calçamento da Rua José Macena Irmão, bem com, o complemento da Rua Boa Ventura Joaquim de Moura, situada no Bairro do São Pedro. Ainda solicitou, que seja reformada a Praça Ariano Suassuna, com isso trazendo benefícios para população</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/612/13-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o saneamento e calçamento da Rua José Macena Irmão, bem com, o complemento da Rua Boa Ventura Joaquim de Moura, situada no Bairro do São Pedro. Ainda solicitou, que seja reformada a Praça Ariano Suassuna, com isso trazendo benefícios para população.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/601/15-2023.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de redes e dispositivos de drenagem na Rua João Batista Senhorinho (Avenida do Sesc), situada no Bairro Cohab II, pois devido à conclusão da pavimentação asfáltica passou a apresentar maior alagamento no período de chuvas.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/598/16-2023.pdf</t>
+  </si>
+  <si>
+    <t>- Reparação no calçamento, próximo ao Mercado de Bigode em Vila Nova.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/597/16-2023.pdf</t>
+  </si>
+  <si>
+    <t>Restauração de um pequeno açougue e construção de 3 tarimbas.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/600/18-2023.pdf</t>
+  </si>
+  <si>
+    <t>Colocar Câmara fria no Matadouro Público e no veículo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/599/19-2023.pdf</t>
+  </si>
+  <si>
+    <t>Desapropriação de área para ampliação dos cemitérios.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/596/20-2023.pdf</t>
+  </si>
+  <si>
+    <t>Revisão na fiação da Rua Pedro Benevides - CELPE.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/608/21-2023.pdf</t>
+  </si>
+  <si>
+    <t>Reposição de lâmpadas e mutirão no Tereza Mendonça - Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/611/22-20230.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado mutirão de limpeza, reposição e substituição de lâmpadas queimadas nos Bairros Pontilhão, Boa Vista e Novo Jardim. Solicitou, também, o calçamento da Rua Manoel Gomes do Nascimento, tendo início o Posto de Saúde até a PE-166, situada no Bairro Pontilhão, bem como da Rua Manoel José Cadete, situada no Bairro Boa Vista.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/610/22-2023.pdf</t>
+  </si>
+  <si>
+    <t>Construção e reforma de quadras, além de troca de lâmpadas em praças.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/609/23-2023.pdf</t>
+  </si>
+  <si>
+    <t>Reabastecimento de medicamentos - Saúde.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/607/25-2023.pdf</t>
+  </si>
+  <si>
+    <t>Horário estendido à noite para funcionamento de posto de saúde de Xucuru e Serra do Vento.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/604/26-2023.pdf</t>
+  </si>
+  <si>
+    <t>Trator agrícola para aração de terras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/603/27-2023.pdf</t>
+  </si>
+  <si>
+    <t>Contratação de carros-pipas para Água Fria, Santa Luzia e Bola I e II.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/602/28-2023.pdf</t>
+  </si>
+  <si>
+    <t>Pintura dos quebra-molas e da faixa preferencial.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/624/29-2023.pdf</t>
+  </si>
+  <si>
+    <t>Serviços de drenagem na Rua Cicinato Píres Raposo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/623/30-2023.pdf</t>
+  </si>
+  <si>
+    <t>Semáforos em frente da Rádio Itacaité - Sedec.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/622/31-2023.pdf</t>
+  </si>
+  <si>
+    <t>Quebra-molas na Rua Dona Santa - Sedec.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/621/32-2023.pdf</t>
+  </si>
+  <si>
+    <t>Colocar os tributos do Município no Site.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/620/33-2023.pdf</t>
+  </si>
+  <si>
+    <t>Atualizar as informações do Portal da Transparência.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/619/34-2023.pdf</t>
+  </si>
+  <si>
+    <t>Contratação de trator agrícola para aração de terras em Serra dos Ventos.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/618/35-2023.pdf</t>
+  </si>
+  <si>
+    <t>Planejamento de distribuições de cestas básicas.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/617/36-2023.pdf</t>
+  </si>
+  <si>
+    <t>Creche na Comunidade do Sítio Rodrigues.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/616/37-2023.pdf</t>
+  </si>
+  <si>
+    <t>Convida o BelojardimPREV para explicar como se encontra os investimentos do patrimônio - PREV.</t>
+  </si>
+  <si>
+    <t>Saneamento na Rua 3 na Cohab III e saneamento e calçam na Rua Sebastiana Clementina.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/643/39-2023.pdf</t>
+  </si>
+  <si>
+    <t>Reposição de uma luminária na Travessa São Roque.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/642/40-2023.pdf</t>
+  </si>
+  <si>
+    <t>Falta de alimentos na Creche Boa Samaritana - Assistência Social.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/641/41-2024.pdf</t>
+  </si>
+  <si>
+    <t>Terraplanagem nas ruas que ainda não são calçadas no Tereza Mendonça - Obra</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/640/42-2023.pdf</t>
+  </si>
+  <si>
+    <t>- Estudo para viabilizar entrada à estrada que dá acesso ao Distrito de Água - Obras - José Carlos.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/638/43-2023.pdf</t>
+  </si>
+  <si>
+    <t>Revisão em toda a estrutura física da Escola Luiza Leopoldina Lopes - Obras e Educação.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/631/44-2023.pdf</t>
+  </si>
+  <si>
+    <t>Construção do muro da Escola Municipal Luiza Leopoldina Lopes - Obras e Educação.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/630/45-2023.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de câmeras de segurança nas principais ruas - SEDEC.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/629/46-2023.pdf</t>
+  </si>
+  <si>
+    <t>Instalação da Guarda Municipal - SEDEC .</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/628/47-2023.pdf</t>
+  </si>
+  <si>
+    <t>- Ajuste na torre de transmissão da Globo em Xucuru.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/627/48-2023.pdf</t>
+  </si>
+  <si>
+    <t>Recapeamento da estrada que liga Belo Jardim ao Distrito de Água Fria - Agricultura.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/626/49-2023.pdf</t>
+  </si>
+  <si>
+    <t>Máquina roçadeira com o objetivo de fazer o roço do mato às margens da PE-166 - Agricultura.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/625/50-2023.pdf</t>
+  </si>
+  <si>
+    <t>Rodas ostensivas nas escolas - Educação.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/652/51-2023.pdf</t>
+  </si>
+  <si>
+    <t>Ampliação do cemitério na localidade de Vila de Campo Novo - Obras .</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/651/52-2023.pdf</t>
+  </si>
+  <si>
+    <t>Calçamento na Localidade de Vila Nova - Obras .</t>
+  </si>
+  <si>
+    <t>- Reparo da iluminação, poda de árvore no colégio, praça e posto de saúde de Vila Nova - Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/649/54-2023.pdf</t>
+  </si>
+  <si>
+    <t>Construção do muro de arrimo no Cemitério de Serra dos Ventos - Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/648/55-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção na estrada do Distrito de Serra do Vento até Vila Nova - Obras .</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/647/56-2023.pdf</t>
+  </si>
+  <si>
+    <t>- Substituição das lâmpadas queimadas em toda a Cidade - Iluminação.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/646/57-2023.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de 4 postes de iluminação na Vila Raiz - Iluminação .</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/645/58-2023.pdf</t>
+  </si>
+  <si>
+    <t>Redutor de velocidade na Rua Sebastião Goncalves Torres - SEDEC e Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/655/66-2023.pdf</t>
+  </si>
+  <si>
+    <t>Rede de esgoto e calcamento na Rua do Ipê e Rua São Sebastião - Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/657/64-2023.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de 10 luminárias por trás do memorial Frei Damião - Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/656/65-2023.pdf</t>
+  </si>
+  <si>
+    <t>Saneamento e calçamento na Rua 09 no Bairro da Cohab III. Na ocasião, o Vereador Ademilton dos Santos pediu para acrescentar as demais ruas que necessitam de saneamento e calçamento.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/654/63-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da estrada que liga Bela Vista, seguindo até a Fazenda do Ouro - Obras.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/653/68-2023.pdf</t>
+  </si>
+  <si>
+    <t>Construção de um Posto de Saúde e manutenção na infraestrutura do Vila Bela.</t>
+  </si>
+  <si>
+    <t>Atendimentos de neuropediatra para diagnóstico de Transtorno do Espectro Autista - Saúde.</t>
+  </si>
+  <si>
+    <t>Transferir o posto de saúde para a antiga escola no Sítio Gravatá - Saúde .</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/659/72-2023.pdf</t>
+  </si>
+  <si>
+    <t>Continuidade no saneamento da Rua Mãe Rainha.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/658/72-2023.pdf</t>
+  </si>
+  <si>
+    <t>Retirar dos silos abandonados do antigo Mafisa enxames de maribondos -</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/667/74-2023.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudos de viabilidade para fins de implantação de um Centro de Referência de Assistência Social - CRAS, no Bairro São Pedro, vislumbrando atender à população residente na referida localidade e nos Bairros Tereza Mendonça, Maria Cristina e Gameleira.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/666/74-2023.pdf</t>
+  </si>
+  <si>
+    <t>A contratação de professor de Educação Física para orientar atividades físicas da população ao ar livre na praça do Bairro Maria Cristina.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/665/75-2023.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma passagem molhada após a Barragem do Ipojuca, na estrada que liga a comunidade de Campo Novo à esquerda e a Associação Itacaité à direita, uma vez que quando a barragem está sangrando as pessoas daquela região ficam com dificuldade de transitarem por aquele trecho.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/664/76-2023.pdf</t>
+  </si>
+  <si>
+    <t>Serviço de manutenção de patrolamento, bem como o roço do mato, pois encontra-se em mau estado de conservação e o mato em suas margens estão dificultando trânsito de veículos e pessoas, na estrada rural que liga o Distrito de Serra do Vento que dá acesso a localidade de Vila Nova, principalmente no trecho após o calçamento, próximo ao Parque de Vaquejada até a beira do rio.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/663/77-2023.pdf</t>
+  </si>
+  <si>
+    <t>A troca de aproximadamente 150 metros de tubulação, de pequeno diâmetro por de maior diâmetro na Rua Ana Maria de Queiroz, no Bairro Gameleira.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/662/78-2023.pdf</t>
+  </si>
+  <si>
+    <t>A possível reforma geral e reparo ou substituição dos móveis visando dar melhores condições aos profissionais que prestam atendimento e também proporcionar maior comodidade às pessoas que necessitam de atendimento da USB- Unidade Básica de Saúde, na localidade da Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/683/79-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que proceda a manutenção e troca das lâmpadas dos postes de iluminação pública nas Ruas 02, 06, Roque Bernardo de Oliveira, Sebastiana Clementina e Alzira Fernandes de Oliveira, no Bairro Viana Moura da BR.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/673/80-2023.pdf</t>
+  </si>
+  <si>
+    <t>A possibilidade de reforçar o patrulhamento, inibindo a presença de criminosos, justificada no aumento no registro de ocorrências de roubo de pertences e motos diariamente, no Distrito de Água Fria.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/672/81-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e troca das lâmpadas na Rua São Sebastião (Rua da Igreja Católica), Distrito de Água Fria.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/671/82-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a reforma da Praça Pedro Cândido, na Vila Fernando de Abreu.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/670/83-2023.pdf</t>
+  </si>
+  <si>
+    <t>A complementação do posteamento da pequena parte que resta para conclusão, no Bairro Vila Bela.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/669/84-2023.pdf</t>
+  </si>
+  <si>
+    <t>A capinação do mato existente às margens no trecho que liga Belo Jardim a Serra do Vento, Água Fria, Bola II e a estrada que sai em Rildo Ferraz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/668/85-2023.pdf</t>
+  </si>
+  <si>
+    <t>A instalação de equipamento de parquinho infantil, garantindo um espaço de lazer e descontração, que foi retirado aproximadamente um ano e meio da praça do Bairro Maria Cristiana.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/687/86-2023.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento das Ruas Dó, Ré, Mi, Fá, Sol, Lá e Si, bem como reparo na rede de esgoto no terreno onde deveria ser uma praça no Bairro Tereza Mendonça, também que proceda a manutenção e troca das lâmpadas desse bairro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/686/87-2023.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento e calçamento da Rua Francisco Leite de Oliveira, localizada entre a Delegacia e o Centro Social Urbano.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/685/88-2023.pdf</t>
+  </si>
+  <si>
+    <t>Serviços de manutenção das estradas rurais do trecho que liga Xucuru até o Sítio Arara; Sítios Mutuca, passando por Fundão até Cafundó e Mimoso, bem como da Rua da Palha até Lagoa de Pedra, comtemplando os Sítios Conceição e Carlotas até Ibem; Sítio Conceição até Sítio Mimoso; Sítio Pintada até o Sítio Algodões.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/684/89-2023.pdf</t>
+  </si>
+  <si>
+    <t>A possibilidade de implantação de coberturas nos pontos de mototáxis, táxis e pontos de ônibus. Tendo como objetivo melhorar as condições de trabalho dos profissionais e da população.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/689/90-2023.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento na quadra poliesportiva na Rua José Leonardo Bezerra, no Bairro Viana Moura da Br.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/688/91-2023.pdf</t>
+  </si>
+  <si>
+    <t>Estudo de viabilidade para celebrar uma parceria pública-privada a implantação de um cemitério ecológico, onde o Município disponibilizará jazigo pra famílias mais carentes, firmada o espaço dos dois principais Cemitérios da cidade se encontra com sua capacidade de sepultamento quase esgotado, devido ao modelo de enterro adotado, sendo preciso a construção de um novo cemitério público onde possa ser dado continuidade ao sepultamento de maneira planejada e organizada, com maior controle e manutenção do espaço.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/693/92-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja finalizada a conclusão do calcamento na Avenida Adalgisa Ribeiro Maciel.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/692/93-2023.pdf</t>
+  </si>
+  <si>
+    <t>A possiblidade de realizar a troca das lâmpadas convencionais para as de LED nos postes tendo prioridade os bairros: Maria Cristina, Viana Moura da Br, Viana Moura da Faculdade, Vila Bela, Bela Vista, Frei Damião, Gameleira, São Pedro e Santo Antônio, bem como as seguintes Vilas: Xucuru, Serra do Vento, Taboquinha, Vila da Barragem, Campo Novo, Lagoa da Chave, Santa Luzia, Agua Fria e Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/691/94-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita rede de drenagem pluvial no pátio da feira e nas proximidades do Supermercado Campeão, considerando a necessidade de prevenir e minimizar os problemas de alagamento, bem como que seja realizado limpeza e roço do mato do Bairro Viana Moura da Br.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/690/95-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja providenciado o conserto do maquinário utilizado no abate de animais, no abatedouro público municipal.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/705/96-2023.pdf</t>
+  </si>
+  <si>
+    <t>Calçamento da Rua Manoel Gomes, José Cadete e Rua do Sossego.</t>
+  </si>
+  <si>
+    <t>Revitalização da praça, na Rua Manoel José de Oliveira.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/703/98-2023.pdf</t>
+  </si>
+  <si>
+    <t>Troca de lâmpadas queimadas em Batinga de Baixo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/702/99-2023.pdf</t>
+  </si>
+  <si>
+    <t>Saneamento e calcamento nas Ruas Sol, 12, Socorro Padilha e Salustiano Souza santos.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/701/100-2023.pdf</t>
+  </si>
+  <si>
+    <t>Troca de lâmpadas no Sítio Rodrigues, Vila Taboquinha, Agua Fria e Volta do Rio.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/700/101-2023.pdf</t>
+  </si>
+  <si>
+    <t>O recapeamento asfáltico, Distrito de Agua Fria.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/699/102-2023.pdf</t>
+  </si>
+  <si>
+    <t>Cobertura da quadra poliesportiva da Escola Joaquim Medeiros.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/698/103-2023.pdf</t>
+  </si>
+  <si>
+    <t>Saneamento e calçamento na Rua José Marcena Irmão.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/697/104-2023.pdf</t>
+  </si>
+  <si>
+    <t>Patrolamento na estrada Rural que dá acesso a localidade da prainha do Ipojuca.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/696/105-2023.pdf</t>
+  </si>
+  <si>
+    <t>Patrolamento na estrada rural que dá acesso a localidade Bola II.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/695/106-2023.pdf</t>
+  </si>
+  <si>
+    <t>Retirada do redutor de velocidade-lombada na Praça das Crianças.</t>
+  </si>
+  <si>
+    <t>Interdição do trecho da esquina do Chopp até Banco Itaú aos domingos.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/573/108-2023.pdf</t>
+  </si>
+  <si>
+    <t>Conclusão do calçamento e saneamento da Rua Herminio José Torres.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/574/109-2023.pdf</t>
+  </si>
+  <si>
+    <t>Esgoto e calçamento da Rua Abilio Ramos de Queiroz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/575/110-2023.pdf</t>
+  </si>
+  <si>
+    <t>Calçamento da Rua Alagoas-Rua Armando Sobreira Filho.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/576/106-2023.pdf</t>
+  </si>
+  <si>
+    <t>Conclusão do calçamento da Rua Mãe Rainha e nas ruas al lado de Everaldo do Mocotó.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/577/112-2023.pdf</t>
+  </si>
+  <si>
+    <t>Calçamento da Vila de Campo Novo.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/578/113-2023.pdf</t>
+  </si>
+  <si>
+    <t>Inspeções rotineiras no controle de insetos na Central de Abastecimento.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/579/114-2023.pdf</t>
+  </si>
+  <si>
+    <t>Vigilante para praça de alimentação, próximo ao Hotel Lacazona.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/567/115-2023.pdf</t>
+  </si>
+  <si>
+    <t>Reparo em iluminação no Araçá e calçamento na Rua Severino Pedro Torres.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/568/116-2023.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de uma academia da saúde no Viana da Faculdade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/569/117-2023.pdf</t>
+  </si>
+  <si>
+    <t>Saneamento na Avenida Senador Paulo Guerra e reforma da quadra do CRAS da Cohab 1.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/570/118-2023.pdf</t>
+  </si>
+  <si>
+    <t>Reforma da praça da academia da cidade (José Alves).</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/571/119-2023.pdf</t>
+  </si>
+  <si>
+    <t>Sistema de monitoramento por câmeras na cidade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/572/120-2023.pdf</t>
+  </si>
+  <si>
+    <t>Andamento da proposta de implantação do piso salarial dos professores.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/562/121-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção na estrada rural do Sítio Balança.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/563/122-2023.pdf</t>
+  </si>
+  <si>
+    <t>Patrolamento das estradas rurais do Sítio Patos.</t>
+  </si>
+  <si>
+    <t>Calçamento na Vila do Planalto.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/565/124-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção mecânica no ônibus escolar dos alunos do Sitio Igrejinha ao Distrito de Xucuru.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/566/125-2023.pdf</t>
+  </si>
+  <si>
+    <t>Encontrar uma solução para falta de água que ocorre com frequência no Distrito de Serra do Vento e Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/559/126-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da Praça das Crianças Cohab I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/560/127-2023.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de dois redutores de velocidade no Vila Bela.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/561/128-2023.pdf</t>
+  </si>
+  <si>
+    <t>Conclusão do calçamento e saneamento proximidades do campo da Moura.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/556/129-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e troca de lâmpadas nos dois postes de iluminação no centro da Praça José Justino de Oliveira no Distrito de Xucuru. Ademais, solicitou serviços de reparos na passagem molhada nas proximidades da casa do Sr. Vadinha, no Sitio Arara.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/557/130-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção e troca das lâmpadas queimadas, tendo início na entrada do Bar das Irmãs até a propriedade do Sr. Genildo de Maria de Genivaldo e nas proximidades do campo no Sítio Bola I, bem como os Sítios Muquém e Araçá.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/558/131-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que destine com mais com mais frequência patrulhas policiais para coibir um incontável número de roubo de motos na Zona Rural, com intuito de que a população possa desfrutar da tranquilidade que merecem.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/552/132-2023.pdf</t>
+  </si>
+  <si>
+    <t>Extensão de postes de iluminação no trecho da Vila do Socorro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/553/133-2023.pdf</t>
+  </si>
+  <si>
+    <t>Poda de árvore na Igreja São José e Coleta de lixo no Sítio Ingá.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/554/134-2023.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de corrimão na Ponte Nova e Avenida Sebastião Cabral.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/555/135-2023.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de redutores de velocidade na Escola Professora Risoleta Cavalcanti.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/541/136-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado um mutirão nos bairros Frei Damião, Bela Vista e José Barbosa Maciel, mais conhecido como Viana &amp; Moura da BR.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/542/137-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção da rede elétrica em toda extensão do Sítio Lagoa.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/545/138-2023.pdf</t>
+  </si>
+  <si>
+    <t>Novo Centro de Velório Municipal no Distrito de Xucuru.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/546/139-2023.pdf</t>
+  </si>
+  <si>
+    <t>A implantação de tubulação de água, medindo aproximadamente de 200 a 300 metros, para que a Vila São Francisco de Assis, mais conhecida como Lagoa da Chave possa ter água potável e estabelecimento frequente, além de que a COMPESA faça a mesma implantação de encanação nos Sítios Bolça I e Bola II.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/547/140-2023.pdf</t>
+  </si>
+  <si>
+    <t>A realização de um estudo de viabilidade para implantação de tubulação de água, medindo aproximadamente 14 quilômetros da Adutora do Agreste na cidade de Brejo da Madre de Deus, para que o Distrito de Xucuru tenha um sistema de abastecimento de água potável.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/548/141-2023.pdf</t>
+  </si>
+  <si>
+    <t>A pavimentação asfáltica da Rua Jacó Alves, tendo início no Frigorífico Boi Nelore até a casa de Geilson, bem como na Rua Ceci leite, tendo início na balança da Moura até o hospital de Dr. Tito, Bairro Boa Vista.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/549/142-2023.pdf</t>
+  </si>
+  <si>
+    <t>A terraplanagem, poda de árvores, bem como a manutenção e troca de lâmpadas convencionais para as de LED nos postes da estrada Rural que dá acesso a localidade da Vila São Francisco.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/550/143-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam feitas as substituições das luminárias comuns por lâmpadas de Led na seguintes localidades: Vila Planalto, Gogóia, Campo Novo e Vila Padre Cícero situada na PE 180 que liga Belo Jardim ao Município de São Bento do Una.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/551/144-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja disponibilizado transporte escolar para atender os alunos do Sítio Lagoa da Pedra, onde atualmente completou duas semanas que o único transporte escolar que faz essa rota está com problema mecânico.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/536/145-2023.pdf</t>
+  </si>
+  <si>
+    <t>A realização de estudo de viabilidade para instalação de 04 (quatro) ou 05 (cinco) luminárias, por trás do campo, aproximadamente 70 metros de extensão na Rua do Campo situada na Vila Raiz.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/537/146-2023.pdf</t>
+  </si>
+  <si>
+    <t>Os reparos necessários para o conserto do vazamento na rede de esgoto na Rua Nossa Senhora da Saúde no Bairro Cohab I.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/538/147-2023.pdf</t>
+  </si>
+  <si>
+    <t>O calçamento entre Assis Pneus até a Oficina de João Gago, às margens da BR -232.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/539/149-2023.pdf</t>
+  </si>
+  <si>
+    <t>A disponibilização de transporte escolar para buscar e levar na porta de sua residência até a escola no Distrito de Xucuru, a aluna Sr. Suzete Santos, perante a idade de 66 anos e problema em uma das pernas tendo dificuldade de locomoção.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/540/150-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que realize uma articulação de parceria com o Governo do Estado a fim de estudo para implantação de uma ciclovia e passeio entre a Avenida Coronel Antônio Marinho até a AEB - Autarquia Educacional do Belo Jardim, às margens da PE - 166.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/532/151-2024.pdf</t>
+  </si>
+  <si>
+    <t>A locação provisória de imóvel para implantação e funcionamento de uma creche para o início do ano letivo de 2024, na localidade da Vila Taboquinha.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/533/152-2023.pdf</t>
+  </si>
+  <si>
+    <t>O saneamento bem como a troca de manilhas na Rua da Olaria, no Bairro Frei Damião.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/534/153-2023.pdf</t>
+  </si>
+  <si>
+    <t>Que seja disponibilizado um caminhão pipa para abastecimento de água aos moradores da Zona Rural, dos Sítios Carlota e Conceição. Além disso, solicitou o serviço de terraplanagem nas estradas dos Sítios Campo Novo e Itacaité II.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/535/154-2023.pdf</t>
+  </si>
+  <si>
+    <t>Solicitou serviço de terraplanagem da estrada do Sítio Lagoa da Chave e do Distrito de Água Fria, bem como as estradas dos Sítios circunvizinhos.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/525/155-2023.pdf</t>
+  </si>
+  <si>
+    <t>Terraplanagem na estrada que dá acesso ao Sitio Barro Branco e carro-pipa para abastecimento na Zona Rural.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/526/156-2023.pdf</t>
+  </si>
+  <si>
+    <t>Terraplanagem na nas estradas dos Sítios Riachão, Cafundó.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/527/157-2023.pdf</t>
+  </si>
+  <si>
+    <t>Roço do mato no trecho do bar das Irmãs que liga a Vila de Agua Fria.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/528/158-2023.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de poste de iluminação próximo a Escola Municipal na Avenida Oscar e mesa de jogas pra idosos.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/529/159-2023.pdf</t>
+  </si>
+  <si>
+    <t>Redutores de velocidade na Rua Honório Torres de Melo e alça de acesso da PE 180 a Rua da Palha.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/530/160-2023.pdf</t>
+  </si>
+  <si>
+    <t>Revisão de iluminação e 2 postes na Rua do Chorão ao Campo da Moura.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/531/161-2023.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias dos alojamentos dos profissionais da área da saúde do Hospital e UPA.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/519/162-2023.pdf</t>
+  </si>
+  <si>
+    <t>Inclusão do Bairro Residencial Novo Jardim no Programa Ilumina Belo Jardim.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/520/163-2023.pdf</t>
+  </si>
+  <si>
+    <t>As reformas das Praças do São Pedro e da Vila Fernando de Abreu.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/521/164-2023.pdf</t>
+  </si>
+  <si>
+    <t>Terraplanagem nas estradas do Araçá, passando pelo Sítio do Monte.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/522/165-2023.pdf</t>
+  </si>
+  <si>
+    <t>Implantação de Escola Municipal no Bairro Euno Andrade.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/523/166-2023.pdf</t>
+  </si>
+  <si>
+    <t>Regulamentação da circulação das carroças.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/517/167-2023.pdf</t>
+  </si>
+  <si>
+    <t>Passagem molhada Campo de Farias e Riacho Escuro.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/518/168-2023.pdf</t>
+  </si>
+  <si>
+    <t>Troca do dia da feira por causa do feriado.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/513/169-2023.pdf</t>
+  </si>
+  <si>
+    <t>- Conserto do esgoto na Construcenter na Av Julia Rodrigues Torres</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/514/170-2023.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza de terreno particular ao lado da Rua da Solidão.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/515/171-2023.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção na estrada rural que dá acesso ao Sítio Araçá.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/516/172-2023.pdf</t>
+  </si>
+  <si>
+    <t>Placas indicativas de limite de velocidade na Av. do IFPE.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/511/173-2023.pdf</t>
+  </si>
+  <si>
+    <t>Guarda para o setor de identificação na Assistência Social</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/512/17-2023.pdf</t>
+  </si>
+  <si>
+    <t>Contratar mais 8 ou 10 carros-pipas.</t>
+  </si>
+  <si>
+    <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/524/148-2023.pdf</t>
+  </si>
+  <si>
+    <t>Incentivo à cultura da viola, para que possa reativar a apresentação do grupo de violeiros.</t>
+  </si>
+  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicações</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/105/indicacao_001.2023.pdf</t>
   </si>
   <si>
     <t>que seja feito um estudo de viabilidade por engenheiros hídricos, com a finalidade de posterior ampliação da ETA - Estação de Tratamento de Água situada na Barragem de Tabocas no Distrito de Serra do Vento, pois, em virtude do crescimento populacional e das grandes retiradas de água pelos carros pipas, o volume de água que está sendo tratada não está sendo suficiente para suprir a demanda, e que este laudo seja entregue em nosso gabinete para que possamos dar ciência aos meios de comunicação e à Secretaria de Recursos Hídricos do Estado de Pernambuco.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_002.2023.pdf</t>
   </si>
   <si>
     <t>a implantação de uma Delegacia da Mulher, visando atender mulheres, crianças e adolescentes vítimas de violência física, moral e sexual em Belo Jardim e região.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_003.2023.pdf</t>
   </si>
   <si>
     <t>a ampliação na rede de abastecimento de água, tendo início na localidade denominada Sítio Bola I, indo até o Sítio Bola II, medindo aproximadamente de 300 a 400 metros, com a finalidade de proporcionar aos moradores que por lá residem acesso a água tratada de forma digna e humanizada.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_004.2023.pdf</t>
@@ -1597,51 +2662,51 @@
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_016.2023.pdf</t>
   </si>
   <si>
     <t>um estudo para viabilizar o aumento da capacidade de tratamento e distribuição de água na ETA - Estação de Tratamento de Água, localizada na Barragem de Tabocas no Distrito de Serra do Vento.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_017.2023.pdf</t>
   </si>
   <si>
     <t>a implantação do sistema de tubulação de água com o objetivo de levar água encanada e potável para a Comunidade do Sítio Muquém, pertencente ao nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_018.2023.pdf</t>
   </si>
   <si>
     <t>o envio de um consultório móvel, com médico clínico geral para atender a população belo-jardinense sobretudo os bairros mais carentes do nosso Município.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_019.2023.pdf</t>
   </si>
   <si>
     <t>que sejam tomadas as providências cabíveis quanto ao aeroporto existente em nosso Município, com a reativação e manutenção do mesmo, e que seja montada toda a estrutura necessária para o seu pleno funcionamento.</t>
   </si>
   <si>
-    <t>MP</t>
+    <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/123/mocao_001.pdf</t>
   </si>
   <si>
     <t>uma Moção de Aplauso, ao Exmo. Sr. José Lopes Silveira, Presidente deste Poder Legislativo no Biênio 2021/2022 e demais Vereadores, pela brilhante contribuição financeira resultante de economias cuja finalidade foi a devolução de aporte financeiro ao Poder Executivo, para auxiliar na execução da obra de reforma da Praça da Cultura Desembargador João Paes e, extensivamente ao Exmo. Sr. Gilvandro Estrela na qualidade de Prefeito do Município e à Sr. Joédna Souza, Secretária Municipal de Infraestrutura e Urbanismo pela devida aplicabilidade dos recursos enviados reformando e devolvendo ao nosso Município um equipamento tão necessário e proporcionando a nossa população momentos de descontração e laser.</t>
   </si>
   <si>
     <t>uma Moção de Aplauso, aos blogueiros: Sr. Fernando Márcio Silva Mororó, Blog Se Liga Belo Jardim, Sr. Edson Silva, Agrestv, Sr. André Brito, Blog Diário do Bitury e Sr. Manoel Ricardir do Portal Belo Jardim, pelo excelente trabalho realizado na cobertura feita no velório e pelas homenagens prestadas im memorim ao Sr. Francisco Cintra Galvão, numa verdadeira demonstração de profissionalismo, competência e dinamismo, além da cooperatividade e entrosamento. É importante destacar  forma como esses profissionais foram elegantes durante todo o processo do trabalho desenvolvido, tendo empatia e respeito pela família e pelas pessoas presentes, fazendo o verdadeiro papel da imprensa que é noticiar, divulgar e transmitir em tempo real todos os acontecimentos.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/125/mocao_003.pdf</t>
   </si>
   <si>
     <t>ao Belo-jardinense Davi Henrique Cavalcanti Veloso, pela honraria recebida com o título de Professor Doutor Honoris Causa, por sua atuação na ´´area educacional.</t>
   </si>
   <si>
     <t>https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/126/mocao_004.pdf</t>
   </si>
   <si>
     <t>uma Moção de Aplauso, ao Dr. Daniel César de Lima Vieira, da Vara Criminal da Comarca de Belo Jardim, tendo passado 05 anos atuando como Promotor em defesa da sociedade. Destacamos que Dr. Daniel é uma pessoa simples, atendendo a todos sem distinção e ainda participativo do programa social de distribuição de sopas para os humildes nas periferias. Atualmente foi transferido de nosso Município.</t>
   </si>
@@ -1819,1115 +2884,50 @@
     <t>À família enlutada do Sr. José Antônio da Silva, mais conhecido como Seu Antônio, pelo seu falecimento ocorrido no dia 14 de outubro do corrente ano em nosso Município.</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CLRL - Comissão de Legislação e Redação de Leis</t>
   </si>
   <si>
     <t>Ementa: Modifica-se a redação do §3º que se pretende acrescentar ao art. 93 da Lei Municipal nº 2.105, de 27 de dezembro de 2013 – Código Tributário do Município de Belo Jardim, conforme redação do artigo 1º do Projeto de Lei nº 062, de 19 de setembro de 2023, o qual passa a vigorar com a seguinte redação: “§ 3º Nos casos de desapropriação decretadas pelo Poder Executivo, fica este autorizado a abater do valor total da indenização o valor Correspondente ao crédito tributário existente relacionado ao imóvel desapropriando, caso este seja inferior ao valor da indenização declarada, mediante autorização fundamentada do Secretário de Gestão Pública em processo administrativo fiscal próprio, ou pelo Procurador Geral do Município quando se tratar de transação judicial.”</t>
   </si>
   <si>
     <t>Pareceres nºs 109 e 110/2023 das Comissões de Legislação e Redação de Leis e Finanças e Orçamento ao Projeto de Lei nº 062/2023 de autoria do Poder Executivo, Ementa: Altera a Lei Municipal nº 2.105, de 27 de dezembro de 2013 – Código Tributário do Município de Belo Jardim.</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>Pareceres nºs 111, 112 e 113/2023 das Comissões de Legislação e Redação de Leis, Finanças e Orçamento e Políticas Públicas para a juventude ao projeto de Lei nº 064/2023 de autoria da Mesa Diretora, Ementa: Dispõe sobre o estágio de estudantes de educação superior, de educação profissional, de ensino médio e da educação especial, no âmbito do Poder Legislativo do Município de Belo Jardim-PE, com agentes de integração, adequando-se as normas da Lei Federal nº 11.788, de 25 de setembro de 2008, e dá outras providências.</t>
   </si>
   <si>
     <t>CPPJ - Comissão de Políticas Públicas para a Juventude</t>
-  </si>
-[...1063 lines deleted...]
-    <t>Incentivo à cultura da viola, para que possa reativar a apresentação do grupo de violeiros.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3231,51 +3231,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/157/pl.001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/158/pl.002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/159/pl.003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/162/pl.005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/163/pl.006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/164/pl.007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/165/pl.008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/166/pl.009_-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/167/pl.010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/168/pl.011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/169/pl.012-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/170/pl.013-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/171/pl.014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/172/pl.015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/173/pl.016-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/174/pl.017-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/175/pl.018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/176/pl.019-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/177/pl.020-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/178/pl.021-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/179/pl.022-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/180/pl.023-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/181/pl.024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/182/pl.025.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/183/pl.026.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/185/pl.028.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/186/pl.029.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/187/pl.030-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/188/pl.031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/189/pl.032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/197/pl.033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/198/pl.034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/199/pl.035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/200/pl.036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/201/pl.037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/202/pl.038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/203/pl.039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/204/pl.040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/205/pl.041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/206/pl.042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/207/pl.043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/208/pl.044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/209/pl.045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/210/pl.046-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/211/pl.047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/212/pl.048-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/213/pl.049_-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/214/pl.050_-_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/215/pl.051_-_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/216/pl.052_-_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/217/pl.053_-_2023_compressed.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/218/pl.054_-_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/219/pl.055_-_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/220/pl.056_-_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/221/pl.057_-_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/222/pl.058_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/223/pl.059_-_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/225/pl.061_-_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/228/pl.062_-_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/229/pl.063_-_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/230/pl.064_-_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/231/pl.065_-_2023_revisao_do_plano_plurianual_2022-2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/234/pl.066_-_2023_-proposta_orcamentaria_anual_-_loa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/235/pl.067_-_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/236/pl.068_-_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/237/pl.069_-_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/238/pl.070_-_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/239/pl.071_-_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/240/pl.072_-_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/241/pl.073.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/242/pl.074.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/243/pl.075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/244/pl.076.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/245/pl.077.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/246/pl.078.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/253/pl._079.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/254/pl.080.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/255/pl.081.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/256/pl._082.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/257/pl.083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/258/pl._084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/259/pl._085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/260/pl._086.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/261/pl._087.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/262/pl._088.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/263/pl._089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/264/pl._090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/265/pl._091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/266/pl._092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/267/pl._093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/268/pl._094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/269/pl_n_095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/271/pl._96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/272/pl._97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/274/pl._99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/275/pl._100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/276/pl._101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/277/pl._102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/278/pl._103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/279/pl._104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/281/pl._106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/282/pl._107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/283/pl_n108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_n109.2023_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_n110.2023_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_n111.2023_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_n112.2023_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei__n.113.2023_-__doacao_de_terreno_abla_2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_n114.2023_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_n115.2023_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_n116.2023_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_n117.2023_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_n118.2023_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_n119.2023_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_n120.2023_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_n121.2023_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_n122.2023_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_n123.2023_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_n124.2023_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_n125.2023_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_002_-_saneamento_e_calcamento_em_diversas_localidades-_ze_lopess.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_003_-_reforma_na_praca_do_sitio_muquem_-_tenente.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_004_-_lampadas_de_led_na_rua_valdemar_maciel_-_tenente.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_005_-_implantacao_de_postinhos_no_sitio_miguel_dias_e_sitio_lagoas_-_claudemir.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_006_-_passagem_molhada_no_sitio_arara_de_dentro_-_claudemir.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/19/req._07.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_008_-_pavimentacao_na_entrada_da_vila_raiz_-_pitomba.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_009_-_saneamento_e_calcamento_na_rua_bulandeira_e_nas_ruas_do_sitio_palha_c_-_deto.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/20/req._10.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/10/req._011-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/11/req._012-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/21/req._15.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/22/req._021-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/23/req._022-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/24/req._023-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/25/req._024-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/26/req._026-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/27/req._027-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/29/req._029-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/30/req._030-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/31/req._031-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/32/req._032-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/33/req._033-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/34/req._034.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/35/req._035.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/36/req._036.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/37/req._037.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/39/req._039.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/40/req._040.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/41/req._041.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/42/req._042.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/44/req._044.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/45/req._045.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/46/req._046.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/47/req._047.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/48/req._048.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/49/req._049.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/50/req._050.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/51/req._051.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/52/req._052.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/53/req._053.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/54/req._054.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/55/req._055.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/56/req._056.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/57/req._057.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/58/req._058.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/59/req._059.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_060.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_061.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_063.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_064.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_065.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/67/req._067.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/68/req._068.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/69/req._069.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/71/req._071.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/72/req._072.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/73/req._073.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/74/req._074.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/75/req._075.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/76/req._76.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/77/req._77.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/78/req._078.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/79/req._079.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/80/req._080.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/81/req._081.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/82/req._083.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/83/req._084.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/84/req._085.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/85/req._086.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/86/req._087.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/87/req._088.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/88/req._089.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/89/req._090.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/90/req._091.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/91/req_092.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/92/req_093.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/93/req_094.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/94/req_095.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/95/req_096.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/96/req._099.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/97/req._100.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/98/req._101.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/99/req._102.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/100/req._103.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/101/req._104.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/102/req._105.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/103/req._106.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/104/req._107.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/133/req._108.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/190/req._110.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/191/req._011.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/192/req._112.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/232/req._114.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/233/req._115.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/249/req._116.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/250/req._117.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/251/req._118.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/252/req._119.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/105/indicacao_001.2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_002.2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_003.2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_004.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_005.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_006.2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_007.2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/112/indicacao_008.2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_009.2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_010.2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_011.2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_012.2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_013.2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_014.2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_017.2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_018.2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_019.2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/123/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/125/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/126/mocao_004.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/127/mocao_005.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/128/mocao_006.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/129/mocao_007.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/130/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/131/mocao_009.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/132/mocao_010.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/134/mocao_011.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/135/mocao_012.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/136/mocao_013.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/137/mocao_014.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/138/mocao_015.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/139/mocao_016.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/140/mocao_017.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/141/mocao_018.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/142/mocao_019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/143/mocao_020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/144/mocao_021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/146/mocao_023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/147/mocao_024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/193/mocao_026.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/194/mocao_027.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/195/mocao_028.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/196/mocao_029.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/247/mocao_030.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/226/pedido_de_informacao_001.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/227/pedido_de_informacao_002.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/319/pedido_de_informacao_003.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/320/pedido_de_informacao_004.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/321/pedido_de_informacao_005.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/322/pedido_de_informacao_006.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/323/pedido_de_informacao_007.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/324/pedido_de_informacao_008.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/325/pedido_de_informacao_009.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/326/pedido_de_informacao_010.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/595/1-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/594/2-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/593/3-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/592/4-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/591/5-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/590/6-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/589/7-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/588/8-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/587/09-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/429/10-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/615/11-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/614/12-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/613/13-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/612/13-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/601/15-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/598/16-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/597/16-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/600/18-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/599/19-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/596/20-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/608/21-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/611/22-20230.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/610/22-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/609/23-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/607/25-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/604/26-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/603/27-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/602/28-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/624/29-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/623/30-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/622/31-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/621/32-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/620/33-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/619/34-2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/618/35-2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/617/36-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/616/37-2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/643/39-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/642/40-2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/641/41-2024.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/640/42-2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/638/43-2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/631/44-2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/630/45-2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/629/46-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/628/47-2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/627/48-2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/626/49-2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/625/50-2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/652/51-2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/651/52-2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/649/54-2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/648/55-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/647/56-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/646/57-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/645/58-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/655/66-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/657/64-2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/656/65-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/654/63-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/653/68-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/659/72-2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/658/72-2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/667/74-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/666/74-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/665/75-2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/664/76-2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/663/77-2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/662/78-2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/683/79-2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/673/80-2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/672/81-2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/671/82-2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/670/83-2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/669/84-2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/668/85-2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/687/86-2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/686/87-2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/685/88-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/684/89-2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/689/90-2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/688/91-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/693/92-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/692/93-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/691/94-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/690/95-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/705/96-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/703/98-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/702/99-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/701/100-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/700/101-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/699/102-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/698/103-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/697/104-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/696/105-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/695/106-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/573/108-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/574/109-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/575/110-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/576/106-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/577/112-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/578/113-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/579/114-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/567/115-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/568/116-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/569/117-2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/570/118-2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/571/119-2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/572/120-2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/562/121-2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/563/122-2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/565/124-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/566/125-2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/559/126-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/560/127-2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/561/128-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/556/129-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/557/130-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/558/131-2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/552/132-2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/553/133-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/554/134-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/555/135-2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/541/136-2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/542/137-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/545/138-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/546/139-2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/547/140-2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/548/141-2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/549/142-2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/550/143-2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/551/144-2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/536/145-2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/537/146-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/538/147-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/539/149-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/540/150-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/532/151-2024.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/533/152-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/534/153-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/535/154-2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/525/155-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/526/156-2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/527/157-2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/528/158-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/529/159-2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/530/160-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/531/161-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/519/162-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/520/163-2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/521/164-2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/522/165-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/523/166-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/517/167-2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/518/168-2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/513/169-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/514/170-2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/515/171-2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/516/172-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/511/173-2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/512/17-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/524/148-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/157/pl.001-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/158/pl.002-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/159/pl.003-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/162/pl.005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/163/pl.006-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/164/pl.007-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/165/pl.008-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/166/pl.009_-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/167/pl.010-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/168/pl.011-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/169/pl.012-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/170/pl.013-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/171/pl.014-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/172/pl.015-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/173/pl.016-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/174/pl.017-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/175/pl.018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/176/pl.019-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/177/pl.020-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/178/pl.021-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/179/pl.022-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/180/pl.023-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/181/pl.024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/182/pl.025.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/183/pl.026.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/185/pl.028.2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/186/pl.029.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/187/pl.030-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/188/pl.031-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/189/pl.032-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/197/pl.033-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/198/pl.034-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/199/pl.035-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/200/pl.036-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/201/pl.037-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/202/pl.038-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/203/pl.039-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/204/pl.040-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/205/pl.041-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/206/pl.042-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/207/pl.043-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/208/pl.044-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/209/pl.045-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/210/pl.046-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/211/pl.047-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/212/pl.048-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/213/pl.049_-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/214/pl.050_-_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/215/pl.051_-_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/216/pl.052_-_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/217/pl.053_-_2023_compressed.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/218/pl.054_-_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/219/pl.055_-_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/220/pl.056_-_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/221/pl.057_-_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/222/pl.058_-_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/223/pl.059_-_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/225/pl.061_-_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/228/pl.062_-_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/229/pl.063_-_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/230/pl.064_-_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/231/pl.065_-_2023_revisao_do_plano_plurianual_2022-2025_ppa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/234/pl.066_-_2023_-proposta_orcamentaria_anual_-_loa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/235/pl.067_-_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/236/pl.068_-_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/237/pl.069_-_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/238/pl.070_-_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/239/pl.071_-_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/240/pl.072_-_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/241/pl.073.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/242/pl.074.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/243/pl.075.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/244/pl.076.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/245/pl.077.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/246/pl.078.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/253/pl._079.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/254/pl.080.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/255/pl.081.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/256/pl._082.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/257/pl.083.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/258/pl._084.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/259/pl._085.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/260/pl._086.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/261/pl._087.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/262/pl._088.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/263/pl._089.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/264/pl._090.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/265/pl._091.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/266/pl._092.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/267/pl._093.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/268/pl._094.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/269/pl_n_095.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/271/pl._96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/272/pl._97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/273/projeto_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/274/pl._99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/275/pl._100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/276/pl._101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/277/pl._102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/278/pl._103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/279/pl._104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/280/projeto_de_lei_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/281/pl._106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/282/pl._107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/283/pl_n108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/284/projeto_de_lei_n109.2023_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_n110.2023_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_n111.2023_1.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/287/projeto_de_lei_n112.2023_1.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/288/projeto_de_lei__n.113.2023_-__doacao_de_terreno_abla_2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/289/projeto_de_lei_n114.2023_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/290/projeto_de_lei_n115.2023_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/291/projeto_de_lei_n116.2023_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/293/projeto_de_lei_n117.2023_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/294/projeto_de_lei_n118.2023_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/295/projeto_de_lei_n119.2023_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/296/projeto_de_lei_n120.2023_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/297/projeto_de_lei_n121.2023_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/298/projeto_de_lei_n122.2023_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/299/projeto_de_lei_n123.2023_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/300/projeto_de_lei_n124.2023_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/301/projeto_de_lei_n125.2023_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/226/pedido_de_informacao_001.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/227/pedido_de_informacao_002.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/319/pedido_de_informacao_003.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/320/pedido_de_informacao_004.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/321/pedido_de_informacao_005.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/322/pedido_de_informacao_006.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/323/pedido_de_informacao_007.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/324/pedido_de_informacao_008.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/325/pedido_de_informacao_009.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/326/pedido_de_informacao_010.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_002_-_saneamento_e_calcamento_em_diversas_localidades-_ze_lopess.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/4/requerimento_003_-_reforma_na_praca_do_sitio_muquem_-_tenente.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/5/requerimento_004_-_lampadas_de_led_na_rua_valdemar_maciel_-_tenente.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/6/requerimento_005_-_implantacao_de_postinhos_no_sitio_miguel_dias_e_sitio_lagoas_-_claudemir.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/7/requerimento_006_-_passagem_molhada_no_sitio_arara_de_dentro_-_claudemir.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/19/req._07.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_008_-_pavimentacao_na_entrada_da_vila_raiz_-_pitomba.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/9/requerimento_009_-_saneamento_e_calcamento_na_rua_bulandeira_e_nas_ruas_do_sitio_palha_c_-_deto.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/20/req._10.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/10/req._011-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/11/req._012-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/21/req._15.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/22/req._021-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/23/req._022-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/24/req._023-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/25/req._024-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/26/req._026-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/27/req._027-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/29/req._029-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/30/req._030-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/31/req._031-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/32/req._032-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/33/req._033-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/34/req._034.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/35/req._035.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/36/req._036.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/37/req._037.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/39/req._039.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/40/req._040.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/41/req._041.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/42/req._042.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/44/req._044.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/45/req._045.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/46/req._046.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/47/req._047.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/48/req._048.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/49/req._049.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/50/req._050.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/51/req._051.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/52/req._052.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/53/req._053.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/54/req._054.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/55/req._055.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/56/req._056.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/57/req._057.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/58/req._058.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/59/req._059.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/60/requerimento_060.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/61/requerimento_061.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/62/requerimento_063.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/63/requerimento_064.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/64/requerimento_065.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/67/req._067.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/68/req._068.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/69/req._069.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/71/req._071.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/72/req._072.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/73/req._073.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/74/req._074.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/75/req._075.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/76/req._76.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/77/req._77.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/78/req._078.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/79/req._079.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/80/req._080.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/81/req._081.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/82/req._083.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/83/req._084.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/84/req._085.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/85/req._086.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/86/req._087.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/87/req._088.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/88/req._089.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/89/req._090.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/90/req._091.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/91/req_092.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/92/req_093.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/93/req_094.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/94/req_095.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/95/req_096.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/96/req._099.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/97/req._100.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/98/req._101.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/99/req._102.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/100/req._103.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/101/req._104.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/102/req._105.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/103/req._106.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/104/req._107.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/133/req._108.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/190/req._110.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/191/req._011.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/192/req._112.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/232/req._114.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/233/req._115.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/249/req._116.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/250/req._117.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/251/req._118.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/252/req._119.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/595/1-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/594/2-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/593/3-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/592/4-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/591/5-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/590/6-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/589/7-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/588/8-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/587/09-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/429/10-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/615/11-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/614/12-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/613/13-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/612/13-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/601/15-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/598/16-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/597/16-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/600/18-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/599/19-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/596/20-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/608/21-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/611/22-20230.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/610/22-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/609/23-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/607/25-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/604/26-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/603/27-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/602/28-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/624/29-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/623/30-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/622/31-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/621/32-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/620/33-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/619/34-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/618/35-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/617/36-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/616/37-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/643/39-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/642/40-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/641/41-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/640/42-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/638/43-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/631/44-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/630/45-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/629/46-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/628/47-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/627/48-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/626/49-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/625/50-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/652/51-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/651/52-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/649/54-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/648/55-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/647/56-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/646/57-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/645/58-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/655/66-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/657/64-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/656/65-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/654/63-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/653/68-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/659/72-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/658/72-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/667/74-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/666/74-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/665/75-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/664/76-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/663/77-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/662/78-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/683/79-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/673/80-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/672/81-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/671/82-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/670/83-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/669/84-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/668/85-2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/687/86-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/686/87-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/685/88-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/684/89-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/689/90-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/688/91-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/693/92-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/692/93-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/691/94-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/690/95-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/705/96-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/703/98-2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/702/99-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/701/100-2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/700/101-2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/699/102-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/698/103-2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/697/104-2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/696/105-2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/695/106-2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/573/108-2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/574/109-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/575/110-2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/576/106-2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/577/112-2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/578/113-2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/579/114-2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/567/115-2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/568/116-2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/569/117-2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/570/118-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/571/119-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/572/120-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/562/121-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/563/122-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/565/124-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/566/125-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/559/126-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/560/127-2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/561/128-2023.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/556/129-2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/557/130-2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/558/131-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/552/132-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/553/133-2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/554/134-2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/555/135-2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/541/136-2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/542/137-2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/545/138-2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/546/139-2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/547/140-2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/548/141-2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/549/142-2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/550/143-2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/551/144-2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/536/145-2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/537/146-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/538/147-2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/539/149-2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/540/150-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/532/151-2024.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/533/152-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/534/153-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/535/154-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/525/155-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/526/156-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/527/157-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/528/158-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/529/159-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/530/160-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/531/161-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/519/162-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/520/163-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/521/164-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/522/165-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/523/166-2023.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/517/167-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/518/168-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/513/169-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/514/170-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/515/171-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/516/172-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/511/173-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/512/17-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/524/148-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/105/indicacao_001.2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/106/indicacao_002.2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/107/indicacao_003.2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/108/indicacao_004.2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/109/indicacao_005.2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/110/indicacao_006.2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/111/indicacao_007.2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/112/indicacao_008.2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/113/indicacao_009.2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/114/indicacao_010.2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/115/indicacao_011.2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/116/indicacao_012.2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/117/indicacao_013.2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/118/indicacao_014.2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/119/indicacao_015.2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/120/indicacao_016.2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/121/indicacao_017.2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/122/indicacao_018.2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/248/indicacao_019.2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/123/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/125/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/126/mocao_004.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/127/mocao_005.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/128/mocao_006.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/129/mocao_007.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/130/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/131/mocao_009.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/132/mocao_010.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/134/mocao_011.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/135/mocao_012.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/136/mocao_013.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/137/mocao_014.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/138/mocao_015.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/139/mocao_016.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/140/mocao_017.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/141/mocao_018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/142/mocao_019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/143/mocao_020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/144/mocao_021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/146/mocao_023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/147/mocao_024.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/193/mocao_026.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/194/mocao_027.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/195/mocao_028.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/196/mocao_029.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/sapl/public/materialegislativa/2023/247/mocao_030.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belojardim.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H473"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -6530,9065 +6530,9065 @@
       </c>
       <c r="B126">
         <v>2023</v>
       </c>
       <c r="C126">
         <v>125</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126" t="s">
         <v>9</v>
       </c>
       <c r="F126" t="s">
         <v>23</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>268</v>
       </c>
       <c r="H126" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>3</v>
+        <v>226</v>
       </c>
       <c r="B127">
         <v>2023</v>
       </c>
       <c r="C127">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D127" t="s">
         <v>270</v>
       </c>
       <c r="E127" t="s">
         <v>271</v>
       </c>
       <c r="F127" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>272</v>
       </c>
       <c r="H127" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>4</v>
+        <v>227</v>
       </c>
       <c r="B128">
         <v>2023</v>
       </c>
       <c r="C128">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D128" t="s">
         <v>270</v>
       </c>
       <c r="E128" t="s">
         <v>271</v>
       </c>
       <c r="F128" t="s">
-        <v>76</v>
+        <v>185</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H128" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>5</v>
+        <v>319</v>
       </c>
       <c r="B129">
         <v>2023</v>
       </c>
       <c r="C129">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D129" t="s">
         <v>270</v>
       </c>
       <c r="E129" t="s">
         <v>271</v>
       </c>
       <c r="F129" t="s">
-        <v>76</v>
+        <v>185</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>276</v>
       </c>
       <c r="H129" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>6</v>
+        <v>320</v>
       </c>
       <c r="B130">
         <v>2023</v>
       </c>
       <c r="C130">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D130" t="s">
         <v>270</v>
       </c>
       <c r="E130" t="s">
         <v>271</v>
       </c>
       <c r="F130" t="s">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>278</v>
       </c>
       <c r="H130" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>7</v>
+        <v>321</v>
       </c>
       <c r="B131">
         <v>2023</v>
       </c>
       <c r="C131">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D131" t="s">
         <v>270</v>
       </c>
       <c r="E131" t="s">
         <v>271</v>
       </c>
       <c r="F131" t="s">
-        <v>164</v>
+        <v>81</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>280</v>
       </c>
       <c r="H131" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>19</v>
+        <v>322</v>
       </c>
       <c r="B132">
         <v>2023</v>
       </c>
       <c r="C132">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D132" t="s">
         <v>270</v>
       </c>
       <c r="E132" t="s">
         <v>271</v>
       </c>
       <c r="F132" t="s">
-        <v>30</v>
+        <v>185</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H132" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>8</v>
+        <v>323</v>
       </c>
       <c r="B133">
         <v>2023</v>
       </c>
       <c r="C133">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D133" t="s">
         <v>270</v>
       </c>
       <c r="E133" t="s">
         <v>271</v>
       </c>
       <c r="F133" t="s">
-        <v>30</v>
+        <v>185</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H133" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="B134">
         <v>2023</v>
       </c>
       <c r="C134">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D134" t="s">
         <v>270</v>
       </c>
       <c r="E134" t="s">
         <v>271</v>
       </c>
       <c r="F134" t="s">
+        <v>185</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="B135">
         <v>2023</v>
       </c>
       <c r="C135">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D135" t="s">
         <v>270</v>
       </c>
       <c r="E135" t="s">
         <v>271</v>
       </c>
       <c r="F135" t="s">
-        <v>286</v>
+        <v>185</v>
       </c>
       <c r="G135" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H135" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
+        <v>326</v>
+      </c>
+      <c r="B136">
+        <v>2023</v>
+      </c>
+      <c r="C136">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>270</v>
       </c>
       <c r="E136" t="s">
         <v>271</v>
       </c>
       <c r="F136" t="s">
-        <v>286</v>
+        <v>185</v>
       </c>
       <c r="G136" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H136" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B137">
         <v>2023</v>
       </c>
       <c r="C137">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D137" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E137" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F137" t="s">
         <v>91</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H137" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B138">
         <v>2023</v>
       </c>
       <c r="C138">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D138" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E138" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F138" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>17</v>
+        <v>296</v>
       </c>
       <c r="H138" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="B139">
         <v>2023</v>
       </c>
       <c r="C139">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D139" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E139" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F139" t="s">
         <v>76</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>17</v>
+        <v>298</v>
       </c>
       <c r="H139" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="B140">
         <v>2023</v>
       </c>
       <c r="C140">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D140" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E140" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F140" t="s">
-        <v>76</v>
+        <v>164</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="H140" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B141">
         <v>2023</v>
       </c>
       <c r="C141">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="D141" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E141" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F141" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>17</v>
+        <v>302</v>
       </c>
       <c r="H141" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B142">
         <v>2023</v>
       </c>
       <c r="C142">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D142" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E142" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F142" t="s">
         <v>30</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>17</v>
+        <v>304</v>
       </c>
       <c r="H142" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B143">
         <v>2023</v>
       </c>
       <c r="C143">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="D143" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E143" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F143" t="s">
-        <v>91</v>
+        <v>30</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>17</v>
+        <v>306</v>
       </c>
       <c r="H143" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B144">
         <v>2023</v>
       </c>
       <c r="C144">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D144" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E144" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F144" t="s">
-        <v>91</v>
+        <v>308</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>17</v>
+        <v>309</v>
       </c>
       <c r="H144" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B145">
         <v>2023</v>
       </c>
       <c r="C145">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E145" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F145" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>17</v>
+        <v>311</v>
       </c>
       <c r="H145" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B146">
         <v>2023</v>
       </c>
       <c r="C146">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D146" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E146" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F146" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="H146" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B147">
         <v>2023</v>
       </c>
       <c r="C147">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D147" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E147" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F147" t="s">
-        <v>286</v>
+        <v>91</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="H147" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="B148">
         <v>2023</v>
       </c>
       <c r="C148">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D148" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E148" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F148" t="s">
-        <v>286</v>
+        <v>126</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>308</v>
+        <v>17</v>
       </c>
       <c r="H148" t="s">
-        <v>309</v>
+        <v>317</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B149">
         <v>2023</v>
       </c>
       <c r="C149">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D149" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E149" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F149" t="s">
         <v>76</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>310</v>
+        <v>17</v>
       </c>
       <c r="H149" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B150">
         <v>2023</v>
       </c>
       <c r="C150">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D150" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E150" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F150" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="H150" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="B151">
         <v>2023</v>
       </c>
       <c r="C151">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D151" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E151" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F151" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>314</v>
+        <v>17</v>
       </c>
       <c r="H151" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="B152">
         <v>2023</v>
       </c>
       <c r="C152">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="D152" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E152" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F152" t="s">
-        <v>316</v>
+        <v>30</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H152" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="B153">
         <v>2023</v>
       </c>
       <c r="C153">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="D153" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E153" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F153" t="s">
-        <v>318</v>
+        <v>91</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>319</v>
+        <v>17</v>
       </c>
       <c r="H153" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="B154">
         <v>2023</v>
       </c>
       <c r="C154">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="D154" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E154" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F154" t="s">
-        <v>318</v>
+        <v>91</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>321</v>
+        <v>17</v>
       </c>
       <c r="H154" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="B155">
         <v>2023</v>
       </c>
       <c r="C155">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D155" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E155" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F155" t="s">
-        <v>286</v>
+        <v>33</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>323</v>
+        <v>17</v>
       </c>
       <c r="H155" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="B156">
         <v>2023</v>
       </c>
       <c r="C156">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D156" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E156" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F156" t="s">
-        <v>286</v>
+        <v>33</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H156" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="B157">
         <v>2023</v>
       </c>
       <c r="C157">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="D157" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E157" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F157" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H157" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B158">
         <v>2023</v>
       </c>
       <c r="C158">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D158" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E158" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F158" t="s">
-        <v>76</v>
+        <v>308</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="H158" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="B159">
         <v>2023</v>
       </c>
       <c r="C159">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D159" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E159" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F159" t="s">
-        <v>164</v>
+        <v>76</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H159" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="B160">
         <v>2023</v>
       </c>
       <c r="C160">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D160" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E160" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F160" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H160" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="B161">
         <v>2023</v>
       </c>
       <c r="C161">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D161" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E161" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F161" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H161" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="B162">
         <v>2023</v>
       </c>
       <c r="C162">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D162" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E162" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F162" t="s">
-        <v>286</v>
+        <v>338</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H162" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="B163">
         <v>2023</v>
       </c>
       <c r="C163">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D163" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E163" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F163" t="s">
-        <v>286</v>
+        <v>340</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="H163" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="B164">
         <v>2023</v>
       </c>
       <c r="C164">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D164" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E164" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F164" t="s">
-        <v>91</v>
+        <v>340</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="H164" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="B165">
         <v>2023</v>
       </c>
       <c r="C165">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D165" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E165" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F165" t="s">
-        <v>81</v>
+        <v>308</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H165" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="B166">
         <v>2023</v>
       </c>
       <c r="C166">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D166" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E166" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F166" t="s">
-        <v>88</v>
+        <v>308</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H166" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="B167">
         <v>2023</v>
       </c>
       <c r="C167">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D167" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E167" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F167" t="s">
-        <v>126</v>
+        <v>340</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>17</v>
+        <v>349</v>
       </c>
       <c r="H167" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B168">
         <v>2023</v>
       </c>
       <c r="C168">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D168" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E168" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F168" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="H168" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="B169">
         <v>2023</v>
       </c>
       <c r="C169">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D169" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E169" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F169" t="s">
-        <v>126</v>
+        <v>164</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="H169" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="B170">
         <v>2023</v>
       </c>
       <c r="C170">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D170" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E170" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F170" t="s">
-        <v>30</v>
+        <v>185</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="H170" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B171">
         <v>2023</v>
       </c>
       <c r="C171">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D171" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E171" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F171" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="H171" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="B172">
         <v>2023</v>
       </c>
       <c r="C172">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="D172" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E172" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F172" t="s">
-        <v>164</v>
+        <v>308</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>355</v>
+        <v>17</v>
       </c>
       <c r="H172" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="B173">
         <v>2023</v>
       </c>
       <c r="C173">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D173" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E173" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F173" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="H173" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="B174">
         <v>2023</v>
       </c>
       <c r="C174">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D174" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E174" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F174" t="s">
-        <v>286</v>
+        <v>91</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H174" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="B175">
         <v>2023</v>
       </c>
       <c r="C175">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="D175" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E175" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F175" t="s">
         <v>81</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H175" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="B176">
         <v>2023</v>
       </c>
       <c r="C176">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="D176" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E176" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F176" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="H176" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="B177">
         <v>2023</v>
       </c>
       <c r="C177">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D177" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E177" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F177" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>365</v>
+        <v>17</v>
       </c>
       <c r="H177" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="B178">
         <v>2023</v>
       </c>
       <c r="C178">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D178" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E178" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F178" t="s">
         <v>126</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H178" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="B179">
         <v>2023</v>
       </c>
       <c r="C179">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="D179" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E179" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F179" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="H179" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="B180">
         <v>2023</v>
       </c>
       <c r="C180">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="D180" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E180" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F180" t="s">
-        <v>286</v>
+        <v>30</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H180" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="B181">
         <v>2023</v>
       </c>
       <c r="C181">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D181" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E181" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F181" t="s">
-        <v>286</v>
+        <v>91</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H181" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="B182">
         <v>2023</v>
       </c>
       <c r="C182">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="D182" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E182" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F182" t="s">
-        <v>30</v>
+        <v>164</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="H182" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="B183">
         <v>2023</v>
       </c>
       <c r="C183">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="D183" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E183" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F183" t="s">
-        <v>30</v>
+        <v>340</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H183" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="B184">
         <v>2023</v>
       </c>
       <c r="C184">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="D184" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E184" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F184" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="H184" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="B185">
         <v>2023</v>
       </c>
       <c r="C185">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D185" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E185" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F185" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="H185" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="B186">
         <v>2023</v>
       </c>
       <c r="C186">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="D186" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E186" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F186" t="s">
         <v>33</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="H186" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="B187">
         <v>2023</v>
       </c>
       <c r="C187">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="D187" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E187" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F187" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H187" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B188">
         <v>2023</v>
       </c>
       <c r="C188">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="D188" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E188" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F188" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="H188" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="B189">
         <v>2023</v>
       </c>
       <c r="C189">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="D189" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E189" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F189" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H189" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B190">
         <v>2023</v>
       </c>
       <c r="C190">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="D190" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E190" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F190" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="H190" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="B191">
         <v>2023</v>
       </c>
       <c r="C191">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="D191" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E191" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F191" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="H191" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="B192">
         <v>2023</v>
       </c>
       <c r="C192">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="D192" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E192" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F192" t="s">
-        <v>318</v>
+        <v>30</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>17</v>
+        <v>397</v>
       </c>
       <c r="H192" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="B193">
         <v>2023</v>
       </c>
       <c r="C193">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="D193" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E193" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F193" t="s">
-        <v>396</v>
+        <v>30</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="H193" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="B194">
         <v>2023</v>
       </c>
       <c r="C194">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="D194" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E194" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F194" t="s">
-        <v>76</v>
+        <v>340</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H194" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="B195">
         <v>2023</v>
       </c>
       <c r="C195">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="D195" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E195" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F195" t="s">
-        <v>318</v>
+        <v>76</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H195" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="B196">
         <v>2023</v>
       </c>
       <c r="C196">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="D196" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E196" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F196" t="s">
         <v>33</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="H196" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="B197">
         <v>2023</v>
       </c>
       <c r="C197">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="D197" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E197" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F197" t="s">
-        <v>286</v>
+        <v>164</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="H197" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="B198">
         <v>2023</v>
       </c>
       <c r="C198">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="D198" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E198" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F198" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H198" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="B199">
         <v>2023</v>
       </c>
       <c r="C199">
-        <v>77</v>
+        <v>67</v>
       </c>
       <c r="D199" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E199" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F199" t="s">
-        <v>316</v>
+        <v>164</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="H199" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="B200">
         <v>2023</v>
       </c>
       <c r="C200">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="D200" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E200" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F200" t="s">
-        <v>286</v>
+        <v>338</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H200" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="B201">
         <v>2023</v>
       </c>
       <c r="C201">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="D201" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E201" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F201" t="s">
-        <v>286</v>
+        <v>338</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="H201" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="B202">
         <v>2023</v>
       </c>
       <c r="C202">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="D202" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E202" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F202" t="s">
-        <v>286</v>
+        <v>340</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>415</v>
+        <v>17</v>
       </c>
       <c r="H202" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="B203">
         <v>2023</v>
       </c>
       <c r="C203">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D203" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E203" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F203" t="s">
-        <v>91</v>
+        <v>418</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="H203" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="B204">
         <v>2023</v>
       </c>
       <c r="C204">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="D204" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E204" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F204" t="s">
-        <v>316</v>
+        <v>76</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H204" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="B205">
         <v>2023</v>
       </c>
       <c r="C205">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="D205" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E205" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F205" t="s">
-        <v>164</v>
+        <v>340</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="H205" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="B206">
         <v>2023</v>
       </c>
       <c r="C206">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="D206" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E206" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F206" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="H206" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="B207">
         <v>2023</v>
       </c>
       <c r="C207">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="D207" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E207" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F207" t="s">
-        <v>185</v>
+        <v>308</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="H207" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="B208">
         <v>2023</v>
       </c>
       <c r="C208">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="D208" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E208" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F208" t="s">
-        <v>316</v>
+        <v>46</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H208" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="B209">
         <v>2023</v>
       </c>
       <c r="C209">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="D209" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E209" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F209" t="s">
-        <v>318</v>
+        <v>338</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H209" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="B210">
         <v>2023</v>
       </c>
       <c r="C210">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="D210" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E210" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F210" t="s">
-        <v>88</v>
+        <v>308</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="H210" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="B211">
         <v>2023</v>
       </c>
       <c r="C211">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="D211" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E211" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F211" t="s">
-        <v>88</v>
+        <v>308</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="H211" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="B212">
         <v>2023</v>
       </c>
       <c r="C212">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="D212" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E212" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F212" t="s">
-        <v>30</v>
+        <v>308</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="H212" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
+        <v>81</v>
+      </c>
+      <c r="B213">
+        <v>2023</v>
+      </c>
+      <c r="C213">
+        <v>81</v>
+      </c>
+      <c r="D213" t="s">
+        <v>292</v>
+      </c>
+      <c r="E213" t="s">
+        <v>293</v>
+      </c>
+      <c r="F213" t="s">
         <v>91</v>
       </c>
-      <c r="B213">
-[...13 lines deleted...]
-      </c>
       <c r="G213" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H213" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="B214">
         <v>2023</v>
       </c>
       <c r="C214">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="D214" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E214" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F214" t="s">
-        <v>316</v>
+        <v>338</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H214" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="B215">
         <v>2023</v>
       </c>
       <c r="C215">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D215" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E215" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F215" t="s">
-        <v>316</v>
+        <v>164</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H215" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B216">
         <v>2023</v>
       </c>
       <c r="C216">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="D216" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E216" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F216" t="s">
-        <v>318</v>
+        <v>185</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="H216" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="B217">
         <v>2023</v>
       </c>
       <c r="C217">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D217" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E217" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F217" t="s">
-        <v>30</v>
+        <v>185</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="H217" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="B218">
         <v>2023</v>
       </c>
       <c r="C218">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="D218" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E218" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F218" t="s">
-        <v>30</v>
+        <v>338</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="H218" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="B219">
         <v>2023</v>
       </c>
       <c r="C219">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="D219" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E219" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F219" t="s">
-        <v>316</v>
+        <v>340</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H219" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="B220">
         <v>2023</v>
       </c>
       <c r="C220">
-        <v>101</v>
+        <v>89</v>
       </c>
       <c r="D220" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E220" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F220" t="s">
-        <v>286</v>
+        <v>88</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="H220" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="B221">
         <v>2023</v>
       </c>
       <c r="C221">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="D221" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E221" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F221" t="s">
-        <v>318</v>
+        <v>88</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H221" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="B222">
         <v>2023</v>
       </c>
       <c r="C222">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D222" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E222" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F222" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="H222" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="B223">
         <v>2023</v>
       </c>
       <c r="C223">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="D223" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E223" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F223" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H223" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="B224">
         <v>2023</v>
       </c>
       <c r="C224">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="D224" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E224" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F224" t="s">
-        <v>286</v>
+        <v>338</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="H224" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="B225">
         <v>2023</v>
       </c>
       <c r="C225">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="D225" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E225" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F225" t="s">
-        <v>88</v>
+        <v>338</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="H225" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B226">
         <v>2023</v>
       </c>
       <c r="C226">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="D226" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E226" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F226" t="s">
-        <v>185</v>
+        <v>340</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H226" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>133</v>
+        <v>95</v>
       </c>
       <c r="B227">
         <v>2023</v>
       </c>
       <c r="C227">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D227" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E227" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F227" t="s">
-        <v>286</v>
+        <v>30</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H227" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>190</v>
+        <v>96</v>
       </c>
       <c r="B228">
         <v>2023</v>
       </c>
       <c r="C228">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="D228" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E228" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F228" t="s">
-        <v>467</v>
+        <v>30</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H228" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="B229">
         <v>2023</v>
       </c>
       <c r="C229">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="D229" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E229" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F229" t="s">
-        <v>318</v>
+        <v>338</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H229" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>192</v>
+        <v>98</v>
       </c>
       <c r="B230">
         <v>2023</v>
       </c>
       <c r="C230">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="D230" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E230" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F230" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H230" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>232</v>
+        <v>99</v>
       </c>
       <c r="B231">
         <v>2023</v>
       </c>
       <c r="C231">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="D231" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E231" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F231" t="s">
-        <v>33</v>
+        <v>340</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H231" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>233</v>
+        <v>100</v>
       </c>
       <c r="B232">
         <v>2023</v>
       </c>
       <c r="C232">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="D232" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E232" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F232" t="s">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H232" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>249</v>
+        <v>101</v>
       </c>
       <c r="B233">
         <v>2023</v>
       </c>
       <c r="C233">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="D233" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E233" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F233" t="s">
-        <v>286</v>
+        <v>33</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H233" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>250</v>
+        <v>102</v>
       </c>
       <c r="B234">
         <v>2023</v>
       </c>
       <c r="C234">
-        <v>117</v>
+        <v>105</v>
       </c>
       <c r="D234" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E234" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F234" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H234" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>251</v>
+        <v>103</v>
       </c>
       <c r="B235">
         <v>2023</v>
       </c>
       <c r="C235">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="D235" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E235" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F235" t="s">
-        <v>316</v>
+        <v>88</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H235" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>252</v>
+        <v>104</v>
       </c>
       <c r="B236">
         <v>2023</v>
       </c>
       <c r="C236">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="D236" t="s">
-        <v>270</v>
+        <v>292</v>
       </c>
       <c r="E236" t="s">
-        <v>271</v>
+        <v>293</v>
       </c>
       <c r="F236" t="s">
-        <v>88</v>
+        <v>185</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H236" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="B237">
         <v>2023</v>
       </c>
       <c r="C237">
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="D237" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E237" t="s">
+        <v>293</v>
+      </c>
+      <c r="F237" t="s">
+        <v>308</v>
+      </c>
+      <c r="G237" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="F237" t="s">
-[...2 lines deleted...]
-      <c r="G237" s="1" t="s">
+      <c r="H237" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>106</v>
+        <v>190</v>
       </c>
       <c r="B238">
         <v>2023</v>
       </c>
       <c r="C238">
-        <v>2</v>
+        <v>110</v>
       </c>
       <c r="D238" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E238" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F238" t="s">
-        <v>46</v>
+        <v>489</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H238" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>107</v>
+        <v>191</v>
       </c>
       <c r="B239">
         <v>2023</v>
       </c>
       <c r="C239">
-        <v>3</v>
+        <v>111</v>
       </c>
       <c r="D239" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E239" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F239" t="s">
-        <v>46</v>
+        <v>340</v>
       </c>
       <c r="G239" s="1" t="s">
         <v>492</v>
       </c>
       <c r="H239" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>108</v>
+        <v>192</v>
       </c>
       <c r="B240">
         <v>2023</v>
       </c>
       <c r="C240">
-        <v>4</v>
+        <v>112</v>
       </c>
       <c r="D240" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E240" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F240" t="s">
-        <v>286</v>
+        <v>340</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>494</v>
       </c>
       <c r="H240" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>109</v>
+        <v>232</v>
       </c>
       <c r="B241">
         <v>2023</v>
       </c>
       <c r="C241">
-        <v>5</v>
+        <v>114</v>
       </c>
       <c r="D241" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E241" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F241" t="s">
-        <v>286</v>
+        <v>33</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>496</v>
       </c>
       <c r="H241" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>110</v>
+        <v>233</v>
       </c>
       <c r="B242">
         <v>2023</v>
       </c>
       <c r="C242">
-        <v>6</v>
+        <v>115</v>
       </c>
       <c r="D242" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E242" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F242" t="s">
-        <v>164</v>
+        <v>91</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>498</v>
       </c>
       <c r="H242" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>111</v>
+        <v>249</v>
       </c>
       <c r="B243">
         <v>2023</v>
       </c>
       <c r="C243">
-        <v>7</v>
+        <v>116</v>
       </c>
       <c r="D243" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E243" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F243" t="s">
-        <v>88</v>
+        <v>308</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H243" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>112</v>
+        <v>250</v>
       </c>
       <c r="B244">
         <v>2023</v>
       </c>
       <c r="C244">
-        <v>8</v>
+        <v>117</v>
       </c>
       <c r="D244" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E244" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F244" t="s">
-        <v>164</v>
+        <v>33</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>502</v>
       </c>
       <c r="H244" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>113</v>
+        <v>251</v>
       </c>
       <c r="B245">
         <v>2023</v>
       </c>
       <c r="C245">
-        <v>9</v>
+        <v>118</v>
       </c>
       <c r="D245" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E245" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F245" t="s">
-        <v>164</v>
+        <v>338</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H245" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>114</v>
+        <v>252</v>
       </c>
       <c r="B246">
         <v>2023</v>
       </c>
       <c r="C246">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="D246" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="E246" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="F246" t="s">
-        <v>164</v>
+        <v>88</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>506</v>
       </c>
       <c r="H246" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>115</v>
+        <v>595</v>
       </c>
       <c r="B247">
         <v>2023</v>
       </c>
       <c r="C247">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D247" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E247" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F247" t="s">
-        <v>286</v>
+        <v>81</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H247" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>116</v>
+        <v>594</v>
       </c>
       <c r="B248">
         <v>2023</v>
       </c>
       <c r="C248">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D248" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E248" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F248" t="s">
-        <v>318</v>
+        <v>33</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="H248" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>117</v>
+        <v>593</v>
       </c>
       <c r="B249">
         <v>2023</v>
       </c>
       <c r="C249">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D249" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E249" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F249" t="s">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H249" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>118</v>
+        <v>592</v>
       </c>
       <c r="B250">
         <v>2023</v>
       </c>
       <c r="C250">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D250" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E250" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F250" t="s">
-        <v>30</v>
+        <v>340</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="H250" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>119</v>
+        <v>591</v>
       </c>
       <c r="B251">
         <v>2023</v>
       </c>
       <c r="C251">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D251" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E251" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F251" t="s">
-        <v>30</v>
+        <v>418</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="H251" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>120</v>
+        <v>590</v>
       </c>
       <c r="B252">
         <v>2023</v>
       </c>
       <c r="C252">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="D252" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E252" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F252" t="s">
         <v>76</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="H252" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>121</v>
+        <v>589</v>
       </c>
       <c r="B253">
         <v>2023</v>
       </c>
       <c r="C253">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D253" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E253" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F253" t="s">
-        <v>76</v>
+        <v>185</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="H253" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>122</v>
+        <v>588</v>
       </c>
       <c r="B254">
         <v>2023</v>
       </c>
       <c r="C254">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="D254" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E254" t="s">
-        <v>487</v>
+        <v>509</v>
       </c>
       <c r="F254" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="H254" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>248</v>
+        <v>587</v>
       </c>
       <c r="B255">
         <v>2023</v>
       </c>
       <c r="C255">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D255" t="s">
-        <v>486</v>
+        <v>508</v>
       </c>
       <c r="E255" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>509</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="H255" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>123</v>
+        <v>429</v>
       </c>
       <c r="B256">
         <v>2023</v>
       </c>
       <c r="C256">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D256" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E256" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F256" t="s">
-        <v>467</v>
+        <v>126</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H256" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>124</v>
+        <v>615</v>
       </c>
       <c r="B257">
         <v>2023</v>
       </c>
       <c r="C257">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D257" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E257" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F257" t="s">
-        <v>76</v>
+        <v>418</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>17</v>
+        <v>530</v>
       </c>
       <c r="H257" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>125</v>
+        <v>614</v>
       </c>
       <c r="B258">
         <v>2023</v>
       </c>
       <c r="C258">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D258" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E258" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F258" t="s">
-        <v>185</v>
+        <v>91</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H258" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>126</v>
+        <v>613</v>
       </c>
       <c r="B259">
         <v>2023</v>
       </c>
       <c r="C259">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D259" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E259" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F259" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H259" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>127</v>
+        <v>612</v>
       </c>
       <c r="B260">
         <v>2023</v>
       </c>
       <c r="C260">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D260" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E260" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F260" t="s">
-        <v>318</v>
+        <v>81</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H260" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>128</v>
+        <v>601</v>
       </c>
       <c r="B261">
         <v>2023</v>
       </c>
       <c r="C261">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="D261" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E261" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F261" t="s">
-        <v>396</v>
+        <v>88</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="H261" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>129</v>
+        <v>598</v>
       </c>
       <c r="B262">
         <v>2023</v>
       </c>
       <c r="C262">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D262" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E262" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F262" t="s">
-        <v>126</v>
+        <v>340</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H262" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>130</v>
+        <v>597</v>
       </c>
       <c r="B263">
         <v>2023</v>
       </c>
       <c r="C263">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D263" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E263" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F263" t="s">
-        <v>286</v>
+        <v>76</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H263" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>131</v>
+        <v>600</v>
       </c>
       <c r="B264">
         <v>2023</v>
       </c>
       <c r="C264">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D264" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E264" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F264" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="H264" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>132</v>
+        <v>599</v>
       </c>
       <c r="B265">
         <v>2023</v>
       </c>
       <c r="C265">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="D265" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E265" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F265" t="s">
-        <v>286</v>
+        <v>91</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H265" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>134</v>
+        <v>596</v>
       </c>
       <c r="B266">
         <v>2023</v>
       </c>
       <c r="C266">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D266" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E266" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F266" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H266" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>135</v>
+        <v>608</v>
       </c>
       <c r="B267">
         <v>2023</v>
       </c>
       <c r="C267">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D267" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E267" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F267" t="s">
-        <v>164</v>
+        <v>76</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H267" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>136</v>
+        <v>611</v>
       </c>
       <c r="B268">
         <v>2023</v>
       </c>
       <c r="C268">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D268" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E268" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F268" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H268" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>137</v>
+        <v>610</v>
       </c>
       <c r="B269">
         <v>2023</v>
       </c>
       <c r="C269">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="D269" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E269" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F269" t="s">
         <v>30</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H269" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>138</v>
+        <v>609</v>
       </c>
       <c r="B270">
         <v>2023</v>
       </c>
       <c r="C270">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D270" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E270" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F270" t="s">
-        <v>286</v>
+        <v>46</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H270" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>139</v>
+        <v>607</v>
       </c>
       <c r="B271">
         <v>2023</v>
       </c>
       <c r="C271">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D271" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E271" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F271" t="s">
-        <v>185</v>
+        <v>81</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H271" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>140</v>
+        <v>604</v>
       </c>
       <c r="B272">
         <v>2023</v>
       </c>
       <c r="C272">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D272" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E272" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F272" t="s">
-        <v>185</v>
+        <v>308</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H272" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>141</v>
+        <v>603</v>
       </c>
       <c r="B273">
         <v>2023</v>
       </c>
       <c r="C273">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="D273" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E273" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F273" t="s">
-        <v>91</v>
+        <v>340</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H273" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>142</v>
+        <v>602</v>
       </c>
       <c r="B274">
         <v>2023</v>
       </c>
       <c r="C274">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="D274" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E274" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F274" t="s">
-        <v>46</v>
+        <v>340</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H274" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>143</v>
+        <v>624</v>
       </c>
       <c r="B275">
         <v>2023</v>
       </c>
       <c r="C275">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D275" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E275" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F275" t="s">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H275" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>144</v>
+        <v>623</v>
       </c>
       <c r="B276">
         <v>2023</v>
       </c>
       <c r="C276">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="D276" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E276" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F276" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H276" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>145</v>
+        <v>622</v>
       </c>
       <c r="B277">
         <v>2023</v>
       </c>
       <c r="C277">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D277" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E277" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F277" t="s">
-        <v>46</v>
+        <v>489</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>17</v>
+        <v>570</v>
       </c>
       <c r="H277" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>146</v>
+        <v>621</v>
       </c>
       <c r="B278">
         <v>2023</v>
       </c>
       <c r="C278">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D278" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E278" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F278" t="s">
-        <v>570</v>
+        <v>46</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H278" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>147</v>
+        <v>620</v>
       </c>
       <c r="B279">
         <v>2023</v>
       </c>
       <c r="C279">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D279" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E279" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F279" t="s">
-        <v>396</v>
+        <v>81</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H279" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>161</v>
+        <v>619</v>
       </c>
       <c r="B280">
         <v>2023</v>
       </c>
       <c r="C280">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="D280" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E280" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F280" t="s">
-        <v>286</v>
+        <v>76</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>17</v>
+        <v>576</v>
       </c>
       <c r="H280" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>193</v>
+        <v>618</v>
       </c>
       <c r="B281">
         <v>2023</v>
       </c>
       <c r="C281">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D281" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E281" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F281" t="s">
         <v>185</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="H281" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>194</v>
+        <v>617</v>
       </c>
       <c r="B282">
         <v>2023</v>
       </c>
       <c r="C282">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D282" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E282" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F282" t="s">
-        <v>185</v>
+        <v>91</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="H282" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>195</v>
+        <v>616</v>
       </c>
       <c r="B283">
         <v>2023</v>
       </c>
       <c r="C283">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D283" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E283" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F283" t="s">
-        <v>185</v>
+        <v>91</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H283" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>196</v>
+        <v>644</v>
       </c>
       <c r="B284">
         <v>2023</v>
       </c>
       <c r="C284">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D284" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E284" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F284" t="s">
-        <v>185</v>
+        <v>76</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>582</v>
+        <v>17</v>
       </c>
       <c r="H284" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>247</v>
+        <v>643</v>
       </c>
       <c r="B285">
         <v>2023</v>
       </c>
       <c r="C285">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D285" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="E285" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="F285" t="s">
         <v>46</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H285" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>154</v>
+        <v>642</v>
       </c>
       <c r="B286">
         <v>2023</v>
       </c>
       <c r="C286">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="D286" t="s">
-        <v>586</v>
+        <v>508</v>
       </c>
       <c r="E286" t="s">
+        <v>509</v>
+      </c>
+      <c r="F286" t="s">
+        <v>46</v>
+      </c>
+      <c r="G286" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F286" t="s">
+      <c r="H286" t="s">
         <v>588</v>
-      </c>
-[...4 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>155</v>
+        <v>641</v>
       </c>
       <c r="B287">
         <v>2023</v>
       </c>
       <c r="C287">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="D287" t="s">
-        <v>586</v>
+        <v>508</v>
       </c>
       <c r="E287" t="s">
-        <v>587</v>
+        <v>509</v>
       </c>
       <c r="F287" t="s">
-        <v>185</v>
+        <v>338</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>17</v>
+        <v>589</v>
       </c>
       <c r="H287" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>156</v>
+        <v>640</v>
       </c>
       <c r="B288">
         <v>2023</v>
       </c>
       <c r="C288">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="D288" t="s">
-        <v>586</v>
+        <v>508</v>
       </c>
       <c r="E288" t="s">
-        <v>587</v>
+        <v>509</v>
       </c>
       <c r="F288" t="s">
-        <v>185</v>
+        <v>338</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>17</v>
+        <v>591</v>
       </c>
       <c r="H288" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>148</v>
+        <v>638</v>
       </c>
       <c r="B289">
         <v>2023</v>
       </c>
       <c r="C289">
-        <v>108</v>
+        <v>43</v>
       </c>
       <c r="D289" t="s">
-        <v>592</v>
+        <v>508</v>
       </c>
       <c r="E289" t="s">
+        <v>509</v>
+      </c>
+      <c r="F289" t="s">
+        <v>81</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="F289" t="s">
+      <c r="H289" t="s">
         <v>594</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>149</v>
+        <v>631</v>
       </c>
       <c r="B290">
         <v>2023</v>
       </c>
       <c r="C290">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="D290" t="s">
-        <v>592</v>
+        <v>508</v>
       </c>
       <c r="E290" t="s">
-        <v>593</v>
+        <v>509</v>
       </c>
       <c r="F290" t="s">
-        <v>594</v>
+        <v>308</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>17</v>
+        <v>595</v>
       </c>
       <c r="H290" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>150</v>
+        <v>630</v>
       </c>
       <c r="B291">
         <v>2023</v>
       </c>
       <c r="C291">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="D291" t="s">
-        <v>592</v>
+        <v>508</v>
       </c>
       <c r="E291" t="s">
-        <v>593</v>
+        <v>509</v>
       </c>
       <c r="F291" t="s">
+        <v>30</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="G291" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H291" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>151</v>
+        <v>629</v>
       </c>
       <c r="B292">
         <v>2023</v>
       </c>
       <c r="C292">
-        <v>111</v>
+        <v>46</v>
       </c>
       <c r="D292" t="s">
-        <v>592</v>
+        <v>508</v>
       </c>
       <c r="E292" t="s">
-        <v>593</v>
+        <v>509</v>
       </c>
       <c r="F292" t="s">
-        <v>594</v>
+        <v>81</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>17</v>
+        <v>599</v>
       </c>
       <c r="H292" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>152</v>
+        <v>628</v>
       </c>
       <c r="B293">
         <v>2023</v>
       </c>
       <c r="C293">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="D293" t="s">
-        <v>592</v>
+        <v>508</v>
       </c>
       <c r="E293" t="s">
-        <v>593</v>
+        <v>509</v>
       </c>
       <c r="F293" t="s">
-        <v>597</v>
+        <v>308</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>17</v>
+        <v>601</v>
       </c>
       <c r="H293" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>153</v>
+        <v>627</v>
       </c>
       <c r="B294">
         <v>2023</v>
       </c>
       <c r="C294">
-        <v>113</v>
+        <v>48</v>
       </c>
       <c r="D294" t="s">
-        <v>592</v>
+        <v>508</v>
       </c>
       <c r="E294" t="s">
-        <v>593</v>
+        <v>509</v>
       </c>
       <c r="F294" t="s">
-        <v>599</v>
+        <v>91</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>17</v>
+        <v>603</v>
       </c>
       <c r="H294" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>226</v>
+        <v>626</v>
       </c>
       <c r="B295">
         <v>2023</v>
       </c>
       <c r="C295">
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="D295" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E295" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F295" t="s">
-        <v>185</v>
+        <v>76</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="H295" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>227</v>
+        <v>625</v>
       </c>
       <c r="B296">
         <v>2023</v>
       </c>
       <c r="C296">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="D296" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E296" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F296" t="s">
         <v>185</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="H296" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>319</v>
+        <v>652</v>
       </c>
       <c r="B297">
         <v>2023</v>
       </c>
       <c r="C297">
-        <v>3</v>
+        <v>51</v>
       </c>
       <c r="D297" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E297" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F297" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="H297" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>320</v>
+        <v>651</v>
       </c>
       <c r="B298">
         <v>2023</v>
       </c>
       <c r="C298">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="D298" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E298" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F298" t="s">
-        <v>185</v>
+        <v>340</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="H298" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>321</v>
+        <v>650</v>
       </c>
       <c r="B299">
         <v>2023</v>
       </c>
       <c r="C299">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="D299" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E299" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F299" t="s">
-        <v>81</v>
+        <v>340</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>610</v>
+        <v>17</v>
       </c>
       <c r="H299" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>322</v>
+        <v>649</v>
       </c>
       <c r="B300">
         <v>2023</v>
       </c>
       <c r="C300">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="D300" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E300" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F300" t="s">
-        <v>185</v>
+        <v>340</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="H300" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>323</v>
+        <v>648</v>
       </c>
       <c r="B301">
         <v>2023</v>
       </c>
       <c r="C301">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="D301" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E301" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F301" t="s">
-        <v>185</v>
+        <v>46</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="H301" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>324</v>
+        <v>647</v>
       </c>
       <c r="B302">
         <v>2023</v>
       </c>
       <c r="C302">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="D302" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E302" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F302" t="s">
-        <v>185</v>
+        <v>46</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="H302" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>325</v>
+        <v>646</v>
       </c>
       <c r="B303">
         <v>2023</v>
       </c>
       <c r="C303">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="D303" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E303" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F303" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="H303" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>326</v>
+        <v>645</v>
       </c>
       <c r="B304">
         <v>2023</v>
       </c>
       <c r="C304">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="D304" t="s">
-        <v>600</v>
+        <v>508</v>
       </c>
       <c r="E304" t="s">
-        <v>601</v>
+        <v>509</v>
       </c>
       <c r="F304" t="s">
-        <v>185</v>
+        <v>81</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="H304" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>595</v>
+        <v>655</v>
       </c>
       <c r="B305">
         <v>2023</v>
       </c>
       <c r="C305">
-        <v>1</v>
+        <v>63</v>
       </c>
       <c r="D305" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E305" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F305" t="s">
-        <v>81</v>
+        <v>418</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>624</v>
       </c>
       <c r="H305" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>594</v>
+        <v>657</v>
       </c>
       <c r="B306">
         <v>2023</v>
       </c>
       <c r="C306">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="D306" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E306" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F306" t="s">
         <v>33</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>626</v>
       </c>
       <c r="H306" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>593</v>
+        <v>656</v>
       </c>
       <c r="B307">
         <v>2023</v>
       </c>
       <c r="C307">
-        <v>3</v>
+        <v>65</v>
       </c>
       <c r="D307" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E307" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F307" t="s">
-        <v>33</v>
+        <v>340</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>628</v>
       </c>
       <c r="H307" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>592</v>
+        <v>654</v>
       </c>
       <c r="B308">
         <v>2023</v>
       </c>
       <c r="C308">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="D308" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E308" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F308" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>630</v>
       </c>
       <c r="H308" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>591</v>
+        <v>653</v>
       </c>
       <c r="B309">
         <v>2023</v>
       </c>
       <c r="C309">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="D309" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E309" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F309" t="s">
-        <v>396</v>
+        <v>91</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>632</v>
       </c>
       <c r="H309" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>590</v>
+        <v>661</v>
       </c>
       <c r="B310">
         <v>2023</v>
       </c>
       <c r="C310">
-        <v>6</v>
+        <v>69</v>
       </c>
       <c r="D310" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E310" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F310" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G310" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H310" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>589</v>
+        <v>660</v>
       </c>
       <c r="B311">
         <v>2023</v>
       </c>
       <c r="C311">
-        <v>7</v>
+        <v>70</v>
       </c>
       <c r="D311" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E311" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F311" t="s">
-        <v>185</v>
+        <v>340</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>636</v>
+        <v>17</v>
       </c>
       <c r="H311" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>588</v>
+        <v>659</v>
       </c>
       <c r="B312">
         <v>2023</v>
       </c>
       <c r="C312">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="D312" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E312" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F312" t="s">
         <v>76</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="H312" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>587</v>
+        <v>658</v>
       </c>
       <c r="B313">
         <v>2023</v>
       </c>
       <c r="C313">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="D313" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E313" t="s">
-        <v>623</v>
+        <v>509</v>
+      </c>
+      <c r="F313" t="s">
+        <v>88</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="H313" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>429</v>
+        <v>667</v>
       </c>
       <c r="B314">
         <v>2023</v>
       </c>
       <c r="C314">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="D314" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E314" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F314" t="s">
-        <v>126</v>
+        <v>88</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="H314" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>615</v>
+        <v>666</v>
       </c>
       <c r="B315">
         <v>2023</v>
       </c>
       <c r="C315">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="D315" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E315" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F315" t="s">
-        <v>396</v>
+        <v>76</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="H315" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>614</v>
+        <v>665</v>
       </c>
       <c r="B316">
         <v>2023</v>
       </c>
       <c r="C316">
-        <v>12</v>
+        <v>75</v>
       </c>
       <c r="D316" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E316" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F316" t="s">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="H316" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>613</v>
+        <v>664</v>
       </c>
       <c r="B317">
         <v>2023</v>
       </c>
       <c r="C317">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="D317" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E317" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F317" t="s">
-        <v>81</v>
+        <v>340</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="H317" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>612</v>
+        <v>663</v>
       </c>
       <c r="B318">
         <v>2023</v>
       </c>
       <c r="C318">
-        <v>14</v>
+        <v>77</v>
       </c>
       <c r="D318" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E318" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F318" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="H318" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>601</v>
+        <v>662</v>
       </c>
       <c r="B319">
         <v>2023</v>
       </c>
       <c r="C319">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="D319" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E319" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F319" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="H319" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>598</v>
+        <v>683</v>
       </c>
       <c r="B320">
         <v>2023</v>
       </c>
       <c r="C320">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="D320" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E320" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F320" t="s">
-        <v>318</v>
+        <v>46</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="H320" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>597</v>
+        <v>673</v>
       </c>
       <c r="B321">
         <v>2023</v>
       </c>
       <c r="C321">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="D321" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E321" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F321" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="H321" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>600</v>
+        <v>672</v>
       </c>
       <c r="B322">
         <v>2023</v>
       </c>
       <c r="C322">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D322" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E322" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F322" t="s">
-        <v>76</v>
+        <v>338</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="H322" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>599</v>
+        <v>671</v>
       </c>
       <c r="B323">
         <v>2023</v>
       </c>
       <c r="C323">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="D323" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E323" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F323" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="H323" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>596</v>
+        <v>670</v>
       </c>
       <c r="B324">
         <v>2023</v>
       </c>
       <c r="C324">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="D324" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E324" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F324" t="s">
-        <v>33</v>
+        <v>91</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="H324" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>608</v>
+        <v>669</v>
       </c>
       <c r="B325">
         <v>2023</v>
       </c>
       <c r="C325">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="D325" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E325" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F325" t="s">
-        <v>76</v>
+        <v>340</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="H325" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>611</v>
+        <v>668</v>
       </c>
       <c r="B326">
         <v>2023</v>
       </c>
       <c r="C326">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="D326" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E326" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F326" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="H326" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>610</v>
+        <v>687</v>
       </c>
       <c r="B327">
         <v>2023</v>
       </c>
       <c r="C327">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="D327" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E327" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F327" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="H327" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>609</v>
+        <v>686</v>
       </c>
       <c r="B328">
         <v>2023</v>
       </c>
       <c r="C328">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="D328" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E328" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F328" t="s">
-        <v>46</v>
+        <v>185</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="H328" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>607</v>
+        <v>685</v>
       </c>
       <c r="B329">
         <v>2023</v>
       </c>
       <c r="C329">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="D329" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E329" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F329" t="s">
-        <v>81</v>
+        <v>308</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="H329" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
-        <v>604</v>
+        <v>684</v>
       </c>
       <c r="B330">
         <v>2023</v>
       </c>
       <c r="C330">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="D330" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E330" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F330" t="s">
-        <v>286</v>
+        <v>418</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="H330" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
-        <v>603</v>
+        <v>689</v>
       </c>
       <c r="B331">
         <v>2023</v>
       </c>
       <c r="C331">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="D331" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E331" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F331" t="s">
-        <v>318</v>
+        <v>418</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="H331" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
-        <v>602</v>
+        <v>688</v>
       </c>
       <c r="B332">
         <v>2023</v>
       </c>
       <c r="C332">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="D332" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E332" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F332" t="s">
-        <v>318</v>
+        <v>88</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="H332" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
-        <v>624</v>
+        <v>693</v>
       </c>
       <c r="B333">
         <v>2023</v>
       </c>
       <c r="C333">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="D333" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E333" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F333" t="s">
         <v>46</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="H333" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
-        <v>623</v>
+        <v>692</v>
       </c>
       <c r="B334">
         <v>2023</v>
       </c>
       <c r="C334">
-        <v>30</v>
+        <v>93</v>
       </c>
       <c r="D334" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E334" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F334" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="H334" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
-        <v>622</v>
+        <v>691</v>
       </c>
       <c r="B335">
         <v>2023</v>
       </c>
       <c r="C335">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="D335" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E335" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F335" t="s">
-        <v>467</v>
+        <v>418</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="H335" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
-        <v>621</v>
+        <v>690</v>
       </c>
       <c r="B336">
         <v>2023</v>
       </c>
       <c r="C336">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="D336" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E336" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F336" t="s">
         <v>46</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="H336" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
-        <v>620</v>
+        <v>705</v>
       </c>
       <c r="B337">
         <v>2023</v>
       </c>
       <c r="C337">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="D337" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E337" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F337" t="s">
-        <v>81</v>
+        <v>30</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="H337" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
-        <v>619</v>
+        <v>704</v>
       </c>
       <c r="B338">
         <v>2023</v>
       </c>
       <c r="C338">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D338" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E338" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F338" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>690</v>
+        <v>17</v>
       </c>
       <c r="H338" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
-        <v>618</v>
+        <v>703</v>
       </c>
       <c r="B339">
         <v>2023</v>
       </c>
       <c r="C339">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="D339" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E339" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F339" t="s">
-        <v>185</v>
+        <v>46</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="H339" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
-        <v>617</v>
+        <v>702</v>
       </c>
       <c r="B340">
         <v>2023</v>
       </c>
       <c r="C340">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="D340" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E340" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F340" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="H340" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
-        <v>616</v>
+        <v>701</v>
       </c>
       <c r="B341">
         <v>2023</v>
       </c>
       <c r="C341">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="D341" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E341" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F341" t="s">
-        <v>91</v>
+        <v>338</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="H341" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
-        <v>644</v>
+        <v>700</v>
       </c>
       <c r="B342">
         <v>2023</v>
       </c>
       <c r="C342">
-        <v>38</v>
+        <v>101</v>
       </c>
       <c r="D342" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E342" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F342" t="s">
-        <v>76</v>
+        <v>338</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>17</v>
+        <v>695</v>
       </c>
       <c r="H342" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
-        <v>643</v>
+        <v>699</v>
       </c>
       <c r="B343">
         <v>2023</v>
       </c>
       <c r="C343">
-        <v>39</v>
+        <v>102</v>
       </c>
       <c r="D343" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E343" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F343" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="H343" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
-        <v>642</v>
+        <v>698</v>
       </c>
       <c r="B344">
         <v>2023</v>
       </c>
       <c r="C344">
-        <v>40</v>
+        <v>103</v>
       </c>
       <c r="D344" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E344" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F344" t="s">
-        <v>46</v>
+        <v>489</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="H344" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
-        <v>641</v>
+        <v>697</v>
       </c>
       <c r="B345">
         <v>2023</v>
       </c>
       <c r="C345">
-        <v>41</v>
+        <v>104</v>
       </c>
       <c r="D345" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E345" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F345" t="s">
-        <v>316</v>
+        <v>46</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="H345" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
-        <v>640</v>
+        <v>696</v>
       </c>
       <c r="B346">
         <v>2023</v>
       </c>
       <c r="C346">
-        <v>42</v>
+        <v>105</v>
       </c>
       <c r="D346" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E346" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F346" t="s">
-        <v>316</v>
+        <v>340</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="H346" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
-        <v>638</v>
+        <v>695</v>
       </c>
       <c r="B347">
         <v>2023</v>
       </c>
       <c r="C347">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="D347" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E347" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F347" t="s">
-        <v>81</v>
+        <v>418</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="H347" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
-        <v>631</v>
+        <v>694</v>
       </c>
       <c r="B348">
         <v>2023</v>
       </c>
       <c r="C348">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="D348" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E348" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F348" t="s">
-        <v>286</v>
+        <v>418</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>709</v>
+        <v>17</v>
       </c>
       <c r="H348" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
-        <v>630</v>
+        <v>573</v>
       </c>
       <c r="B349">
         <v>2023</v>
       </c>
       <c r="C349">
-        <v>45</v>
+        <v>108</v>
       </c>
       <c r="D349" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E349" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F349" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="H349" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
-        <v>629</v>
+        <v>574</v>
       </c>
       <c r="B350">
         <v>2023</v>
       </c>
       <c r="C350">
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="D350" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E350" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F350" t="s">
         <v>81</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="H350" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
-        <v>628</v>
+        <v>575</v>
       </c>
       <c r="B351">
         <v>2023</v>
       </c>
       <c r="C351">
-        <v>47</v>
+        <v>110</v>
       </c>
       <c r="D351" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E351" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F351" t="s">
-        <v>286</v>
+        <v>185</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="H351" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
-        <v>627</v>
+        <v>576</v>
       </c>
       <c r="B352">
         <v>2023</v>
       </c>
       <c r="C352">
-        <v>48</v>
+        <v>111</v>
       </c>
       <c r="D352" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E352" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F352" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="H352" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
-        <v>626</v>
+        <v>577</v>
       </c>
       <c r="B353">
         <v>2023</v>
       </c>
       <c r="C353">
-        <v>49</v>
+        <v>112</v>
       </c>
       <c r="D353" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E353" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F353" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="H353" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
-        <v>625</v>
+        <v>578</v>
       </c>
       <c r="B354">
         <v>2023</v>
       </c>
       <c r="C354">
-        <v>50</v>
+        <v>113</v>
       </c>
       <c r="D354" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E354" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F354" t="s">
         <v>185</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="H354" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
-        <v>652</v>
+        <v>579</v>
       </c>
       <c r="B355">
         <v>2023</v>
       </c>
       <c r="C355">
-        <v>51</v>
+        <v>114</v>
       </c>
       <c r="D355" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E355" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F355" t="s">
-        <v>33</v>
+        <v>340</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="H355" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
-        <v>651</v>
+        <v>567</v>
       </c>
       <c r="B356">
         <v>2023</v>
       </c>
       <c r="C356">
-        <v>52</v>
+        <v>115</v>
       </c>
       <c r="D356" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E356" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F356" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="H356" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
-        <v>650</v>
+        <v>568</v>
       </c>
       <c r="B357">
         <v>2023</v>
       </c>
       <c r="C357">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="D357" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E357" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F357" t="s">
-        <v>318</v>
+        <v>81</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>17</v>
+        <v>724</v>
       </c>
       <c r="H357" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
-        <v>649</v>
+        <v>569</v>
       </c>
       <c r="B358">
         <v>2023</v>
       </c>
       <c r="C358">
-        <v>54</v>
+        <v>117</v>
       </c>
       <c r="D358" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E358" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F358" t="s">
-        <v>318</v>
+        <v>418</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="H358" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
-        <v>648</v>
+        <v>570</v>
       </c>
       <c r="B359">
         <v>2023</v>
       </c>
       <c r="C359">
-        <v>55</v>
+        <v>118</v>
       </c>
       <c r="D359" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E359" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F359" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="H359" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
-        <v>647</v>
+        <v>571</v>
       </c>
       <c r="B360">
         <v>2023</v>
       </c>
       <c r="C360">
-        <v>56</v>
+        <v>119</v>
       </c>
       <c r="D360" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E360" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F360" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="H360" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
-        <v>646</v>
+        <v>572</v>
       </c>
       <c r="B361">
         <v>2023</v>
       </c>
       <c r="C361">
-        <v>57</v>
+        <v>120</v>
       </c>
       <c r="D361" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E361" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F361" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="H361" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
-        <v>645</v>
+        <v>562</v>
       </c>
       <c r="B362">
         <v>2023</v>
       </c>
       <c r="C362">
-        <v>58</v>
+        <v>121</v>
       </c>
       <c r="D362" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E362" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F362" t="s">
-        <v>81</v>
+        <v>185</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="H362" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
-        <v>655</v>
+        <v>563</v>
       </c>
       <c r="B363">
         <v>2023</v>
       </c>
       <c r="C363">
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="D363" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E363" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F363" t="s">
-        <v>396</v>
+        <v>338</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="H363" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
-        <v>657</v>
+        <v>564</v>
       </c>
       <c r="B364">
         <v>2023</v>
       </c>
       <c r="C364">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="D364" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E364" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F364" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>740</v>
+        <v>17</v>
       </c>
       <c r="H364" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
-        <v>656</v>
+        <v>565</v>
       </c>
       <c r="B365">
         <v>2023</v>
       </c>
       <c r="C365">
-        <v>65</v>
+        <v>124</v>
       </c>
       <c r="D365" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E365" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F365" t="s">
-        <v>318</v>
+        <v>46</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="H365" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
-        <v>654</v>
+        <v>566</v>
       </c>
       <c r="B366">
         <v>2023</v>
       </c>
       <c r="C366">
-        <v>67</v>
+        <v>125</v>
       </c>
       <c r="D366" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E366" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F366" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="H366" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
-        <v>653</v>
+        <v>559</v>
       </c>
       <c r="B367">
         <v>2023</v>
       </c>
       <c r="C367">
-        <v>68</v>
+        <v>126</v>
       </c>
       <c r="D367" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E367" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F367" t="s">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="H367" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
-        <v>661</v>
+        <v>560</v>
       </c>
       <c r="B368">
         <v>2023</v>
       </c>
       <c r="C368">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="D368" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E368" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F368" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>17</v>
+        <v>745</v>
       </c>
       <c r="H368" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
-        <v>660</v>
+        <v>561</v>
       </c>
       <c r="B369">
         <v>2023</v>
       </c>
       <c r="C369">
-        <v>70</v>
+        <v>128</v>
       </c>
       <c r="D369" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E369" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F369" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>17</v>
+        <v>747</v>
       </c>
       <c r="H369" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
-        <v>659</v>
+        <v>556</v>
       </c>
       <c r="B370">
         <v>2023</v>
       </c>
       <c r="C370">
-        <v>71</v>
+        <v>129</v>
       </c>
       <c r="D370" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E370" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F370" t="s">
-        <v>76</v>
+        <v>308</v>
       </c>
       <c r="G370" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H370" t="s">
         <v>750</v>
-      </c>
-[...1 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
-        <v>658</v>
+        <v>557</v>
       </c>
       <c r="B371">
         <v>2023</v>
       </c>
       <c r="C371">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="D371" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E371" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F371" t="s">
-        <v>88</v>
+        <v>340</v>
       </c>
       <c r="G371" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H371" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
-        <v>667</v>
+        <v>558</v>
       </c>
       <c r="B372">
         <v>2023</v>
       </c>
       <c r="C372">
-        <v>73</v>
+        <v>131</v>
       </c>
       <c r="D372" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E372" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F372" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="G372" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H372" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
-        <v>666</v>
+        <v>552</v>
       </c>
       <c r="B373">
         <v>2023</v>
       </c>
       <c r="C373">
-        <v>74</v>
+        <v>132</v>
       </c>
       <c r="D373" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E373" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F373" t="s">
         <v>76</v>
       </c>
       <c r="G373" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H373" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
-        <v>665</v>
+        <v>553</v>
       </c>
       <c r="B374">
         <v>2023</v>
       </c>
       <c r="C374">
-        <v>75</v>
+        <v>133</v>
       </c>
       <c r="D374" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E374" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F374" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="G374" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H374" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
-        <v>664</v>
+        <v>554</v>
       </c>
       <c r="B375">
         <v>2023</v>
       </c>
       <c r="C375">
-        <v>76</v>
+        <v>134</v>
       </c>
       <c r="D375" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E375" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F375" t="s">
-        <v>318</v>
+        <v>418</v>
       </c>
       <c r="G375" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H375" t="s">
         <v>760</v>
-      </c>
-[...1 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
-        <v>663</v>
+        <v>555</v>
       </c>
       <c r="B376">
         <v>2023</v>
       </c>
       <c r="C376">
-        <v>77</v>
+        <v>135</v>
       </c>
       <c r="D376" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E376" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F376" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G376" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H376" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
-        <v>662</v>
+        <v>541</v>
       </c>
       <c r="B377">
         <v>2023</v>
       </c>
       <c r="C377">
-        <v>78</v>
+        <v>136</v>
       </c>
       <c r="D377" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E377" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F377" t="s">
-        <v>91</v>
+        <v>185</v>
       </c>
       <c r="G377" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H377" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
-        <v>683</v>
+        <v>542</v>
       </c>
       <c r="B378">
         <v>2023</v>
       </c>
       <c r="C378">
-        <v>79</v>
+        <v>137</v>
       </c>
       <c r="D378" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E378" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F378" t="s">
-        <v>46</v>
+        <v>308</v>
       </c>
       <c r="G378" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H378" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>767</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
-        <v>673</v>
+        <v>545</v>
       </c>
       <c r="B379">
         <v>2023</v>
       </c>
       <c r="C379">
-        <v>80</v>
+        <v>138</v>
       </c>
       <c r="D379" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E379" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F379" t="s">
         <v>46</v>
       </c>
       <c r="G379" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H379" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
-        <v>672</v>
+        <v>546</v>
       </c>
       <c r="B380">
         <v>2023</v>
       </c>
       <c r="C380">
-        <v>81</v>
+        <v>139</v>
       </c>
       <c r="D380" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E380" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F380" t="s">
-        <v>316</v>
+        <v>33</v>
       </c>
       <c r="G380" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H380" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
-        <v>671</v>
+        <v>547</v>
       </c>
       <c r="B381">
         <v>2023</v>
       </c>
       <c r="C381">
-        <v>82</v>
+        <v>140</v>
       </c>
       <c r="D381" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E381" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F381" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="G381" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H381" t="s">
         <v>772</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
-        <v>670</v>
+        <v>548</v>
       </c>
       <c r="B382">
         <v>2023</v>
       </c>
       <c r="C382">
-        <v>83</v>
+        <v>141</v>
       </c>
       <c r="D382" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E382" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F382" t="s">
-        <v>91</v>
+        <v>30</v>
       </c>
       <c r="G382" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H382" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
-        <v>669</v>
+        <v>549</v>
       </c>
       <c r="B383">
         <v>2023</v>
       </c>
       <c r="C383">
-        <v>84</v>
+        <v>142</v>
       </c>
       <c r="D383" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E383" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F383" t="s">
-        <v>318</v>
+        <v>91</v>
       </c>
       <c r="G383" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H383" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
-        <v>668</v>
+        <v>550</v>
       </c>
       <c r="B384">
         <v>2023</v>
       </c>
       <c r="C384">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="D384" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E384" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F384" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="G384" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H384" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
-        <v>687</v>
+        <v>551</v>
       </c>
       <c r="B385">
         <v>2023</v>
       </c>
       <c r="C385">
-        <v>86</v>
+        <v>144</v>
       </c>
       <c r="D385" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E385" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F385" t="s">
         <v>46</v>
       </c>
       <c r="G385" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H385" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
-        <v>686</v>
+        <v>536</v>
       </c>
       <c r="B386">
         <v>2023</v>
       </c>
       <c r="C386">
-        <v>87</v>
+        <v>145</v>
       </c>
       <c r="D386" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E386" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F386" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="G386" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H386" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
-        <v>685</v>
+        <v>537</v>
       </c>
       <c r="B387">
         <v>2023</v>
       </c>
       <c r="C387">
-        <v>88</v>
+        <v>146</v>
       </c>
       <c r="D387" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E387" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F387" t="s">
-        <v>286</v>
+        <v>46</v>
       </c>
       <c r="G387" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H387" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
-        <v>684</v>
+        <v>538</v>
       </c>
       <c r="B388">
         <v>2023</v>
       </c>
       <c r="C388">
-        <v>89</v>
+        <v>147</v>
       </c>
       <c r="D388" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E388" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F388" t="s">
-        <v>396</v>
+        <v>91</v>
       </c>
       <c r="G388" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H388" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
-        <v>689</v>
+        <v>539</v>
       </c>
       <c r="B389">
         <v>2023</v>
       </c>
       <c r="C389">
-        <v>90</v>
+        <v>149</v>
       </c>
       <c r="D389" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E389" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F389" t="s">
-        <v>396</v>
+        <v>46</v>
       </c>
       <c r="G389" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H389" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
-        <v>688</v>
+        <v>540</v>
       </c>
       <c r="B390">
         <v>2023</v>
       </c>
       <c r="C390">
-        <v>91</v>
+        <v>150</v>
       </c>
       <c r="D390" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E390" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F390" t="s">
         <v>88</v>
       </c>
       <c r="G390" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H390" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
-        <v>693</v>
+        <v>532</v>
       </c>
       <c r="B391">
         <v>2023</v>
       </c>
       <c r="C391">
-        <v>92</v>
+        <v>151</v>
       </c>
       <c r="D391" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E391" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F391" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="G391" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H391" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
-        <v>692</v>
+        <v>533</v>
       </c>
       <c r="B392">
         <v>2023</v>
       </c>
       <c r="C392">
-        <v>93</v>
+        <v>152</v>
       </c>
       <c r="D392" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E392" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F392" t="s">
-        <v>91</v>
+        <v>418</v>
       </c>
       <c r="G392" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H392" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
-        <v>691</v>
+        <v>534</v>
       </c>
       <c r="B393">
         <v>2023</v>
       </c>
       <c r="C393">
-        <v>94</v>
+        <v>153</v>
       </c>
       <c r="D393" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E393" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F393" t="s">
-        <v>396</v>
+        <v>46</v>
       </c>
       <c r="G393" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H393" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
-        <v>690</v>
+        <v>535</v>
       </c>
       <c r="B394">
         <v>2023</v>
       </c>
       <c r="C394">
-        <v>95</v>
+        <v>154</v>
       </c>
       <c r="D394" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E394" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F394" t="s">
-        <v>46</v>
+        <v>418</v>
       </c>
       <c r="G394" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H394" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
-        <v>705</v>
+        <v>525</v>
       </c>
       <c r="B395">
         <v>2023</v>
       </c>
       <c r="C395">
-        <v>96</v>
+        <v>155</v>
       </c>
       <c r="D395" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E395" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F395" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G395" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H395" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
-        <v>704</v>
+        <v>526</v>
       </c>
       <c r="B396">
         <v>2023</v>
       </c>
       <c r="C396">
-        <v>97</v>
+        <v>156</v>
       </c>
       <c r="D396" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E396" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F396" t="s">
-        <v>30</v>
+        <v>308</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>17</v>
+        <v>801</v>
       </c>
       <c r="H396" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
-        <v>703</v>
+        <v>527</v>
       </c>
       <c r="B397">
         <v>2023</v>
       </c>
       <c r="C397">
-        <v>98</v>
+        <v>157</v>
       </c>
       <c r="D397" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E397" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F397" t="s">
-        <v>46</v>
+        <v>338</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>803</v>
       </c>
       <c r="H397" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
-        <v>702</v>
+        <v>528</v>
       </c>
       <c r="B398">
         <v>2023</v>
       </c>
       <c r="C398">
-        <v>99</v>
+        <v>158</v>
       </c>
       <c r="D398" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E398" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F398" t="s">
-        <v>81</v>
+        <v>340</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>805</v>
       </c>
       <c r="H398" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
-        <v>701</v>
+        <v>529</v>
       </c>
       <c r="B399">
         <v>2023</v>
       </c>
       <c r="C399">
-        <v>100</v>
+        <v>159</v>
       </c>
       <c r="D399" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E399" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F399" t="s">
-        <v>316</v>
+        <v>30</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>807</v>
       </c>
       <c r="H399" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
-        <v>700</v>
+        <v>530</v>
       </c>
       <c r="B400">
         <v>2023</v>
       </c>
       <c r="C400">
-        <v>101</v>
+        <v>160</v>
       </c>
       <c r="D400" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E400" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F400" t="s">
-        <v>316</v>
+        <v>33</v>
       </c>
       <c r="G400" s="1" t="s">
         <v>809</v>
       </c>
       <c r="H400" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
-        <v>699</v>
+        <v>531</v>
       </c>
       <c r="B401">
         <v>2023</v>
       </c>
       <c r="C401">
-        <v>102</v>
+        <v>161</v>
       </c>
       <c r="D401" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E401" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F401" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>811</v>
       </c>
       <c r="H401" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
-        <v>698</v>
+        <v>519</v>
       </c>
       <c r="B402">
         <v>2023</v>
       </c>
       <c r="C402">
-        <v>103</v>
+        <v>162</v>
       </c>
       <c r="D402" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E402" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F402" t="s">
-        <v>467</v>
+        <v>30</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>813</v>
       </c>
       <c r="H402" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
-        <v>697</v>
+        <v>520</v>
       </c>
       <c r="B403">
         <v>2023</v>
       </c>
       <c r="C403">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="D403" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E403" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F403" t="s">
-        <v>46</v>
+        <v>338</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>815</v>
       </c>
       <c r="H403" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
-        <v>696</v>
+        <v>521</v>
       </c>
       <c r="B404">
         <v>2023</v>
       </c>
       <c r="C404">
-        <v>105</v>
+        <v>164</v>
       </c>
       <c r="D404" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E404" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F404" t="s">
-        <v>318</v>
+        <v>81</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>817</v>
       </c>
       <c r="H404" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
-        <v>695</v>
+        <v>522</v>
       </c>
       <c r="B405">
         <v>2023</v>
       </c>
       <c r="C405">
-        <v>106</v>
+        <v>165</v>
       </c>
       <c r="D405" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E405" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F405" t="s">
-        <v>396</v>
+        <v>81</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>819</v>
       </c>
       <c r="H405" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
-        <v>694</v>
+        <v>523</v>
       </c>
       <c r="B406">
         <v>2023</v>
       </c>
       <c r="C406">
-        <v>107</v>
+        <v>166</v>
       </c>
       <c r="D406" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E406" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F406" t="s">
-        <v>396</v>
+        <v>76</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>17</v>
+        <v>821</v>
       </c>
       <c r="H406" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
-        <v>573</v>
+        <v>517</v>
       </c>
       <c r="B407">
         <v>2023</v>
       </c>
       <c r="C407">
-        <v>108</v>
+        <v>167</v>
       </c>
       <c r="D407" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E407" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F407" t="s">
-        <v>81</v>
+        <v>308</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="H407" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
-        <v>574</v>
+        <v>518</v>
       </c>
       <c r="B408">
         <v>2023</v>
       </c>
       <c r="C408">
-        <v>109</v>
+        <v>168</v>
       </c>
       <c r="D408" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E408" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F408" t="s">
-        <v>81</v>
+        <v>185</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="H408" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
-        <v>575</v>
+        <v>513</v>
       </c>
       <c r="B409">
         <v>2023</v>
       </c>
       <c r="C409">
-        <v>110</v>
+        <v>169</v>
       </c>
       <c r="D409" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E409" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F409" t="s">
-        <v>185</v>
+        <v>81</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H409" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
-        <v>576</v>
+        <v>514</v>
       </c>
       <c r="B410">
         <v>2023</v>
       </c>
       <c r="C410">
-        <v>111</v>
+        <v>170</v>
       </c>
       <c r="D410" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E410" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F410" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H410" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
-        <v>577</v>
+        <v>515</v>
       </c>
       <c r="B411">
         <v>2023</v>
       </c>
       <c r="C411">
-        <v>112</v>
+        <v>171</v>
       </c>
       <c r="D411" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E411" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F411" t="s">
-        <v>33</v>
+        <v>340</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H411" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
-        <v>578</v>
+        <v>516</v>
       </c>
       <c r="B412">
         <v>2023</v>
       </c>
       <c r="C412">
-        <v>113</v>
+        <v>172</v>
       </c>
       <c r="D412" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E412" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F412" t="s">
-        <v>185</v>
+        <v>88</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H412" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
-        <v>579</v>
+        <v>511</v>
       </c>
       <c r="B413">
         <v>2023</v>
       </c>
       <c r="C413">
-        <v>114</v>
+        <v>173</v>
       </c>
       <c r="D413" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E413" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F413" t="s">
-        <v>318</v>
+        <v>81</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="H413" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
-        <v>567</v>
+        <v>512</v>
       </c>
       <c r="B414">
         <v>2023</v>
       </c>
       <c r="C414">
-        <v>115</v>
+        <v>174</v>
       </c>
       <c r="D414" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E414" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F414" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H414" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
-        <v>568</v>
+        <v>524</v>
       </c>
       <c r="B415">
         <v>2023</v>
       </c>
       <c r="C415">
-        <v>116</v>
+        <v>175</v>
       </c>
       <c r="D415" t="s">
-        <v>622</v>
+        <v>508</v>
       </c>
       <c r="E415" t="s">
-        <v>623</v>
+        <v>509</v>
       </c>
       <c r="F415" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H415" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
-        <v>569</v>
+        <v>105</v>
       </c>
       <c r="B416">
         <v>2023</v>
       </c>
       <c r="C416">
-        <v>117</v>
+        <v>1</v>
       </c>
       <c r="D416" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E416" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F416" t="s">
-        <v>396</v>
+        <v>489</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="H416" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
-        <v>570</v>
+        <v>106</v>
       </c>
       <c r="B417">
         <v>2023</v>
       </c>
       <c r="C417">
-        <v>118</v>
+        <v>2</v>
       </c>
       <c r="D417" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E417" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F417" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="H417" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
-        <v>571</v>
+        <v>107</v>
       </c>
       <c r="B418">
         <v>2023</v>
       </c>
       <c r="C418">
-        <v>119</v>
+        <v>3</v>
       </c>
       <c r="D418" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E418" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F418" t="s">
-        <v>81</v>
+        <v>46</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="H418" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
-        <v>572</v>
+        <v>108</v>
       </c>
       <c r="B419">
         <v>2023</v>
       </c>
       <c r="C419">
-        <v>120</v>
+        <v>4</v>
       </c>
       <c r="D419" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E419" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F419" t="s">
-        <v>46</v>
+        <v>308</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="H419" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
-        <v>562</v>
+        <v>109</v>
       </c>
       <c r="B420">
         <v>2023</v>
       </c>
       <c r="C420">
-        <v>121</v>
+        <v>5</v>
       </c>
       <c r="D420" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E420" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F420" t="s">
-        <v>185</v>
+        <v>308</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="H420" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
-        <v>563</v>
+        <v>110</v>
       </c>
       <c r="B421">
         <v>2023</v>
       </c>
       <c r="C421">
-        <v>122</v>
+        <v>6</v>
       </c>
       <c r="D421" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E421" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F421" t="s">
-        <v>316</v>
+        <v>164</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="H421" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
-        <v>564</v>
+        <v>111</v>
       </c>
       <c r="B422">
         <v>2023</v>
       </c>
       <c r="C422">
-        <v>123</v>
+        <v>7</v>
       </c>
       <c r="D422" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E422" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F422" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>17</v>
+        <v>855</v>
       </c>
       <c r="H422" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
-        <v>565</v>
+        <v>112</v>
       </c>
       <c r="B423">
         <v>2023</v>
       </c>
       <c r="C423">
-        <v>124</v>
+        <v>8</v>
       </c>
       <c r="D423" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E423" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F423" t="s">
-        <v>46</v>
+        <v>164</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="H423" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
-        <v>566</v>
+        <v>113</v>
       </c>
       <c r="B424">
         <v>2023</v>
       </c>
       <c r="C424">
-        <v>125</v>
+        <v>9</v>
       </c>
       <c r="D424" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E424" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F424" t="s">
-        <v>318</v>
+        <v>164</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="H424" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
-        <v>559</v>
+        <v>114</v>
       </c>
       <c r="B425">
         <v>2023</v>
       </c>
       <c r="C425">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="D425" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E425" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F425" t="s">
-        <v>46</v>
+        <v>164</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="H425" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
-        <v>560</v>
+        <v>115</v>
       </c>
       <c r="B426">
         <v>2023</v>
       </c>
       <c r="C426">
-        <v>127</v>
+        <v>11</v>
       </c>
       <c r="D426" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E426" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F426" t="s">
-        <v>91</v>
+        <v>308</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="H426" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
-        <v>561</v>
+        <v>116</v>
       </c>
       <c r="B427">
         <v>2023</v>
       </c>
       <c r="C427">
-        <v>128</v>
+        <v>12</v>
       </c>
       <c r="D427" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E427" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F427" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="H427" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
-        <v>556</v>
+        <v>117</v>
       </c>
       <c r="B428">
         <v>2023</v>
       </c>
       <c r="C428">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="D428" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E428" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F428" t="s">
-        <v>286</v>
+        <v>91</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="H428" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
-        <v>557</v>
+        <v>118</v>
       </c>
       <c r="B429">
         <v>2023</v>
       </c>
       <c r="C429">
-        <v>130</v>
+        <v>14</v>
       </c>
       <c r="D429" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E429" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F429" t="s">
-        <v>318</v>
+        <v>30</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="H429" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
-        <v>558</v>
+        <v>119</v>
       </c>
       <c r="B430">
         <v>2023</v>
       </c>
       <c r="C430">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="D430" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E430" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F430" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="H430" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
-        <v>552</v>
+        <v>120</v>
       </c>
       <c r="B431">
         <v>2023</v>
       </c>
       <c r="C431">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="D431" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E431" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F431" t="s">
         <v>76</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="H431" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
-        <v>553</v>
+        <v>121</v>
       </c>
       <c r="B432">
         <v>2023</v>
       </c>
       <c r="C432">
-        <v>133</v>
+        <v>17</v>
       </c>
       <c r="D432" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E432" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F432" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="H432" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
-        <v>554</v>
+        <v>122</v>
       </c>
       <c r="B433">
         <v>2023</v>
       </c>
       <c r="C433">
-        <v>134</v>
+        <v>18</v>
       </c>
       <c r="D433" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E433" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F433" t="s">
-        <v>396</v>
+        <v>46</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="H433" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
-        <v>555</v>
+        <v>248</v>
       </c>
       <c r="B434">
         <v>2023</v>
       </c>
       <c r="C434">
-        <v>135</v>
+        <v>19</v>
       </c>
       <c r="D434" t="s">
-        <v>622</v>
+        <v>841</v>
       </c>
       <c r="E434" t="s">
-        <v>623</v>
+        <v>842</v>
       </c>
       <c r="F434" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="H434" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
-        <v>541</v>
+        <v>123</v>
       </c>
       <c r="B435">
         <v>2023</v>
       </c>
       <c r="C435">
-        <v>136</v>
+        <v>1</v>
       </c>
       <c r="D435" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E435" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F435" t="s">
-        <v>185</v>
+        <v>489</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="H435" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
-        <v>542</v>
+        <v>124</v>
       </c>
       <c r="B436">
         <v>2023</v>
       </c>
       <c r="C436">
-        <v>137</v>
+        <v>2</v>
       </c>
       <c r="D436" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E436" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F436" t="s">
-        <v>286</v>
+        <v>76</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>879</v>
+        <v>17</v>
       </c>
       <c r="H436" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
-        <v>545</v>
+        <v>125</v>
       </c>
       <c r="B437">
         <v>2023</v>
       </c>
       <c r="C437">
-        <v>138</v>
+        <v>3</v>
       </c>
       <c r="D437" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E437" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F437" t="s">
-        <v>46</v>
+        <v>185</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="H437" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
-        <v>546</v>
+        <v>126</v>
       </c>
       <c r="B438">
         <v>2023</v>
       </c>
       <c r="C438">
-        <v>139</v>
+        <v>4</v>
       </c>
       <c r="D438" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E438" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F438" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="H438" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
-        <v>547</v>
+        <v>127</v>
       </c>
       <c r="B439">
         <v>2023</v>
       </c>
       <c r="C439">
-        <v>140</v>
+        <v>5</v>
       </c>
       <c r="D439" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E439" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F439" t="s">
-        <v>164</v>
+        <v>340</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="H439" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
-        <v>548</v>
+        <v>128</v>
       </c>
       <c r="B440">
         <v>2023</v>
       </c>
       <c r="C440">
-        <v>141</v>
+        <v>6</v>
       </c>
       <c r="D440" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E440" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F440" t="s">
-        <v>30</v>
+        <v>418</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="H440" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
-        <v>549</v>
+        <v>129</v>
       </c>
       <c r="B441">
         <v>2023</v>
       </c>
       <c r="C441">
-        <v>142</v>
+        <v>7</v>
       </c>
       <c r="D441" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E441" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F441" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="H441" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
-        <v>550</v>
+        <v>130</v>
       </c>
       <c r="B442">
         <v>2023</v>
       </c>
       <c r="C442">
-        <v>143</v>
+        <v>8</v>
       </c>
       <c r="D442" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E442" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F442" t="s">
-        <v>91</v>
+        <v>308</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="H442" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
-        <v>551</v>
+        <v>131</v>
       </c>
       <c r="B443">
         <v>2023</v>
       </c>
       <c r="C443">
-        <v>144</v>
+        <v>9</v>
       </c>
       <c r="D443" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E443" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F443" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="H443" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
-        <v>536</v>
+        <v>132</v>
       </c>
       <c r="B444">
         <v>2023</v>
       </c>
       <c r="C444">
-        <v>145</v>
+        <v>10</v>
       </c>
       <c r="D444" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E444" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F444" t="s">
-        <v>30</v>
+        <v>308</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="H444" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
-        <v>537</v>
+        <v>134</v>
       </c>
       <c r="B445">
         <v>2023</v>
       </c>
       <c r="C445">
-        <v>146</v>
+        <v>11</v>
       </c>
       <c r="D445" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E445" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F445" t="s">
-        <v>46</v>
+        <v>185</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="H445" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
-        <v>538</v>
+        <v>135</v>
       </c>
       <c r="B446">
         <v>2023</v>
       </c>
       <c r="C446">
-        <v>147</v>
+        <v>12</v>
       </c>
       <c r="D446" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E446" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F446" t="s">
-        <v>91</v>
+        <v>164</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="H446" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
-        <v>539</v>
+        <v>136</v>
       </c>
       <c r="B447">
         <v>2023</v>
       </c>
       <c r="C447">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="D447" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E447" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F447" t="s">
-        <v>46</v>
+        <v>185</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H447" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
-        <v>540</v>
+        <v>137</v>
       </c>
       <c r="B448">
         <v>2023</v>
       </c>
       <c r="C448">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="D448" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E448" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F448" t="s">
-        <v>88</v>
+        <v>30</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="H448" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
-        <v>532</v>
+        <v>138</v>
       </c>
       <c r="B449">
         <v>2023</v>
       </c>
       <c r="C449">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="D449" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E449" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F449" t="s">
-        <v>88</v>
+        <v>308</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="H449" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
-        <v>533</v>
+        <v>139</v>
       </c>
       <c r="B450">
         <v>2023</v>
       </c>
       <c r="C450">
-        <v>152</v>
+        <v>16</v>
       </c>
       <c r="D450" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E450" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F450" t="s">
-        <v>396</v>
+        <v>185</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="H450" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
-        <v>534</v>
+        <v>140</v>
       </c>
       <c r="B451">
         <v>2023</v>
       </c>
       <c r="C451">
-        <v>153</v>
+        <v>17</v>
       </c>
       <c r="D451" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E451" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F451" t="s">
-        <v>46</v>
+        <v>185</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="H451" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
-        <v>535</v>
+        <v>141</v>
       </c>
       <c r="B452">
         <v>2023</v>
       </c>
       <c r="C452">
-        <v>154</v>
+        <v>18</v>
       </c>
       <c r="D452" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E452" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F452" t="s">
-        <v>396</v>
+        <v>91</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="H452" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
-        <v>525</v>
+        <v>142</v>
       </c>
       <c r="B453">
         <v>2023</v>
       </c>
       <c r="C453">
-        <v>155</v>
+        <v>19</v>
       </c>
       <c r="D453" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E453" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F453" t="s">
         <v>46</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="H453" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
-        <v>526</v>
+        <v>143</v>
       </c>
       <c r="B454">
         <v>2023</v>
       </c>
       <c r="C454">
-        <v>156</v>
+        <v>20</v>
       </c>
       <c r="D454" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E454" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F454" t="s">
-        <v>286</v>
+        <v>91</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="H454" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
-        <v>527</v>
+        <v>144</v>
       </c>
       <c r="B455">
         <v>2023</v>
       </c>
       <c r="C455">
-        <v>157</v>
+        <v>21</v>
       </c>
       <c r="D455" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E455" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F455" t="s">
-        <v>316</v>
+        <v>185</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="H455" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
-        <v>528</v>
+        <v>145</v>
       </c>
       <c r="B456">
         <v>2023</v>
       </c>
       <c r="C456">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="D456" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E456" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F456" t="s">
-        <v>318</v>
+        <v>46</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>919</v>
+        <v>17</v>
       </c>
       <c r="H456" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
-        <v>529</v>
+        <v>146</v>
       </c>
       <c r="B457">
         <v>2023</v>
       </c>
       <c r="C457">
-        <v>159</v>
+        <v>23</v>
       </c>
       <c r="D457" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E457" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F457" t="s">
-        <v>30</v>
+        <v>925</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="H457" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
-        <v>530</v>
+        <v>147</v>
       </c>
       <c r="B458">
         <v>2023</v>
       </c>
       <c r="C458">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="D458" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E458" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F458" t="s">
-        <v>33</v>
+        <v>418</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="H458" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
-        <v>531</v>
+        <v>161</v>
       </c>
       <c r="B459">
         <v>2023</v>
       </c>
       <c r="C459">
-        <v>161</v>
+        <v>25</v>
       </c>
       <c r="D459" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E459" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F459" t="s">
-        <v>81</v>
+        <v>308</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>925</v>
+        <v>17</v>
       </c>
       <c r="H459" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
-        <v>519</v>
+        <v>193</v>
       </c>
       <c r="B460">
         <v>2023</v>
       </c>
       <c r="C460">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="D460" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E460" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F460" t="s">
-        <v>30</v>
+        <v>185</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="H460" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
-        <v>520</v>
+        <v>194</v>
       </c>
       <c r="B461">
         <v>2023</v>
       </c>
       <c r="C461">
-        <v>163</v>
+        <v>27</v>
       </c>
       <c r="D461" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E461" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F461" t="s">
-        <v>316</v>
+        <v>185</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="H461" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
-        <v>521</v>
+        <v>195</v>
       </c>
       <c r="B462">
         <v>2023</v>
       </c>
       <c r="C462">
-        <v>164</v>
+        <v>28</v>
       </c>
       <c r="D462" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E462" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F462" t="s">
-        <v>81</v>
+        <v>185</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="H462" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
-        <v>522</v>
+        <v>196</v>
       </c>
       <c r="B463">
         <v>2023</v>
       </c>
       <c r="C463">
-        <v>165</v>
+        <v>29</v>
       </c>
       <c r="D463" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E463" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F463" t="s">
-        <v>81</v>
+        <v>185</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="H463" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
-        <v>523</v>
+        <v>247</v>
       </c>
       <c r="B464">
         <v>2023</v>
       </c>
       <c r="C464">
-        <v>166</v>
+        <v>30</v>
       </c>
       <c r="D464" t="s">
-        <v>622</v>
+        <v>881</v>
       </c>
       <c r="E464" t="s">
-        <v>623</v>
+        <v>882</v>
       </c>
       <c r="F464" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="H464" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
-        <v>517</v>
+        <v>154</v>
       </c>
       <c r="B465">
         <v>2023</v>
       </c>
       <c r="C465">
-        <v>167</v>
+        <v>100</v>
       </c>
       <c r="D465" t="s">
-        <v>622</v>
+        <v>941</v>
       </c>
       <c r="E465" t="s">
-        <v>623</v>
+        <v>942</v>
       </c>
       <c r="F465" t="s">
-        <v>286</v>
+        <v>943</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>937</v>
+        <v>17</v>
       </c>
       <c r="H465" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
-        <v>518</v>
+        <v>155</v>
       </c>
       <c r="B466">
         <v>2023</v>
       </c>
       <c r="C466">
-        <v>168</v>
+        <v>101</v>
       </c>
       <c r="D466" t="s">
-        <v>622</v>
+        <v>941</v>
       </c>
       <c r="E466" t="s">
-        <v>623</v>
+        <v>942</v>
       </c>
       <c r="F466" t="s">
         <v>185</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>939</v>
+        <v>17</v>
       </c>
       <c r="H466" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
-        <v>513</v>
+        <v>156</v>
       </c>
       <c r="B467">
         <v>2023</v>
       </c>
       <c r="C467">
-        <v>169</v>
+        <v>102</v>
       </c>
       <c r="D467" t="s">
-        <v>622</v>
+        <v>941</v>
       </c>
       <c r="E467" t="s">
-        <v>623</v>
+        <v>942</v>
       </c>
       <c r="F467" t="s">
-        <v>81</v>
+        <v>185</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>941</v>
+        <v>17</v>
       </c>
       <c r="H467" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
-        <v>514</v>
+        <v>148</v>
       </c>
       <c r="B468">
         <v>2023</v>
       </c>
       <c r="C468">
-        <v>170</v>
+        <v>108</v>
       </c>
       <c r="D468" t="s">
-        <v>622</v>
+        <v>947</v>
       </c>
       <c r="E468" t="s">
-        <v>623</v>
+        <v>948</v>
       </c>
       <c r="F468" t="s">
-        <v>33</v>
+        <v>949</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>943</v>
+        <v>17</v>
       </c>
       <c r="H468" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
-        <v>515</v>
+        <v>149</v>
       </c>
       <c r="B469">
         <v>2023</v>
       </c>
       <c r="C469">
-        <v>171</v>
+        <v>109</v>
       </c>
       <c r="D469" t="s">
-        <v>622</v>
+        <v>947</v>
       </c>
       <c r="E469" t="s">
-        <v>623</v>
+        <v>948</v>
       </c>
       <c r="F469" t="s">
-        <v>318</v>
+        <v>949</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>945</v>
+        <v>17</v>
       </c>
       <c r="H469" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
-        <v>516</v>
+        <v>150</v>
       </c>
       <c r="B470">
         <v>2023</v>
       </c>
       <c r="C470">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="D470" t="s">
-        <v>622</v>
+        <v>947</v>
       </c>
       <c r="E470" t="s">
-        <v>623</v>
+        <v>948</v>
       </c>
       <c r="F470" t="s">
-        <v>88</v>
+        <v>952</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>947</v>
+        <v>17</v>
       </c>
       <c r="H470" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
-        <v>511</v>
+        <v>151</v>
       </c>
       <c r="B471">
         <v>2023</v>
       </c>
       <c r="C471">
-        <v>173</v>
+        <v>111</v>
       </c>
       <c r="D471" t="s">
-        <v>622</v>
+        <v>947</v>
       </c>
       <c r="E471" t="s">
-        <v>623</v>
+        <v>948</v>
       </c>
       <c r="F471" t="s">
-        <v>81</v>
+        <v>949</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>949</v>
+        <v>17</v>
       </c>
       <c r="H471" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
-        <v>512</v>
+        <v>152</v>
       </c>
       <c r="B472">
         <v>2023</v>
       </c>
       <c r="C472">
-        <v>174</v>
+        <v>112</v>
       </c>
       <c r="D472" t="s">
-        <v>622</v>
+        <v>947</v>
       </c>
       <c r="E472" t="s">
-        <v>623</v>
+        <v>948</v>
       </c>
       <c r="F472" t="s">
-        <v>318</v>
+        <v>952</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>951</v>
+        <v>17</v>
       </c>
       <c r="H472" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
-        <v>524</v>
+        <v>153</v>
       </c>
       <c r="B473">
         <v>2023</v>
       </c>
       <c r="C473">
-        <v>175</v>
+        <v>113</v>
       </c>
       <c r="D473" t="s">
-        <v>622</v>
+        <v>947</v>
       </c>
       <c r="E473" t="s">
-        <v>623</v>
+        <v>948</v>
       </c>
       <c r="F473" t="s">
-        <v>91</v>
+        <v>954</v>
       </c>
       <c r="G473" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H473" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>